--- v0 (2025-10-09)
+++ v1 (2026-02-20)
@@ -50,51 +50,51 @@
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ARDUN</t>
   </si>
   <si>
     <t>Arbutus unedo</t>
   </si>
   <si>
     <t>BOUGL</t>
   </si>
   <si>
     <t>Bougainvillea glabra</t>
   </si>
   <si>
     <t>DATAR</t>
   </si>
   <si>
     <t>Brugmansia arborea</t>
   </si>
   <si>
     <t>1BUDG</t>
   </si>
   <si>
-    <t>Buddleia</t>
+    <t>Buddleja</t>
   </si>
   <si>
     <t>1CIDG</t>
   </si>
   <si>
     <t>Citrus</t>
   </si>
   <si>
     <t>1CLVG</t>
   </si>
   <si>
     <t>Clematis</t>
   </si>
   <si>
     <t>ELGAN</t>
   </si>
   <si>
     <t>Elaeagnus angustifolia</t>
   </si>
   <si>
     <t>EUCGU</t>
   </si>
   <si>
     <t>Eucalyptus gunnii</t>
   </si>