--- v0 (2025-10-10)
+++ v1 (2026-01-21)
@@ -3598,91 +3598,91 @@
       <c r="B130" t="s">
         <v>271</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
         <v>272</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>163</v>
       </c>
       <c r="B131" t="s">
         <v>273</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
         <v>274</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>13</v>
+        <v>266</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
         <v>163</v>
       </c>
       <c r="B132" t="s">
         <v>273</v>
       </c>
       <c r="C132" t="s">
         <v>275</v>
       </c>
       <c r="D132" t="s">
         <v>274</v>
       </c>
       <c r="E132" t="s">
         <v>276</v>
       </c>
       <c r="F132" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
         <v>163</v>
       </c>
       <c r="B133" t="s">
         <v>273</v>
       </c>
       <c r="C133" t="s">
         <v>277</v>
       </c>
       <c r="D133" t="s">
         <v>274</v>
       </c>
       <c r="E133" t="s">
         <v>278</v>
       </c>
       <c r="F133" t="s">
-        <v>13</v>
+        <v>266</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
         <v>163</v>
       </c>
       <c r="B134" t="s">
         <v>273</v>
       </c>
       <c r="C134" t="s">
         <v>279</v>
       </c>
       <c r="D134" t="s">
         <v>274</v>
       </c>
       <c r="E134" t="s">
         <v>280</v>
       </c>
       <c r="F134" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
         <v>163</v>