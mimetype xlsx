--- v1 (2026-01-21)
+++ v2 (2026-02-11)
@@ -734,51 +734,51 @@
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>