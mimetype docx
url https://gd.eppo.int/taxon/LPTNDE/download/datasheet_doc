--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado beetle (GB), Colorado potato beetle (US), ten-lined potato beetle, ten-striped spearman</w:t>
             </w:r>
-            <w:hyperlink r:id="rId796368e6e76773690" w:history="1">
+            <w:hyperlink r:id="rId31786916d801e3f73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId940768e6e76773741" w:history="1">
+            <w:hyperlink r:id="rId32486916d801e3fe0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LPTNDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84592268" name="name492168e6e76773e45" descr="18457.jpg"/>
+                  <wp:docPr id="52167845" name="name96786916d801e47f2" descr="18457.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18457.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId174968e6e76773e43" cstate="print"/>
+                          <a:blip r:embed="rId57966916d801e47f0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId452368e6e76773fad" w:history="1">
+            <w:hyperlink r:id="rId68646916d801e491c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1363,63 +1363,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed between latitudes 15 ° and 60 ° N while it is not generally present in tropical countries, nor in most of eastern Asia. It is absent in the Korean peninsula, Japan, India, Africa and in the temperate southern hemisphere (Vlasova, 1978, Worner, 1988, and Jolivet, 1991). In Europe the species is widely spread, with the exception of Denmark, Finland, Norway, Sweden and the United Kingdom, including the islands of Guernsey and Jersey (Thomas &amp; Wood, 1980). In these islands there are frequent interceptions but the species is not established. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55271678" name="name834168e6e76775412" descr="LPTNDE_distribution_map.jpg"/>
+            <wp:docPr id="45740536" name="name57056916d801e5ce6" descr="LPTNDE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LPTNDE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId603368e6e76775410" cstate="print"/>
+                    <a:blip r:embed="rId89536916d801e5ce3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4402,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362668e6e76776e74" w:history="1">
+      <w:hyperlink r:id="rId32106916d801e7253" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11090581</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4555,51 +4555,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1003-1023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bongers W (1970) Aspects of host-plant relationship of the Colorado beetle. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570868e6e76776f78" w:history="1">
+      <w:hyperlink r:id="rId85256916d801e7353" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/189245</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4614,51 +4614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Colorado potato beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId915268e6e76776fd7" w:history="1">
+      <w:hyperlink r:id="rId97596916d801e73b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/30380</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4983,51 +4983,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 360-366.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cosner C (2013) Invasive species pathway risk analysis for California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId200268e6e7677723d" w:history="1">
+      <w:hyperlink r:id="rId17566916d801e75f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5439,51 +5439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2020) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 8 December 2020 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId442468e6e76777529" w:history="1">
+      <w:hyperlink r:id="rId41206916d801e78ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6359</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6965,51 +6965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klein CM (2019) The evolution of spinosad resistance in Colorado potato beetles (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127968e6e76777eeb" w:history="1">
+      <w:hyperlink r:id="rId10356916d801e826b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7860,51 +7860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e1007423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237768e6e767784af" w:history="1">
+      <w:hyperlink r:id="rId47486916d801e8804" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pgen.1007423</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9335,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785668e6e76778df3" w:history="1">
+      <w:hyperlink r:id="rId91026916d801e912a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04607-7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9548,51 +9548,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 627-632.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whalon ME, Mota-Sanchez D, Hollingsworth RM (2013) Arthropod pesticide resistance data base. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId241968e6e76778f4d" w:history="1">
+      <w:hyperlink r:id="rId36066916d801e927d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pesticideresistance.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10347,51 +10347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810468e6e7677949a" w:history="1">
+      <w:hyperlink r:id="rId64906916d801e97ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10573,90 +10573,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId457168e6e76779603" w:history="1">
+      <w:hyperlink r:id="rId77206916d801e9928" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01746.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38574843" name="name861068e6e76779678" descr="eu_funding_250.png"/>
+            <wp:docPr id="1682611" name="name17006916d801e99c4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId470468e6e76779677" cstate="print"/>
+                    <a:blip r:embed="rId28076916d801e99c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10754,137 +10754,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39770525">
+  <w:abstractNum w:abstractNumId="39909742">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59853241">
+    <w:lvl w:ilvl="0" w:tplc="76118820">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59853241" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76118820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59853241" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76118820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59853241" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76118820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59853241" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76118820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59853241" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76118820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59853241" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76118820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59853241" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76118820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59853241" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76118820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39770524">
+  <w:abstractNum w:abstractNumId="39909741">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82174305">
+    <w:lvl w:ilvl="0" w:tplc="42478575">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11636,55 +11636,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39770524">
-    <w:abstractNumId w:val="39770524"/>
+  <w:num w:numId="39909741">
+    <w:abstractNumId w:val="39909741"/>
   </w:num>
-  <w:num w:numId="39770525">
-    <w:abstractNumId w:val="39770525"/>
+  <w:num w:numId="39909742">
+    <w:abstractNumId w:val="39909742"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23234,51 +23234,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId374436355" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId196372185" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId796368e6e76773690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId940768e6e76773741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId452368e6e76773fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId362668e6e76776e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId570868e6e76776f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId915268e6e76776fd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId200268e6e7677723d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId442468e6e76777529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId127968e6e76777eeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId237768e6e767784af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId785668e6e76778df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId241968e6e76778f4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId810468e6e7677949a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId457168e6e76779603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId174968e6e76773e43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId174968e6e76773e43.jpg"/><Relationship Id="rId603368e6e76775410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId603368e6e76775410.jpg"/><Relationship Id="rId470468e6e76779677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId470468e6e76779677.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId741397752" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId142412319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId31786916d801e3f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId32486916d801e3fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId68646916d801e491c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId32106916d801e7253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId85256916d801e7353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId97596916d801e73b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId17566916d801e75f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId41206916d801e78ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId10356916d801e826b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId47486916d801e8804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId91026916d801e912a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId36066916d801e927d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId64906916d801e97ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77206916d801e9928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId57966916d801e47f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57966916d801e47f0.jpg"/><Relationship Id="rId89536916d801e5ce3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89536916d801e5ce3.jpg"/><Relationship Id="rId28076916d801e99c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28076916d801e99c3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>