--- v1 (2025-11-14)
+++ v2 (2025-12-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado beetle (GB), Colorado potato beetle (US), ten-lined potato beetle, ten-striped spearman</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31786916d801e3f73" w:history="1">
+            <w:hyperlink r:id="rId8919693148ca21067" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32486916d801e3fe0" w:history="1">
+            <w:hyperlink r:id="rId9673693148ca210d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LPTNDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52167845" name="name96786916d801e47f2" descr="18457.jpg"/>
+                  <wp:docPr id="92354236" name="name7243693148ca211b0" descr="18457.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18457.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId57966916d801e47f0" cstate="print"/>
+                          <a:blip r:embed="rId5139693148ca211ae" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId68646916d801e491c" w:history="1">
+            <w:hyperlink r:id="rId2527693148ca212fc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1363,63 +1363,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed between latitudes 15 ° and 60 ° N while it is not generally present in tropical countries, nor in most of eastern Asia. It is absent in the Korean peninsula, Japan, India, Africa and in the temperate southern hemisphere (Vlasova, 1978, Worner, 1988, and Jolivet, 1991). In Europe the species is widely spread, with the exception of Denmark, Finland, Norway, Sweden and the United Kingdom, including the islands of Guernsey and Jersey (Thomas &amp; Wood, 1980). In these islands there are frequent interceptions but the species is not established. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45740536" name="name57056916d801e5ce6" descr="LPTNDE_distribution_map.jpg"/>
+            <wp:docPr id="27982845" name="name7215693148ca21a36" descr="LPTNDE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LPTNDE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId89536916d801e5ce3" cstate="print"/>
+                    <a:blip r:embed="rId7160693148ca21a34" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4402,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32106916d801e7253" w:history="1">
+      <w:hyperlink r:id="rId2054693148ca22fdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11090581</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4555,51 +4555,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1003-1023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bongers W (1970) Aspects of host-plant relationship of the Colorado beetle. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85256916d801e7353" w:history="1">
+      <w:hyperlink r:id="rId5656693148ca230ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/189245</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4614,51 +4614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Colorado potato beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97596916d801e73b2" w:history="1">
+      <w:hyperlink r:id="rId5650693148ca2314e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/30380</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4983,51 +4983,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 360-366.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cosner C (2013) Invasive species pathway risk analysis for California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17566916d801e75f7" w:history="1">
+      <w:hyperlink r:id="rId8039693148ca233cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5439,51 +5439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2020) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 8 December 2020 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41206916d801e78ea" w:history="1">
+      <w:hyperlink r:id="rId5645693148ca236b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6359</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6965,51 +6965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klein CM (2019) The evolution of spinosad resistance in Colorado potato beetles (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10356916d801e826b" w:history="1">
+      <w:hyperlink r:id="rId8265693148ca24057" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7860,51 +7860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e1007423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47486916d801e8804" w:history="1">
+      <w:hyperlink r:id="rId8165693148ca246ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pgen.1007423</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9335,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91026916d801e912a" w:history="1">
+      <w:hyperlink r:id="rId8212693148ca250d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04607-7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9548,51 +9548,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 627-632.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whalon ME, Mota-Sanchez D, Hollingsworth RM (2013) Arthropod pesticide resistance data base. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36066916d801e927d" w:history="1">
+      <w:hyperlink r:id="rId7137693148ca25286" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pesticideresistance.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10347,51 +10347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64906916d801e97ae" w:history="1">
+      <w:hyperlink r:id="rId5466693148ca257c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10573,90 +10573,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77206916d801e9928" w:history="1">
+      <w:hyperlink r:id="rId7399693148ca25938" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01746.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1682611" name="name17006916d801e99c4" descr="eu_funding_250.png"/>
+            <wp:docPr id="89193351" name="name4733693148ca259c7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28076916d801e99c3" cstate="print"/>
+                    <a:blip r:embed="rId2587693148ca259c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10754,137 +10754,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39909742">
+  <w:abstractNum w:abstractNumId="57347071">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76118820">
+    <w:lvl w:ilvl="0" w:tplc="81728871">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76118820" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81728871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76118820" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81728871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76118820" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81728871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76118820" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81728871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76118820" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81728871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76118820" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81728871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76118820" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81728871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76118820" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81728871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39909741">
+  <w:abstractNum w:abstractNumId="57347070">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42478575">
+    <w:lvl w:ilvl="0" w:tplc="79091732">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11636,55 +11636,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39909741">
-    <w:abstractNumId w:val="39909741"/>
+  <w:num w:numId="57347070">
+    <w:abstractNumId w:val="57347070"/>
   </w:num>
-  <w:num w:numId="39909742">
-    <w:abstractNumId w:val="39909742"/>
+  <w:num w:numId="57347071">
+    <w:abstractNumId w:val="57347071"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23234,51 +23234,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId741397752" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId142412319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId31786916d801e3f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId32486916d801e3fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId68646916d801e491c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId32106916d801e7253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId85256916d801e7353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId97596916d801e73b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId17566916d801e75f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId41206916d801e78ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId10356916d801e826b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId47486916d801e8804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId91026916d801e912a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId36066916d801e927d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId64906916d801e97ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77206916d801e9928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId57966916d801e47f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57966916d801e47f0.jpg"/><Relationship Id="rId89536916d801e5ce3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89536916d801e5ce3.jpg"/><Relationship Id="rId28076916d801e99c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28076916d801e99c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId720358527" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId234860294" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8919693148ca21067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId9673693148ca210d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId2527693148ca212fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId2054693148ca22fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId5656693148ca230ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId5650693148ca2314e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId8039693148ca233cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId5645693148ca236b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId8265693148ca24057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId8165693148ca246ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId8212693148ca250d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId7137693148ca25286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId5466693148ca257c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7399693148ca25938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId5139693148ca211ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5139693148ca211ae.jpg"/><Relationship Id="rId7160693148ca21a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7160693148ca21a34.jpg"/><Relationship Id="rId2587693148ca259c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2587693148ca259c6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>