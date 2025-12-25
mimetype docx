--- v2 (2025-12-04)
+++ v3 (2025-12-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado beetle (GB), Colorado potato beetle (US), ten-lined potato beetle, ten-striped spearman</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8919693148ca21067" w:history="1">
+            <w:hyperlink r:id="rId6659694c9c906d787" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9673693148ca210d3" w:history="1">
+            <w:hyperlink r:id="rId9395694c9c906d7f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LPTNDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92354236" name="name7243693148ca211b0" descr="18457.jpg"/>
+                  <wp:docPr id="14722936" name="name1052694c9c906d8c4" descr="18457.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18457.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5139693148ca211ae" cstate="print"/>
+                          <a:blip r:embed="rId9012694c9c906d8c2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2527693148ca212fc" w:history="1">
+            <w:hyperlink r:id="rId5847694c9c906d9e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1363,106 +1363,106 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed between latitudes 15 ° and 60 ° N while it is not generally present in tropical countries, nor in most of eastern Asia. It is absent in the Korean peninsula, Japan, India, Africa and in the temperate southern hemisphere (Vlasova, 1978, Worner, 1988, and Jolivet, 1991). In Europe the species is widely spread, with the exception of Denmark, Finland, Norway, Sweden and the United Kingdom, including the islands of Guernsey and Jersey (Thomas &amp; Wood, 1980). In these islands there are frequent interceptions but the species is not established. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27982845" name="name7215693148ca21a36" descr="LPTNDE_distribution_map.jpg"/>
+            <wp:docPr id="16627427" name="name1141694c9c906ead0" descr="LPTNDE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LPTNDE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7160693148ca21a34" cstate="print"/>
+                    <a:blip r:embed="rId4652694c9c906eacc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland, Corse), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sicilia), Kazakhstan, Kyrgyzstan, Latvia, Lithuania, Luxembourg, Moldova, Republic of, Netherlands, North Macedonia, Poland, Portugal (mainland), Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Baleares), Switzerland, Türkiye, Ukraine, United Kingdom (England), Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Albania, Andorra, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland, Corse), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sicilia), Kazakhstan, Kyrgyzstan, Latvia, Lithuania, Luxembourg, Moldova, Republic of, Netherlands, North Macedonia, Poland, Portugal (mainland), Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Baleares), Switzerland, Türkiye, Ukraine, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Heilongjiang, Jilin, Xinjiang), Iran, Islamic Republic of, Iraq, Kazakhstan, Kyrgyzstan, Tajikistan, Turkmenistan, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4402,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2054693148ca22fdc" w:history="1">
+      <w:hyperlink r:id="rId7319694c9c90701ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11090581</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4555,51 +4555,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1003-1023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bongers W (1970) Aspects of host-plant relationship of the Colorado beetle. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5656693148ca230ec" w:history="1">
+      <w:hyperlink r:id="rId5930694c9c90702ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/189245</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4614,51 +4614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Colorado potato beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5650693148ca2314e" w:history="1">
+      <w:hyperlink r:id="rId8185694c9c907030c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/30380</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4983,51 +4983,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 360-366.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cosner C (2013) Invasive species pathway risk analysis for California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8039693148ca233cc" w:history="1">
+      <w:hyperlink r:id="rId1089694c9c9070570" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5439,51 +5439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2020) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 8 December 2020 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5645693148ca236b1" w:history="1">
+      <w:hyperlink r:id="rId4059694c9c9070861" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6359</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6965,51 +6965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klein CM (2019) The evolution of spinosad resistance in Colorado potato beetles (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8265693148ca24057" w:history="1">
+      <w:hyperlink r:id="rId8871694c9c9071262" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7860,51 +7860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e1007423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8165693148ca246ce" w:history="1">
+      <w:hyperlink r:id="rId7216694c9c9071812" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pgen.1007423</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9335,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8212693148ca250d2" w:history="1">
+      <w:hyperlink r:id="rId1183694c9c907214a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04607-7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9548,51 +9548,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 627-632.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whalon ME, Mota-Sanchez D, Hollingsworth RM (2013) Arthropod pesticide resistance data base. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7137693148ca25286" w:history="1">
+      <w:hyperlink r:id="rId3113694c9c907229f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pesticideresistance.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10347,51 +10347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5466693148ca257c7" w:history="1">
+      <w:hyperlink r:id="rId1220694c9c90727d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10573,90 +10573,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7399693148ca25938" w:history="1">
+      <w:hyperlink r:id="rId3970694c9c907294b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01746.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89193351" name="name4733693148ca259c7" descr="eu_funding_250.png"/>
+            <wp:docPr id="31166489" name="name3315694c9c90729e3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2587693148ca259c6" cstate="print"/>
+                    <a:blip r:embed="rId5925694c9c90729e2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10754,137 +10754,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57347071">
+  <w:abstractNum w:abstractNumId="82322737">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81728871">
+    <w:lvl w:ilvl="0" w:tplc="58603828">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81728871" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58603828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81728871" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58603828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81728871" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58603828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81728871" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58603828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81728871" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58603828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81728871" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58603828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81728871" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58603828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81728871" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58603828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57347070">
+  <w:abstractNum w:abstractNumId="82322736">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79091732">
+    <w:lvl w:ilvl="0" w:tplc="47779815">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11636,55 +11636,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57347070">
-    <w:abstractNumId w:val="57347070"/>
+  <w:num w:numId="82322736">
+    <w:abstractNumId w:val="82322736"/>
   </w:num>
-  <w:num w:numId="57347071">
-    <w:abstractNumId w:val="57347071"/>
+  <w:num w:numId="82322737">
+    <w:abstractNumId w:val="82322737"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23234,51 +23234,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId720358527" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId234860294" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8919693148ca21067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId9673693148ca210d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId2527693148ca212fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId2054693148ca22fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId5656693148ca230ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId5650693148ca2314e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId8039693148ca233cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId5645693148ca236b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId8265693148ca24057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId8165693148ca246ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId8212693148ca250d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId7137693148ca25286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId5466693148ca257c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7399693148ca25938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId5139693148ca211ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5139693148ca211ae.jpg"/><Relationship Id="rId7160693148ca21a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7160693148ca21a34.jpg"/><Relationship Id="rId2587693148ca259c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2587693148ca259c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId781177829" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId912177616" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6659694c9c906d787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId9395694c9c906d7f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId5847694c9c906d9e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId7319694c9c90701ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId5930694c9c90702ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId8185694c9c907030c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId1089694c9c9070570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId4059694c9c9070861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId8871694c9c9071262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId7216694c9c9071812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId1183694c9c907214a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId3113694c9c907229f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId1220694c9c90727d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3970694c9c907294b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId9012694c9c906d8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9012694c9c906d8c2.jpg"/><Relationship Id="rId4652694c9c906eacc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4652694c9c906eacc.jpg"/><Relationship Id="rId5925694c9c90729e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5925694c9c90729e2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>