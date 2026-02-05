--- v3 (2025-12-25)
+++ v4 (2026-02-05)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado beetle (GB), Colorado potato beetle (US), ten-lined potato beetle, ten-striped spearman</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6659694c9c906d787" w:history="1">
+            <w:hyperlink r:id="rId423769852d1dd77a1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9395694c9c906d7f3" w:history="1">
+            <w:hyperlink r:id="rId530069852d1dd780b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LPTNDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14722936" name="name1052694c9c906d8c4" descr="18457.jpg"/>
+                  <wp:docPr id="47974031" name="name782269852d1dd7cd4" descr="18457.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18457.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9012694c9c906d8c2" cstate="print"/>
+                          <a:blip r:embed="rId126369852d1dd7cd2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5847694c9c906d9e6" w:history="1">
+            <w:hyperlink r:id="rId502869852d1dd7f4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1358,111 +1358,79 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed between latitudes 15 ° and 60 ° N while it is not generally present in tropical countries, nor in most of eastern Asia. It is absent in the Korean peninsula, Japan, India, Africa and in the temperate southern hemisphere (Vlasova, 1978, Worner, 1988, and Jolivet, 1991). In Europe the species is widely spread, with the exception of Denmark, Finland, Norway, Sweden and the United Kingdom, including the islands of Guernsey and Jersey (Thomas &amp; Wood, 1980). In these islands there are frequent interceptions but the species is not established. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
-        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Andorra, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland, Corse), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sicilia), Kazakhstan, Kyrgyzstan, Latvia, Lithuania, Luxembourg, Moldova, Republic of, Netherlands, North Macedonia, Poland, Portugal (mainland), Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Baleares), Switzerland, Türkiye, Ukraine, Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Albania, Andorra, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland, Corse), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sicilia), Kazakhstan, Kyrgyzstan, Latvia, Lithuania, Luxembourg, Moldova, Republic of, Netherlands, North Macedonia, Poland, Portugal (mainland), Romania, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Baleares), Switzerland, Türkiye, Ukraine, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Heilongjiang, Jilin, Xinjiang), Iran, Islamic Republic of, Iraq, Kazakhstan, Kyrgyzstan, Tajikistan, Turkmenistan, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4402,51 +4370,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7319694c9c90701ac" w:history="1">
+      <w:hyperlink r:id="rId486169852d1dd9b8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11090581</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4555,51 +4523,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1003-1023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bongers W (1970) Aspects of host-plant relationship of the Colorado beetle. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5930694c9c90702ad" w:history="1">
+      <w:hyperlink r:id="rId687369852d1dd9c95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/189245</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4614,51 +4582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Colorado potato beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8185694c9c907030c" w:history="1">
+      <w:hyperlink r:id="rId411469852d1dd9cf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/30380</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4983,51 +4951,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 360-366.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cosner C (2013) Invasive species pathway risk analysis for California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1089694c9c9070570" w:history="1">
+      <w:hyperlink r:id="rId320569852d1dd9f48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5439,51 +5407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2020) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 8 December 2020 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4059694c9c9070861" w:history="1">
+      <w:hyperlink r:id="rId889469852d1dda21a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6359</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6965,51 +6933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klein CM (2019) The evolution of spinosad resistance in Colorado potato beetles (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8871694c9c9071262" w:history="1">
+      <w:hyperlink r:id="rId613969852d1ddab86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7860,51 +7828,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e1007423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7216694c9c9071812" w:history="1">
+      <w:hyperlink r:id="rId670369852d1ddb111" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pgen.1007423</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9335,51 +9303,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1183694c9c907214a" w:history="1">
+      <w:hyperlink r:id="rId378669852d1ddba36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04607-7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9548,51 +9516,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 627-632.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whalon ME, Mota-Sanchez D, Hollingsworth RM (2013) Arthropod pesticide resistance data base. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3113694c9c907229f" w:history="1">
+      <w:hyperlink r:id="rId750669852d1ddbb96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pesticideresistance.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10325,73 +10293,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1220694c9c90727d8" w:history="1">
+      <w:hyperlink r:id="rId467969852d1ddc0c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10573,90 +10541,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3970694c9c907294b" w:history="1">
+      <w:hyperlink r:id="rId928269852d1ddc22c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01746.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31166489" name="name3315694c9c90729e3" descr="eu_funding_250.png"/>
+            <wp:docPr id="4128924" name="name513869852d1ddc663" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5925694c9c90729e2" cstate="print"/>
+                    <a:blip r:embed="rId115969852d1ddc661" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10754,137 +10722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82322737">
+  <w:abstractNum w:abstractNumId="55438744">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58603828">
+    <w:lvl w:ilvl="0" w:tplc="80107340">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58603828" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80107340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58603828" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80107340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58603828" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80107340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58603828" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80107340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58603828" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80107340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58603828" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80107340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58603828" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80107340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58603828" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80107340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82322736">
+  <w:abstractNum w:abstractNumId="55438743">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47779815">
+    <w:lvl w:ilvl="0" w:tplc="27632725">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11636,55 +11604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82322736">
-    <w:abstractNumId w:val="82322736"/>
+  <w:num w:numId="55438743">
+    <w:abstractNumId w:val="55438743"/>
   </w:num>
-  <w:num w:numId="82322737">
-    <w:abstractNumId w:val="82322737"/>
+  <w:num w:numId="55438744">
+    <w:abstractNumId w:val="55438744"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23234,51 +23202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId781177829" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId912177616" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6659694c9c906d787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId9395694c9c906d7f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId5847694c9c906d9e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId7319694c9c90701ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId5930694c9c90702ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId8185694c9c907030c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId1089694c9c9070570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId4059694c9c9070861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId8871694c9c9071262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId7216694c9c9071812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId1183694c9c907214a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId3113694c9c907229f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId1220694c9c90727d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3970694c9c907294b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId9012694c9c906d8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9012694c9c906d8c2.jpg"/><Relationship Id="rId4652694c9c906eacc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4652694c9c906eacc.jpg"/><Relationship Id="rId5925694c9c90729e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5925694c9c90729e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId708797852" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId210307138" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId423769852d1dd77a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId530069852d1dd780b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId502869852d1dd7f4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId486169852d1dd9b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId687369852d1dd9c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId411469852d1dd9cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId320569852d1dd9f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId889469852d1dda21a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId613969852d1ddab86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId670369852d1ddb111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId378669852d1ddba36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId750669852d1ddbb96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId467969852d1ddc0c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId928269852d1ddc22c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId126369852d1dd7cd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId126369852d1dd7cd2.jpg"/><Relationship Id="rId115969852d1ddc661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId115969852d1ddc661.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>