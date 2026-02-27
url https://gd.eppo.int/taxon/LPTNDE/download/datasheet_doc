--- v4 (2026-02-05)
+++ v5 (2026-02-27)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado beetle (GB), Colorado potato beetle (US), ten-lined potato beetle, ten-striped spearman</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423769852d1dd77a1" w:history="1">
+            <w:hyperlink r:id="rId278669a22adbd74e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId530069852d1dd780b" w:history="1">
+            <w:hyperlink r:id="rId248569a22adbd7553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LPTNDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47974031" name="name782269852d1dd7cd4" descr="18457.jpg"/>
+                  <wp:docPr id="19458094" name="name284869a22adbd7636" descr="18457.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18457.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId126369852d1dd7cd2" cstate="print"/>
+                          <a:blip r:embed="rId866769a22adbd7635" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId502869852d1dd7f4c" w:history="1">
+            <w:hyperlink r:id="rId185469a22adbd7793" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1358,68 +1358,100 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed between latitudes 15 ° and 60 ° N while it is not generally present in tropical countries, nor in most of eastern Asia. It is absent in the Korean peninsula, Japan, India, Africa and in the temperate southern hemisphere (Vlasova, 1978, Worner, 1988, and Jolivet, 1991). In Europe the species is widely spread, with the exception of Denmark, Finland, Norway, Sweden and the United Kingdom, including the islands of Guernsey and Jersey (Thomas &amp; Wood, 1980). In these islands there are frequent interceptions but the species is not established. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="63147035" name="name379769a22adbd8a22" descr="LPTNDE_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="LPTNDE_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId967869a22adbd8a1f" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Albania, Andorra, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland, Corse), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sicilia), Kazakhstan, Kyrgyzstan, Latvia, Lithuania, Luxembourg, Moldova, Republic of, Netherlands, North Macedonia, Poland, Portugal (mainland), Romania, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Baleares), Switzerland, Türkiye, Ukraine, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
@@ -4370,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId486169852d1dd9b8b" w:history="1">
+      <w:hyperlink r:id="rId569169a22adbda0be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11090581</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4523,51 +4555,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1003-1023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bongers W (1970) Aspects of host-plant relationship of the Colorado beetle. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687369852d1dd9c95" w:history="1">
+      <w:hyperlink r:id="rId175669a22adbda1ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/189245</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4582,51 +4614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Colorado potato beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411469852d1dd9cf2" w:history="1">
+      <w:hyperlink r:id="rId824269a22adbda22e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/30380</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4951,51 +4983,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 360-366.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cosner C (2013) Invasive species pathway risk analysis for California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320569852d1dd9f48" w:history="1">
+      <w:hyperlink r:id="rId510269a22adbda488" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5407,51 +5439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2020) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 8 December 2020 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889469852d1dda21a" w:history="1">
+      <w:hyperlink r:id="rId747069a22adbda777" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6359</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6933,51 +6965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klein CM (2019) The evolution of spinosad resistance in Colorado potato beetles (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613969852d1ddab86" w:history="1">
+      <w:hyperlink r:id="rId187069a22adbdb24a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7828,51 +7860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e1007423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670369852d1ddb111" w:history="1">
+      <w:hyperlink r:id="rId403869a22adbdb826" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pgen.1007423</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9303,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId378669852d1ddba36" w:history="1">
+      <w:hyperlink r:id="rId772769a22adbdc207" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04607-7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9516,51 +9548,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 627-632.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whalon ME, Mota-Sanchez D, Hollingsworth RM (2013) Arthropod pesticide resistance data base. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId750669852d1ddbb96" w:history="1">
+      <w:hyperlink r:id="rId865269a22adbdc370" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pesticideresistance.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10315,51 +10347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467969852d1ddc0c8" w:history="1">
+      <w:hyperlink r:id="rId166569a22adbdc89c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10541,90 +10573,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId928269852d1ddc22c" w:history="1">
+      <w:hyperlink r:id="rId473569a22adbdca08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01746.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4128924" name="name513869852d1ddc663" descr="eu_funding_250.png"/>
+            <wp:docPr id="21657977" name="name127769a22adbdca86" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId115969852d1ddc661" cstate="print"/>
+                    <a:blip r:embed="rId390369a22adbdca85" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10722,137 +10754,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55438744">
+  <w:abstractNum w:abstractNumId="26106913">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80107340">
+    <w:lvl w:ilvl="0" w:tplc="91490866">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80107340" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91490866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80107340" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91490866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80107340" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91490866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80107340" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91490866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80107340" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91490866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80107340" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91490866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80107340" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91490866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80107340" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91490866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55438743">
+  <w:abstractNum w:abstractNumId="26106912">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27632725">
+    <w:lvl w:ilvl="0" w:tplc="77429315">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11604,55 +11636,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55438743">
-    <w:abstractNumId w:val="55438743"/>
+  <w:num w:numId="26106912">
+    <w:abstractNumId w:val="26106912"/>
   </w:num>
-  <w:num w:numId="55438744">
-    <w:abstractNumId w:val="55438744"/>
+  <w:num w:numId="26106913">
+    <w:abstractNumId w:val="26106913"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23202,51 +23234,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId708797852" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId210307138" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId423769852d1dd77a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId530069852d1dd780b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId502869852d1dd7f4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId486169852d1dd9b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId687369852d1dd9c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId411469852d1dd9cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId320569852d1dd9f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId889469852d1dda21a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId613969852d1ddab86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId670369852d1ddb111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId378669852d1ddba36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId750669852d1ddbb96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId467969852d1ddc0c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId928269852d1ddc22c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId126369852d1dd7cd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId126369852d1dd7cd2.jpg"/><Relationship Id="rId115969852d1ddc661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId115969852d1ddc661.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId535333765" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId762721626" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId278669a22adbd74e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId248569a22adbd7553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId185469a22adbd7793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId569169a22adbda0be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId175669a22adbda1ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId824269a22adbda22e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId510269a22adbda488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId747069a22adbda777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId187069a22adbdb24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId403869a22adbdb826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId772769a22adbdc207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId865269a22adbdc370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId166569a22adbdc89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId473569a22adbdca08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId866769a22adbd7635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866769a22adbd7635.jpg"/><Relationship Id="rId967869a22adbd8a1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId967869a22adbd8a1f.jpg"/><Relationship Id="rId390369a22adbdca85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId390369a22adbdca85.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>