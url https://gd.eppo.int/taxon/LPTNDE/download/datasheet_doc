--- v5 (2026-02-27)
+++ v6 (2026-03-20)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado beetle (GB), Colorado potato beetle (US), ten-lined potato beetle, ten-striped spearman</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278669a22adbd74e5" w:history="1">
+            <w:hyperlink r:id="rId724069bd750121459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248569a22adbd7553" w:history="1">
+            <w:hyperlink r:id="rId128469bd7501214c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LPTNDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19458094" name="name284869a22adbd7636" descr="18457.jpg"/>
+                  <wp:docPr id="57997595" name="name850869bd7501215d5" descr="18457.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18457.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId866769a22adbd7635" cstate="print"/>
+                          <a:blip r:embed="rId911069bd7501215d3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId185469a22adbd7793" w:history="1">
+            <w:hyperlink r:id="rId530169bd7501216fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1363,63 +1363,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed between latitudes 15 ° and 60 ° N while it is not generally present in tropical countries, nor in most of eastern Asia. It is absent in the Korean peninsula, Japan, India, Africa and in the temperate southern hemisphere (Vlasova, 1978, Worner, 1988, and Jolivet, 1991). In Europe the species is widely spread, with the exception of Denmark, Finland, Norway, Sweden and the United Kingdom, including the islands of Guernsey and Jersey (Thomas &amp; Wood, 1980). In these islands there are frequent interceptions but the species is not established. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63147035" name="name379769a22adbd8a22" descr="LPTNDE_distribution_map.jpg"/>
+            <wp:docPr id="46329775" name="name955269bd750122c44" descr="LPTNDE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LPTNDE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId967869a22adbd8a1f" cstate="print"/>
+                    <a:blip r:embed="rId560469bd750122c41" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4402,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569169a22adbda0be" w:history="1">
+      <w:hyperlink r:id="rId644469bd7501241d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11090581</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4555,51 +4555,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1003-1023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bongers W (1970) Aspects of host-plant relationship of the Colorado beetle. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175669a22adbda1ca" w:history="1">
+      <w:hyperlink r:id="rId360169bd7501242f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/189245</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4614,51 +4614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Colorado potato beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824269a22adbda22e" w:history="1">
+      <w:hyperlink r:id="rId386969bd750124350" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/30380</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4983,51 +4983,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 360-366.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cosner C (2013) Invasive species pathway risk analysis for California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId510269a22adbda488" w:history="1">
+      <w:hyperlink r:id="rId991069bd750124599" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5439,51 +5439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2020) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 8 December 2020 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747069a22adbda777" w:history="1">
+      <w:hyperlink r:id="rId965769bd75012486c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6359</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6965,51 +6965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klein CM (2019) The evolution of spinosad resistance in Colorado potato beetles (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187069a22adbdb24a" w:history="1">
+      <w:hyperlink r:id="rId664169bd750125201" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7860,51 +7860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e1007423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId403869a22adbdb826" w:history="1">
+      <w:hyperlink r:id="rId666269bd75012578d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pgen.1007423</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9335,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772769a22adbdc207" w:history="1">
+      <w:hyperlink r:id="rId402869bd7501260cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04607-7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-05-10]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9548,51 +9548,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 627-632.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whalon ME, Mota-Sanchez D, Hollingsworth RM (2013) Arthropod pesticide resistance data base. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865269a22adbdc370" w:history="1">
+      <w:hyperlink r:id="rId232469bd750126232" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pesticideresistance.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-06-07]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10347,51 +10347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leptinotarsa decemlineata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166569a22adbdc89c" w:history="1">
+      <w:hyperlink r:id="rId872969bd75012673d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10573,90 +10573,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473569a22adbdca08" w:history="1">
+      <w:hyperlink r:id="rId459669bd7501268ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01746.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21657977" name="name127769a22adbdca86" descr="eu_funding_250.png"/>
+            <wp:docPr id="71686137" name="name759469bd75012695a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId390369a22adbdca85" cstate="print"/>
+                    <a:blip r:embed="rId310869bd750126959" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10754,137 +10754,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26106913">
+  <w:abstractNum w:abstractNumId="31415886">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91490866">
+    <w:lvl w:ilvl="0" w:tplc="70305599">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91490866" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70305599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91490866" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70305599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91490866" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70305599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91490866" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70305599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91490866" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70305599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91490866" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70305599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91490866" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70305599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91490866" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70305599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26106912">
+  <w:abstractNum w:abstractNumId="31415885">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77429315">
+    <w:lvl w:ilvl="0" w:tplc="53071041">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11636,55 +11636,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26106912">
-    <w:abstractNumId w:val="26106912"/>
+  <w:num w:numId="31415885">
+    <w:abstractNumId w:val="31415885"/>
   </w:num>
-  <w:num w:numId="26106913">
-    <w:abstractNumId w:val="26106913"/>
+  <w:num w:numId="31415886">
+    <w:abstractNumId w:val="31415886"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23234,51 +23234,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId535333765" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId762721626" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId278669a22adbd74e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId248569a22adbd7553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId185469a22adbd7793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId569169a22adbda0be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId175669a22adbda1ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId824269a22adbda22e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId510269a22adbda488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId747069a22adbda777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId187069a22adbdb24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId403869a22adbdb826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId772769a22adbdc207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId865269a22adbdc370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId166569a22adbdc89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId473569a22adbdca08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId866769a22adbd7635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866769a22adbd7635.jpg"/><Relationship Id="rId967869a22adbd8a1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId967869a22adbd8a1f.jpg"/><Relationship Id="rId390369a22adbdca85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId390369a22adbdca85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId101037766" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId943873738" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId724069bd750121459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/" TargetMode="External"/><Relationship Id="rId128469bd7501214c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/categorization" TargetMode="External"/><Relationship Id="rId530169bd7501216fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LPTNDE/photos" TargetMode="External"/><Relationship Id="rId644469bd7501241d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11090581" TargetMode="External"/><Relationship Id="rId360169bd7501242f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/189245" TargetMode="External"/><Relationship Id="rId386969bd750124350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/30380" TargetMode="External"/><Relationship Id="rId991069bd750124599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://134.186.235.170/docs/reports/CISAC-Pathway-Report-July-2013-web.pdf" TargetMode="External"/><Relationship Id="rId965769bd75012486c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6359" TargetMode="External"/><Relationship Id="rId664169bd750125201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academicworks.cuny.edu/cgi/viewcontent.cgi?article=4495&amp;context=gc_etds" TargetMode="External"/><Relationship Id="rId666269bd75012578d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1007423" TargetMode="External"/><Relationship Id="rId402869bd7501260cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04607-7" TargetMode="External"/><Relationship Id="rId232469bd750126232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pesticideresistance.org/" TargetMode="External"/><Relationship Id="rId872969bd75012673d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId459669bd7501268ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01746.x" TargetMode="External"/><Relationship Id="rId911069bd7501215d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911069bd7501215d3.jpg"/><Relationship Id="rId560469bd750122c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId560469bd750122c41.jpg"/><Relationship Id="rId310869bd750126959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId310869bd750126959.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>