--- v0 (2025-10-09)
+++ v1 (2025-11-18)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese long scale, Japanese maple scale, Japanese pear white scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId745068e74b60cfadc" w:history="1">
+            <w:hyperlink r:id="rId4411691cc4fb58b80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437968e74b60cfb46" w:history="1">
+            <w:hyperlink r:id="rId8994691cc4fb58bf1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LOPLJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22541885" name="name931668e74b60d02f0" descr="4003.jpg"/>
+                  <wp:docPr id="90482048" name="name8395691cc4fb58d30" descr="4003.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4003.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId334868e74b60d02ee" cstate="print"/>
+                          <a:blip r:embed="rId6330691cc4fb58d2f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId620068e74b60d0406" w:history="1">
+            <w:hyperlink r:id="rId3550691cc4fb58e64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3828,63 +3828,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originated in the Far East, but has spread to various tropical or semitropical areas throughout the world. In particular, it has spread to a limited extent to different parts of the former USSR (e.g. Georgia) (Konstantinova &amp; Gura, 1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31245006" name="name604868e74b60d257a" descr="LOPLJA_distribution_map.jpg"/>
+            <wp:docPr id="29799668" name="name1810691cc4fb5b861" descr="LOPLJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LOPLJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId883068e74b60d2577" cstate="print"/>
+                    <a:blip r:embed="rId6345691cc4fb5b85f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId948768e74b60d303e" w:history="1">
+      <w:hyperlink r:id="rId5531691cc4fb5c419" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-34.2.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5769,90 +5769,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Serial No. SII-148. Stanford University Press, California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A, Hale F &amp; Halcomb M (2011) Japanese maple scale: An important new insect pest in the nursery and landscape. UT Extension Publication W277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955868e74b60d33f8" w:history="1">
+      <w:hyperlink r:id="rId1642691cc4fb5c7d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 14, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garcíıa Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y &amp; Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. https://doi.org/10.1093/database/bav118. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319568e74b60d343b" w:history="1">
+      <w:hyperlink r:id="rId7664691cc4fb5c817" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 5 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5907,51 +5907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 104-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId160468e74b60d34d8" w:history="1">
+      <w:hyperlink r:id="rId7510691cc4fb5c8b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00305316.2018.1451783</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6296,51 +6296,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 150-152. Gustav Fischer Verlag, Jena, Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shrewsbury PM, Harding NM, Rojas MS &amp; Gill S (2013) Japanese maple scale: Woody ornamental host plants. UMD Extension Publication EBR-18 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903068e74b60d3757" w:history="1">
+      <w:hyperlink r:id="rId4333691cc4fb5cb2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 15, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6511,51 +6511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lopholeucaspis japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId598368e74b60d38ba" w:history="1">
+      <w:hyperlink r:id="rId7342691cc4fb5cca3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6630,63 +6630,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63005787" name="name551868e74b60d3a93" descr="eu_funding_250.png"/>
+            <wp:docPr id="24682280" name="name7430691cc4fb5d102" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId920168e74b60d3a91" cstate="print"/>
+                    <a:blip r:embed="rId7623691cc4fb5d100" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6784,137 +6784,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37754584">
+  <w:abstractNum w:abstractNumId="31709690">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46329441">
+    <w:lvl w:ilvl="0" w:tplc="20283211">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46329441" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20283211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46329441" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20283211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46329441" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20283211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46329441" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20283211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46329441" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20283211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46329441" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20283211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46329441" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20283211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46329441" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20283211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37754583">
+  <w:abstractNum w:abstractNumId="31709689">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32062895">
+    <w:lvl w:ilvl="0" w:tplc="26691848">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7666,55 +7666,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37754583">
-    <w:abstractNumId w:val="37754583"/>
+  <w:num w:numId="31709689">
+    <w:abstractNumId w:val="31709689"/>
   </w:num>
-  <w:num w:numId="37754584">
-    <w:abstractNumId w:val="37754584"/>
+  <w:num w:numId="31709690">
+    <w:abstractNumId w:val="31709690"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19264,51 +19264,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId624699830" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId284765857" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId745068e74b60cfadc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId437968e74b60cfb46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId620068e74b60d0406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId948768e74b60d303e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId955868e74b60d33f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId319568e74b60d343b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId160468e74b60d34d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId903068e74b60d3757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId598368e74b60d38ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId334868e74b60d02ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId334868e74b60d02ee.jpg"/><Relationship Id="rId883068e74b60d2577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId883068e74b60d2577.jpg"/><Relationship Id="rId920168e74b60d3a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId920168e74b60d3a91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId743454427" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId606075851" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4411691cc4fb58b80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId8994691cc4fb58bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId3550691cc4fb58e64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId5531691cc4fb5c419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId1642691cc4fb5c7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId7664691cc4fb5c817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId7510691cc4fb5c8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId4333691cc4fb5cb2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId7342691cc4fb5cca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6330691cc4fb58d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6330691cc4fb58d2f.jpg"/><Relationship Id="rId6345691cc4fb5b85f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6345691cc4fb5b85f.jpg"/><Relationship Id="rId7623691cc4fb5d100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7623691cc4fb5d100.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>