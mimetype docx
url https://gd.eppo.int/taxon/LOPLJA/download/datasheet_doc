--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese long scale, Japanese maple scale, Japanese pear white scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4411691cc4fb58b80" w:history="1">
+            <w:hyperlink r:id="rId2853693a666b7fc6e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8994691cc4fb58bf1" w:history="1">
+            <w:hyperlink r:id="rId6104693a666b7fcd7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LOPLJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90482048" name="name8395691cc4fb58d30" descr="4003.jpg"/>
+                  <wp:docPr id="9949447" name="name7233693a666b7fda9" descr="4003.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4003.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6330691cc4fb58d2f" cstate="print"/>
+                          <a:blip r:embed="rId9206693a666b7fda8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3550691cc4fb58e64" w:history="1">
+            <w:hyperlink r:id="rId4499693a666b7fec8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3828,63 +3828,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originated in the Far East, but has spread to various tropical or semitropical areas throughout the world. In particular, it has spread to a limited extent to different parts of the former USSR (e.g. Georgia) (Konstantinova &amp; Gura, 1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29799668" name="name1810691cc4fb5b861" descr="LOPLJA_distribution_map.jpg"/>
+            <wp:docPr id="66185012" name="name5019693a666b826d3" descr="LOPLJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LOPLJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6345691cc4fb5b85f" cstate="print"/>
+                    <a:blip r:embed="rId7568693a666b826cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5531691cc4fb5c419" w:history="1">
+      <w:hyperlink r:id="rId3513693a666b83205" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-34.2.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5769,90 +5769,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Serial No. SII-148. Stanford University Press, California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A, Hale F &amp; Halcomb M (2011) Japanese maple scale: An important new insect pest in the nursery and landscape. UT Extension Publication W277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1642691cc4fb5c7d3" w:history="1">
+      <w:hyperlink r:id="rId1001693a666b835d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 14, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garcíıa Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y &amp; Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. https://doi.org/10.1093/database/bav118. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7664691cc4fb5c817" w:history="1">
+      <w:hyperlink r:id="rId5854693a666b83618" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 5 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5907,51 +5907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 104-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7510691cc4fb5c8b3" w:history="1">
+      <w:hyperlink r:id="rId1239693a666b836b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00305316.2018.1451783</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6296,51 +6296,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 150-152. Gustav Fischer Verlag, Jena, Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shrewsbury PM, Harding NM, Rojas MS &amp; Gill S (2013) Japanese maple scale: Woody ornamental host plants. UMD Extension Publication EBR-18 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4333691cc4fb5cb2b" w:history="1">
+      <w:hyperlink r:id="rId4850693a666b83945" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 15, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6511,51 +6511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lopholeucaspis japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7342691cc4fb5cca3" w:history="1">
+      <w:hyperlink r:id="rId8890693a666b83aa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6630,63 +6630,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24682280" name="name7430691cc4fb5d102" descr="eu_funding_250.png"/>
+            <wp:docPr id="62252184" name="name1171693a666b83e83" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7623691cc4fb5d100" cstate="print"/>
+                    <a:blip r:embed="rId6925693a666b83e81" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6784,137 +6784,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31709690">
+  <w:abstractNum w:abstractNumId="91146848">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20283211">
+    <w:lvl w:ilvl="0" w:tplc="80816869">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20283211" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80816869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20283211" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80816869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20283211" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80816869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20283211" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80816869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20283211" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80816869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20283211" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80816869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20283211" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80816869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20283211" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80816869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31709689">
+  <w:abstractNum w:abstractNumId="91146847">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26691848">
+    <w:lvl w:ilvl="0" w:tplc="41321954">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7666,55 +7666,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31709689">
-    <w:abstractNumId w:val="31709689"/>
+  <w:num w:numId="91146847">
+    <w:abstractNumId w:val="91146847"/>
   </w:num>
-  <w:num w:numId="31709690">
-    <w:abstractNumId w:val="31709690"/>
+  <w:num w:numId="91146848">
+    <w:abstractNumId w:val="91146848"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19264,51 +19264,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId743454427" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId606075851" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4411691cc4fb58b80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId8994691cc4fb58bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId3550691cc4fb58e64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId5531691cc4fb5c419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId1642691cc4fb5c7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId7664691cc4fb5c817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId7510691cc4fb5c8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId4333691cc4fb5cb2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId7342691cc4fb5cca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6330691cc4fb58d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6330691cc4fb58d2f.jpg"/><Relationship Id="rId6345691cc4fb5b85f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6345691cc4fb5b85f.jpg"/><Relationship Id="rId7623691cc4fb5d100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7623691cc4fb5d100.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId538304792" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId416527769" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2853693a666b7fc6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId6104693a666b7fcd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId4499693a666b7fec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId3513693a666b83205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId1001693a666b835d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId5854693a666b83618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId1239693a666b836b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId4850693a666b83945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId8890693a666b83aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9206693a666b7fda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9206693a666b7fda8.jpg"/><Relationship Id="rId7568693a666b826cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7568693a666b826cf.jpg"/><Relationship Id="rId6925693a666b83e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6925693a666b83e81.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>