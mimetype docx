--- v2 (2025-12-11)
+++ v3 (2026-01-18)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese long scale, Japanese maple scale, Japanese pear white scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2853693a666b7fc6e" w:history="1">
+            <w:hyperlink r:id="rId6712696d13029392c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6104693a666b7fcd7" w:history="1">
+            <w:hyperlink r:id="rId9994696d130293995" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LOPLJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9949447" name="name7233693a666b7fda9" descr="4003.jpg"/>
+                  <wp:docPr id="89068508" name="name2067696d130293a94" descr="4003.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4003.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9206693a666b7fda8" cstate="print"/>
+                          <a:blip r:embed="rId6699696d130293a93" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4499693a666b7fec8" w:history="1">
+            <w:hyperlink r:id="rId7275696d130293bc3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3828,63 +3828,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originated in the Far East, but has spread to various tropical or semitropical areas throughout the world. In particular, it has spread to a limited extent to different parts of the former USSR (e.g. Georgia) (Konstantinova &amp; Gura, 1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66185012" name="name5019693a666b826d3" descr="LOPLJA_distribution_map.jpg"/>
+            <wp:docPr id="45646188" name="name3592696d130295c5e" descr="LOPLJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LOPLJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7568693a666b826cf" cstate="print"/>
+                    <a:blip r:embed="rId1924696d130295c5b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3513693a666b83205" w:history="1">
+      <w:hyperlink r:id="rId2008696d130296707" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-34.2.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5769,90 +5769,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Serial No. SII-148. Stanford University Press, California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A, Hale F &amp; Halcomb M (2011) Japanese maple scale: An important new insect pest in the nursery and landscape. UT Extension Publication W277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1001693a666b835d5" w:history="1">
+      <w:hyperlink r:id="rId7557696d130296aa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 14, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garcíıa Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y &amp; Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. https://doi.org/10.1093/database/bav118. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5854693a666b83618" w:history="1">
+      <w:hyperlink r:id="rId7573696d130296aea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 5 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5907,51 +5907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 104-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1239693a666b836b4" w:history="1">
+      <w:hyperlink r:id="rId4306696d130296b84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00305316.2018.1451783</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6296,51 +6296,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 150-152. Gustav Fischer Verlag, Jena, Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shrewsbury PM, Harding NM, Rojas MS &amp; Gill S (2013) Japanese maple scale: Woody ornamental host plants. UMD Extension Publication EBR-18 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4850693a666b83945" w:history="1">
+      <w:hyperlink r:id="rId3775696d130296def" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 15, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6489,73 +6489,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lopholeucaspis japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8890693a666b83aa6" w:history="1">
+      <w:hyperlink r:id="rId2550696d130296f4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6630,63 +6630,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62252184" name="name1171693a666b83e83" descr="eu_funding_250.png"/>
+            <wp:docPr id="3259795" name="name1286696d130297305" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6925693a666b83e81" cstate="print"/>
+                    <a:blip r:embed="rId9159696d130297303" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6784,137 +6784,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91146848">
+  <w:abstractNum w:abstractNumId="31531852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80816869">
+    <w:lvl w:ilvl="0" w:tplc="85007886">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80816869" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85007886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80816869" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85007886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80816869" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85007886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80816869" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85007886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80816869" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85007886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80816869" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85007886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80816869" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85007886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80816869" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85007886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91146847">
+  <w:abstractNum w:abstractNumId="31531851">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41321954">
+    <w:lvl w:ilvl="0" w:tplc="85193374">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7666,55 +7666,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91146847">
-    <w:abstractNumId w:val="91146847"/>
+  <w:num w:numId="31531851">
+    <w:abstractNumId w:val="31531851"/>
   </w:num>
-  <w:num w:numId="91146848">
-    <w:abstractNumId w:val="91146848"/>
+  <w:num w:numId="31531852">
+    <w:abstractNumId w:val="31531852"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19264,51 +19264,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId538304792" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId416527769" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2853693a666b7fc6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId6104693a666b7fcd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId4499693a666b7fec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId3513693a666b83205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId1001693a666b835d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId5854693a666b83618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId1239693a666b836b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId4850693a666b83945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId8890693a666b83aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9206693a666b7fda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9206693a666b7fda8.jpg"/><Relationship Id="rId7568693a666b826cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7568693a666b826cf.jpg"/><Relationship Id="rId6925693a666b83e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6925693a666b83e81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId929304331" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId304693876" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6712696d13029392c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId9994696d130293995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId7275696d130293bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId2008696d130296707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId7557696d130296aa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId7573696d130296aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId4306696d130296b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId3775696d130296def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId2550696d130296f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6699696d130293a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6699696d130293a93.jpg"/><Relationship Id="rId1924696d130295c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1924696d130295c5b.jpg"/><Relationship Id="rId9159696d130297303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9159696d130297303.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>