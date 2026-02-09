--- v3 (2026-01-18)
+++ v4 (2026-02-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese long scale, Japanese maple scale, Japanese pear white scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6712696d13029392c" w:history="1">
+            <w:hyperlink r:id="rId6299698a0b33765f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9994696d130293995" w:history="1">
+            <w:hyperlink r:id="rId3369698a0b337665a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LOPLJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89068508" name="name2067696d130293a94" descr="4003.jpg"/>
+                  <wp:docPr id="39839747" name="name4238698a0b3376b5a" descr="4003.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4003.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6699696d130293a93" cstate="print"/>
+                          <a:blip r:embed="rId9676698a0b3376b58" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7275696d130293bc3" w:history="1">
+            <w:hyperlink r:id="rId2373698a0b3376c7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3828,105 +3828,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originated in the Far East, but has spread to various tropical or semitropical areas throughout the world. In particular, it has spread to a limited extent to different parts of the former USSR (e.g. Georgia) (Konstantinova &amp; Gura, 1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45646188" name="name3592696d130295c5e" descr="LOPLJA_distribution_map.jpg"/>
+            <wp:docPr id="19828851" name="name7740698a0b3378c4d" descr="LOPLJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LOPLJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1924696d130295c5b" cstate="print"/>
+                    <a:blip r:embed="rId1437698a0b3378c49" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Azerbaijan, Georgia, Russian Federation (the) (Far East, Southern Russia), Türkiye, Ukraine</w:t>
+        <w:t xml:space="preserve"> Azerbaijan, Georgia, Russian Federation (Far East, Southern Russia), Türkiye, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Afghanistan, China (Anhui, Fujian, Guangdong, Guangxi, Hebei, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Liaoning, Shandong, Shanxi, Sichuan, Yunnan, Zhejiang), India (Andhra Pradesh, Gujarat, Haryana, Karnataka, Rajasthan, Uttar Pradesh, West Bengal), Iran, Islamic Republic of, Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of, Myanmar, Nepal, Pakistan, Taiwan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2008696d130296707" w:history="1">
+      <w:hyperlink r:id="rId6546698a0b337977a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-34.2.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5769,90 +5769,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Serial No. SII-148. Stanford University Press, California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A, Hale F &amp; Halcomb M (2011) Japanese maple scale: An important new insect pest in the nursery and landscape. UT Extension Publication W277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7557696d130296aa8" w:history="1">
+      <w:hyperlink r:id="rId7305698a0b3379b3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 14, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garcíıa Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y &amp; Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. https://doi.org/10.1093/database/bav118. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7573696d130296aea" w:history="1">
+      <w:hyperlink r:id="rId7679698a0b3379b7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 5 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5907,51 +5907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 104-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4306696d130296b84" w:history="1">
+      <w:hyperlink r:id="rId4038698a0b3379c1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00305316.2018.1451783</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6296,51 +6296,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 150-152. Gustav Fischer Verlag, Jena, Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shrewsbury PM, Harding NM, Rojas MS &amp; Gill S (2013) Japanese maple scale: Woody ornamental host plants. UMD Extension Publication EBR-18 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3775696d130296def" w:history="1">
+      <w:hyperlink r:id="rId4616698a0b3379e95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 15, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6511,51 +6511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lopholeucaspis japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2550696d130296f4a" w:history="1">
+      <w:hyperlink r:id="rId5196698a0b3379ff4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6630,63 +6630,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3259795" name="name1286696d130297305" descr="eu_funding_250.png"/>
+            <wp:docPr id="36084843" name="name6631698a0b337a4b3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9159696d130297303" cstate="print"/>
+                    <a:blip r:embed="rId7141698a0b337a4b0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6784,137 +6784,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31531852">
+  <w:abstractNum w:abstractNumId="28319900">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85007886">
+    <w:lvl w:ilvl="0" w:tplc="73183429">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85007886" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73183429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85007886" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73183429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85007886" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73183429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85007886" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73183429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85007886" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73183429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85007886" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73183429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85007886" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73183429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85007886" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73183429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31531851">
+  <w:abstractNum w:abstractNumId="28319899">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85193374">
+    <w:lvl w:ilvl="0" w:tplc="90761659">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7666,55 +7666,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31531851">
-    <w:abstractNumId w:val="31531851"/>
+  <w:num w:numId="28319899">
+    <w:abstractNumId w:val="28319899"/>
   </w:num>
-  <w:num w:numId="31531852">
-    <w:abstractNumId w:val="31531852"/>
+  <w:num w:numId="28319900">
+    <w:abstractNumId w:val="28319900"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19264,51 +19264,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId929304331" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId304693876" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6712696d13029392c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId9994696d130293995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId7275696d130293bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId2008696d130296707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId7557696d130296aa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId7573696d130296aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId4306696d130296b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId3775696d130296def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId2550696d130296f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6699696d130293a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6699696d130293a93.jpg"/><Relationship Id="rId1924696d130295c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1924696d130295c5b.jpg"/><Relationship Id="rId9159696d130297303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9159696d130297303.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId209962231" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId409514586" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6299698a0b33765f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId3369698a0b337665a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId2373698a0b3376c7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId6546698a0b337977a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId7305698a0b3379b3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId7679698a0b3379b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId4038698a0b3379c1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId4616698a0b3379e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId5196698a0b3379ff4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9676698a0b3376b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9676698a0b3376b58.jpg"/><Relationship Id="rId1437698a0b3378c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1437698a0b3378c49.jpg"/><Relationship Id="rId7141698a0b337a4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7141698a0b337a4b0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>