--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese long scale, Japanese maple scale, Japanese pear white scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6299698a0b33765f1" w:history="1">
+            <w:hyperlink r:id="rId882969a6c69fb1066" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3369698a0b337665a" w:history="1">
+            <w:hyperlink r:id="rId245369a6c69fb10ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LOPLJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39839747" name="name4238698a0b3376b5a" descr="4003.jpg"/>
+                  <wp:docPr id="90988557" name="name668569a6c69fb16fc" descr="4003.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4003.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9676698a0b3376b58" cstate="print"/>
+                          <a:blip r:embed="rId650469a6c69fb16fa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2373698a0b3376c7e" w:history="1">
+            <w:hyperlink r:id="rId610969a6c69fb1822" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3828,63 +3828,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originated in the Far East, but has spread to various tropical or semitropical areas throughout the world. In particular, it has spread to a limited extent to different parts of the former USSR (e.g. Georgia) (Konstantinova &amp; Gura, 1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19828851" name="name7740698a0b3378c4d" descr="LOPLJA_distribution_map.jpg"/>
+            <wp:docPr id="72861406" name="name825169a6c69fb4230" descr="LOPLJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LOPLJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1437698a0b3378c49" cstate="print"/>
+                    <a:blip r:embed="rId589769a6c69fb422c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3926,71 +3926,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Afghanistan, China (Anhui, Fujian, Guangdong, Guangxi, Hebei, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Liaoning, Shandong, Shanxi, Sichuan, Yunnan, Zhejiang), India (Andhra Pradesh, Gujarat, Haryana, Karnataka, Rajasthan, Uttar Pradesh, West Bengal), Iran, Islamic Republic of, Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of, Myanmar, Nepal, Pakistan, Taiwan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States of America (Alabama, Connecticut, Delaware, District of Columbia, Georgia, Indiana, Kentucky, Louisiana, Maryland, New Jersey, New York, North Carolina, Ohio, Pennsylvania, Rhode Island, Tennessee, Texas, Virginia)</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5186,51 +5165,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6546698a0b337977a" w:history="1">
+      <w:hyperlink r:id="rId778869a6c69fb4e41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-34.2.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5769,90 +5748,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Serial No. SII-148. Stanford University Press, California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A, Hale F &amp; Halcomb M (2011) Japanese maple scale: An important new insect pest in the nursery and landscape. UT Extension Publication W277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7305698a0b3379b3c" w:history="1">
+      <w:hyperlink r:id="rId100369a6c69fb51fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 14, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garcíıa Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y &amp; Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. https://doi.org/10.1093/database/bav118. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7679698a0b3379b7f" w:history="1">
+      <w:hyperlink r:id="rId198369a6c69fb523e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 5 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5907,51 +5886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 104-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4038698a0b3379c1c" w:history="1">
+      <w:hyperlink r:id="rId284769a6c69fb52f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00305316.2018.1451783</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6296,51 +6275,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 150-152. Gustav Fischer Verlag, Jena, Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shrewsbury PM, Harding NM, Rojas MS &amp; Gill S (2013) Japanese maple scale: Woody ornamental host plants. UMD Extension Publication EBR-18 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4616698a0b3379e95" w:history="1">
+      <w:hyperlink r:id="rId832869a6c69fb556f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 15, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6511,51 +6490,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lopholeucaspis japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5196698a0b3379ff4" w:history="1">
+      <w:hyperlink r:id="rId598269a6c69fb56dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6630,63 +6609,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36084843" name="name6631698a0b337a4b3" descr="eu_funding_250.png"/>
+            <wp:docPr id="73418630" name="name277669a6c69fb57f7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7141698a0b337a4b0" cstate="print"/>
+                    <a:blip r:embed="rId434869a6c69fb57f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6784,137 +6763,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28319900">
+  <w:abstractNum w:abstractNumId="83126438">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73183429">
+    <w:lvl w:ilvl="0" w:tplc="22827054">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73183429" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22827054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73183429" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22827054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73183429" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22827054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73183429" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22827054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73183429" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22827054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73183429" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22827054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73183429" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22827054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73183429" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22827054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28319899">
+  <w:abstractNum w:abstractNumId="83126437">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90761659">
+    <w:lvl w:ilvl="0" w:tplc="65363363">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7666,55 +7645,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28319899">
-    <w:abstractNumId w:val="28319899"/>
+  <w:num w:numId="83126437">
+    <w:abstractNumId w:val="83126437"/>
   </w:num>
-  <w:num w:numId="28319900">
-    <w:abstractNumId w:val="28319900"/>
+  <w:num w:numId="83126438">
+    <w:abstractNumId w:val="83126438"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19264,51 +19243,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId209962231" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId409514586" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6299698a0b33765f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId3369698a0b337665a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId2373698a0b3376c7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId6546698a0b337977a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId7305698a0b3379b3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId7679698a0b3379b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId4038698a0b3379c1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId4616698a0b3379e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId5196698a0b3379ff4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9676698a0b3376b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9676698a0b3376b58.jpg"/><Relationship Id="rId1437698a0b3378c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1437698a0b3378c49.jpg"/><Relationship Id="rId7141698a0b337a4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7141698a0b337a4b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId878345524" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId272437354" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId882969a6c69fb1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId245369a6c69fb10ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId610969a6c69fb1822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId778869a6c69fb4e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId100369a6c69fb51fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId198369a6c69fb523e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId284769a6c69fb52f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId832869a6c69fb556f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId598269a6c69fb56dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId650469a6c69fb16fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId650469a6c69fb16fa.jpg"/><Relationship Id="rId589769a6c69fb422c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId589769a6c69fb422c.jpg"/><Relationship Id="rId434869a6c69fb57f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId434869a6c69fb57f6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>