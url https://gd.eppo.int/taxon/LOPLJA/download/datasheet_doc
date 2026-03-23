--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese long scale, Japanese maple scale, Japanese pear white scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId882969a6c69fb1066" w:history="1">
+            <w:hyperlink r:id="rId357769c1469065c2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245369a6c69fb10ce" w:history="1">
+            <w:hyperlink r:id="rId697769c1469065c98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LOPLJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90988557" name="name668569a6c69fb16fc" descr="4003.jpg"/>
+                  <wp:docPr id="38981003" name="name182369c1469066397" descr="4003.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4003.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId650469a6c69fb16fa" cstate="print"/>
+                          <a:blip r:embed="rId415169c1469066395" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId610969a6c69fb1822" w:history="1">
+            <w:hyperlink r:id="rId561969c1469066529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3828,63 +3828,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originated in the Far East, but has spread to various tropical or semitropical areas throughout the world. In particular, it has spread to a limited extent to different parts of the former USSR (e.g. Georgia) (Konstantinova &amp; Gura, 1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72861406" name="name825169a6c69fb4230" descr="LOPLJA_distribution_map.jpg"/>
+            <wp:docPr id="74360787" name="name198669c14690688af" descr="LOPLJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LOPLJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId589769a6c69fb422c" cstate="print"/>
+                    <a:blip r:embed="rId106569c14690688ac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5165,51 +5165,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId778869a6c69fb4e41" w:history="1">
+      <w:hyperlink r:id="rId764369c146906969f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-34.2.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5748,90 +5748,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Serial No. SII-148. Stanford University Press, California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A, Hale F &amp; Halcomb M (2011) Japanese maple scale: An important new insect pest in the nursery and landscape. UT Extension Publication W277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100369a6c69fb51fb" w:history="1">
+      <w:hyperlink r:id="rId792569c1469069a7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 14, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garcíıa Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y &amp; Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. https://doi.org/10.1093/database/bav118. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198369a6c69fb523e" w:history="1">
+      <w:hyperlink r:id="rId623469c1469069ac1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 5 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5886,51 +5886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 104-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284769a6c69fb52f7" w:history="1">
+      <w:hyperlink r:id="rId917569c1469069b5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00305316.2018.1451783</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6275,51 +6275,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 150-152. Gustav Fischer Verlag, Jena, Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shrewsbury PM, Harding NM, Rojas MS &amp; Gill S (2013) Japanese maple scale: Woody ornamental host plants. UMD Extension Publication EBR-18 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId832869a6c69fb556f" w:history="1">
+      <w:hyperlink r:id="rId780669c1469069dd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed February 15, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6490,51 +6490,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lopholeucaspis japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId598269a6c69fb56dd" w:history="1">
+      <w:hyperlink r:id="rId112069c1469069f35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6609,63 +6609,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73418630" name="name277669a6c69fb57f7" descr="eu_funding_250.png"/>
+            <wp:docPr id="20738489" name="name629669c146906a045" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId434869a6c69fb57f6" cstate="print"/>
+                    <a:blip r:embed="rId803469c146906a044" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6763,137 +6763,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83126438">
+  <w:abstractNum w:abstractNumId="54453432">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22827054">
+    <w:lvl w:ilvl="0" w:tplc="52291234">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22827054" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52291234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22827054" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52291234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22827054" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52291234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22827054" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52291234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22827054" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52291234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22827054" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52291234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22827054" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52291234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22827054" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52291234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83126437">
+  <w:abstractNum w:abstractNumId="54453431">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65363363">
+    <w:lvl w:ilvl="0" w:tplc="77496840">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7645,55 +7645,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83126437">
-    <w:abstractNumId w:val="83126437"/>
+  <w:num w:numId="54453431">
+    <w:abstractNumId w:val="54453431"/>
   </w:num>
-  <w:num w:numId="83126438">
-    <w:abstractNumId w:val="83126438"/>
+  <w:num w:numId="54453432">
+    <w:abstractNumId w:val="54453432"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19243,51 +19243,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId878345524" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId272437354" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId882969a6c69fb1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId245369a6c69fb10ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId610969a6c69fb1822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId778869a6c69fb4e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId100369a6c69fb51fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId198369a6c69fb523e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId284769a6c69fb52f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId832869a6c69fb556f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId598269a6c69fb56dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId650469a6c69fb16fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId650469a6c69fb16fa.jpg"/><Relationship Id="rId589769a6c69fb422c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId589769a6c69fb422c.jpg"/><Relationship Id="rId434869a6c69fb57f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId434869a6c69fb57f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId409307777" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId428225599" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId357769c1469065c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/" TargetMode="External"/><Relationship Id="rId697769c1469065c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/categorization" TargetMode="External"/><Relationship Id="rId561969c1469066529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LOPLJA/photos" TargetMode="External"/><Relationship Id="rId764369c146906969f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-34.2.41" TargetMode="External"/><Relationship Id="rId792569c1469069a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/cgi/viewcontent.cgi?article=1040&amp;context=utk_agexcomhort" TargetMode="External"/><Relationship Id="rId623469c1469069ac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info" TargetMode="External"/><Relationship Id="rId917569c1469069b5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00305316.2018.1451783" TargetMode="External"/><Relationship Id="rId780669c1469069dd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf" TargetMode="External"/><Relationship Id="rId112069c1469069f35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId415169c1469066395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId415169c1469066395.jpg"/><Relationship Id="rId106569c14690688ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId106569c14690688ac.jpg"/><Relationship Id="rId803469c146906a044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803469c146906a044.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>