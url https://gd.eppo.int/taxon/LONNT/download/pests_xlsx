--- v0 (2025-10-05)
+++ v1 (2026-02-11)
@@ -12,96 +12,105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LONNT" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>STERPU</t>
   </si>
   <si>
     <t>Chondrostereum purpureum</t>
   </si>
   <si>
     <t>* Bishop GC (1978) Studies on silver leaf disease of stone and pome fruit trees (Doctoral dissertation, Adelaide, Australia), 155 pp. https://digital.library.adelaide.edu.au/dspace/bitstream/2440/20649/2/02whole.pdf
 ------- As Lonicera nitida.
 * Moore WC (1959) British Parasitic Fungi. Cambridge University Press, 430 pp.
 ------- As Lonicera nitida.</t>
   </si>
   <si>
     <t>MALAPA</t>
   </si>
   <si>
     <t>Malacosoma parallela (as Lonicera)</t>
   </si>
   <si>
     <t>* Zolotuhin, V. V., &amp; Didmanidze, E. (2009). The Lasiocampidae (Lepidoptera) of Georgia and neighbouring countries. Entomofauna, 30(19), 301–328.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Lonicera)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
+  </si>
+  <si>
+    <t>PSECCO</t>
+  </si>
+  <si>
+    <t>Pseudococcus comstocki (as Lonicera)</t>
+  </si>
+  <si>
+    <t>* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
   </si>
   <si>
     <t>XYLSCO</t>
   </si>
   <si>
     <t>Xylosandrus compactus</t>
   </si>
   <si>
     <t>* Hızal E, Acer S, Altunışık S (2023) First record of the invasive alien species Xylosandrus compactus (Eichhoff) (Coleoptera: Curculionidae: Scolytinae) in Turkey. BioInvasions Records 12 (in press), 10 pp.
 ------- As Lonicera pileata var.  yunnanensis.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -415,61 +424,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="300.784" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -497,50 +506,64 @@
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">