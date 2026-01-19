--- v0 (2025-10-08)
+++ v1 (2026-01-19)
@@ -12,91 +12,100 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LONJA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Artificial transmission.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
   <si>
     <t>* Capinera JL (2001) Heliothis virescens (Fabricius) (Insecta: Lepidoptera: Noctuidae) EENY-219 (latest revision Dec. 2018). Featured Creatures. University of Florida. https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm
 * Pair SD (1994) Japanese Honeysuckle (Caprifoliaceae): Newly Discovered Host of Heliothis virescens and Helicoverpa zea (Lepidoptera: Noctuidae). Environmental Entomology 23(4) 906-911.
 ------- important early and late season host
 * EPPO (2024) EPPO Technical Document No. 1091. Pest risk analysis for Chloridea virescens. EPPO, Paris. Available at https://gd.eppo.int/taxon/HELIVI/documents
 ------- Main host (evidence that the plant supports populations of the pest in several generations or years, i.e. true hosts, or plant mentioned as common or preferred host – see PRA for further details on the host)</t>
+  </si>
+  <si>
+    <t>COLLFC</t>
+  </si>
+  <si>
+    <t>Colletotrichum fructicola</t>
+  </si>
+  <si>
+    <t>* Song Y, Chen Z, Fang H, Qiu L, Qi X, Liang C (2025) First Report of Colletotrichum fructicola Causing Anthracnose on Lonicera japonica in China. Plant Disease. 109(10), 2222. https://doi.org/10.1094/PDIS-04-25-0720-PDN</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea</t>
   </si>
   <si>
     <t>* Pair SD (1994) Japanese honeysuckle (Caprifoliaceae): newly discovered host of Heliothis virescens and Helicoverpa zea (Lepidoptera: Noctuidae). Environmental Entomology, 23 (4), 906-911.</t>
   </si>
   <si>
     <t>LYCMDE</t>
   </si>
   <si>
     <t>Lycorma delicatula</t>
   </si>
   <si>
     <t>* Dechaine AC, Sutphin M, Leskey TC, Salom SM, Kuhar TP, Pfeiffer DG (2021) Phenology of Lycorma delicatula (Hemiptera: Fulgoridae) in Virginia, USA. Environmental Entomology 50(6), 1267-1275.</t>
   </si>
   <si>
     <t>MALAPA</t>
   </si>
   <si>
     <t>Malacosoma parallela (as Lonicera)</t>
   </si>
@@ -487,51 +496,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="412.756" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -667,50 +676,64 @@
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">