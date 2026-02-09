--- v1 (2026-01-19)
+++ v2 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LONJA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Artificial transmission.</t>
   </si>
@@ -108,50 +108,59 @@
   </si>
   <si>
     <t>Malacosoma parallela (as Lonicera)</t>
   </si>
   <si>
     <t>* Zolotuhin, V. V., &amp; Didmanidze, E. (2009). The Lasiocampidae (Lepidoptera) of Georgia and neighbouring countries. Entomofauna, 30(19), 301–328.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Lonicera)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Hızal E, Öztemiz S, Gjonov I (2023) Phenology and host preferences of the invasive Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Ricaniidae), a risk for agriculture and forest areas in the West-Palaearctic Region. Acta Zoologica Bulgarica 75(2), 251-258. https://www.acta-zoologica-bulgarica.eu/2023/002673</t>
+  </si>
+  <si>
+    <t>PSECCO</t>
+  </si>
+  <si>
+    <t>Pseudococcus comstocki (as Lonicera)</t>
+  </si>
+  <si>
+    <t>* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
   </si>
   <si>
     <t>ONCOTH</t>
   </si>
   <si>
     <t>Rhizoctonia theobromae</t>
   </si>
   <si>
     <t>* Leiva AM, Pardo JM, Arinaitwe W, Newby J, Vongphachanh P, Chittarath K, Oeurn S, Thi Hang L, Gil-Ordóñez A, Rodriguez R, Cuellar WJ (2023) Ceratobasidium sp. is associated with cassava witches’ broom disease, a re-emerging threat to cassava cultivation in Southeast Asia. Scientific Reports 13(1), 22500. https://doi.org/10.1038/s41598-023-49735-5</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu202</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
@@ -496,61 +505,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D13"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="412.756" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -690,50 +699,64 @@
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>39</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">