--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Eveleigh &amp; Allen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311468ef472b7fd45" w:history="1">
+            <w:hyperlink r:id="rId7465690a13aaa474e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508368ef472b7fd8c" w:history="1">
+            <w:hyperlink r:id="rId2266690a13aaa4792" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1109,63 +1109,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45967718" name="name643268ef472b8112c" descr="LONGDI_distribution_map.jpg"/>
+            <wp:docPr id="89858987" name="name7318690a13aaa6098" descr="LONGDI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LONGDI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId958768ef472b81129" cstate="print"/>
+                    <a:blip r:embed="rId5595690a13aaa6096" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2829,51 +2829,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747368ef472b825dc" w:history="1">
+      <w:hyperlink r:id="rId1306690a13aaa6ecc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2986,51 +2986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId106968ef472b8272e" w:history="1">
+      <w:hyperlink r:id="rId3847690a13aaa6fe8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3785/j.issn.1008-9209.2017.03.211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3301,51 +3301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 284-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754368ef472b82a10" w:history="1">
+      <w:hyperlink r:id="rId8949690a13aaa7200" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02314.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3362,51 +3362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773868ef472b82ab2" w:history="1">
+      <w:hyperlink r:id="rId2258690a13aaa7265" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3443,51 +3443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769968ef472b82b39" w:history="1">
+      <w:hyperlink r:id="rId9449690a13aaa72e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3727,51 +3727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority (NVWA) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> s.l. 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId726268ef472b82d76" w:history="1">
+      <w:hyperlink r:id="rId9300690a13aaa74b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3817,51 +3817,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172268ef472b82e48" w:history="1">
+      <w:hyperlink r:id="rId1142690a13aaa7548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4299,51 +4299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Longidorus diadecturus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258168ef472b83240" w:history="1">
+      <w:hyperlink r:id="rId9895690a13aaa785c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4356,63 +4356,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90142161" name="name134968ef472b83309" descr="eu_funding_250.png"/>
+            <wp:docPr id="53193973" name="name1285690a13aaa7922" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId890968ef472b83308" cstate="print"/>
+                    <a:blip r:embed="rId6115690a13aaa7921" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4510,137 +4510,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42930974">
+  <w:abstractNum w:abstractNumId="79731304">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94184415">
+    <w:lvl w:ilvl="0" w:tplc="24958580">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94184415" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24958580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94184415" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24958580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94184415" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24958580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94184415" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24958580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94184415" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24958580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94184415" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24958580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94184415" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24958580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94184415" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24958580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42930973">
+  <w:abstractNum w:abstractNumId="79731303">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84198806">
+    <w:lvl w:ilvl="0" w:tplc="25184806">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5392,55 +5392,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42930973">
-    <w:abstractNumId w:val="42930973"/>
+  <w:num w:numId="79731303">
+    <w:abstractNumId w:val="79731303"/>
   </w:num>
-  <w:num w:numId="42930974">
-    <w:abstractNumId w:val="42930974"/>
+  <w:num w:numId="79731304">
+    <w:abstractNumId w:val="79731304"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16990,51 +16990,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId452569451" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId538575706" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId311468ef472b7fd45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId508368ef472b7fd8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId747368ef472b825dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId106968ef472b8272e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId754368ef472b82a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId773868ef472b82ab2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId769968ef472b82b39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId726268ef472b82d76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId172268ef472b82e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId258168ef472b83240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId958768ef472b81129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId958768ef472b81129.jpg"/><Relationship Id="rId890968ef472b83308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId890968ef472b83308.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId534720117" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId618878566" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7465690a13aaa474e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId2266690a13aaa4792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId1306690a13aaa6ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId3847690a13aaa6fe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId8949690a13aaa7200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId2258690a13aaa7265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId9449690a13aaa72e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId9300690a13aaa74b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId1142690a13aaa7548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId9895690a13aaa785c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5595690a13aaa6096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5595690a13aaa6096.jpg"/><Relationship Id="rId6115690a13aaa7921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6115690a13aaa7921.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>