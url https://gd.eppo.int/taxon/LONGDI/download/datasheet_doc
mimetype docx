--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Eveleigh &amp; Allen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7465690a13aaa474e" w:history="1">
+            <w:hyperlink r:id="rId298869254343e7166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2266690a13aaa4792" w:history="1">
+            <w:hyperlink r:id="rId313469254343e71ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1109,63 +1109,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89858987" name="name7318690a13aaa6098" descr="LONGDI_distribution_map.jpg"/>
+            <wp:docPr id="63514371" name="name702169254343e83fa" descr="LONGDI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LONGDI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5595690a13aaa6096" cstate="print"/>
+                    <a:blip r:embed="rId483369254343e83f7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2829,51 +2829,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1306690a13aaa6ecc" w:history="1">
+      <w:hyperlink r:id="rId634169254343e910f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2986,51 +2986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3847690a13aaa6fe8" w:history="1">
+      <w:hyperlink r:id="rId395169254343e921f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3785/j.issn.1008-9209.2017.03.211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3301,51 +3301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 284-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8949690a13aaa7200" w:history="1">
+      <w:hyperlink r:id="rId345269254343e9419" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02314.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3362,51 +3362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2258690a13aaa7265" w:history="1">
+      <w:hyperlink r:id="rId430969254343e947c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3443,51 +3443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9449690a13aaa72e8" w:history="1">
+      <w:hyperlink r:id="rId635469254343e950a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3727,51 +3727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority (NVWA) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> s.l. 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9300690a13aaa74b8" w:history="1">
+      <w:hyperlink r:id="rId130869254343e96ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3817,51 +3817,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1142690a13aaa7548" w:history="1">
+      <w:hyperlink r:id="rId989969254343e9780" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4299,51 +4299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Longidorus diadecturus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9895690a13aaa785c" w:history="1">
+      <w:hyperlink r:id="rId636669254343e9a7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4356,63 +4356,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53193973" name="name1285690a13aaa7922" descr="eu_funding_250.png"/>
+            <wp:docPr id="59363181" name="name624669254343e9b24" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6115690a13aaa7921" cstate="print"/>
+                    <a:blip r:embed="rId874769254343e9b23" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4510,137 +4510,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79731304">
+  <w:abstractNum w:abstractNumId="23711324">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24958580">
+    <w:lvl w:ilvl="0" w:tplc="23388327">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24958580" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23388327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24958580" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23388327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24958580" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23388327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24958580" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23388327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24958580" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23388327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24958580" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23388327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24958580" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23388327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24958580" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23388327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79731303">
+  <w:abstractNum w:abstractNumId="23711323">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25184806">
+    <w:lvl w:ilvl="0" w:tplc="38621151">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5392,55 +5392,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79731303">
-    <w:abstractNumId w:val="79731303"/>
+  <w:num w:numId="23711323">
+    <w:abstractNumId w:val="23711323"/>
   </w:num>
-  <w:num w:numId="79731304">
-    <w:abstractNumId w:val="79731304"/>
+  <w:num w:numId="23711324">
+    <w:abstractNumId w:val="23711324"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16990,51 +16990,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId534720117" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId618878566" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7465690a13aaa474e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId2266690a13aaa4792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId1306690a13aaa6ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId3847690a13aaa6fe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId8949690a13aaa7200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId2258690a13aaa7265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId9449690a13aaa72e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId9300690a13aaa74b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId1142690a13aaa7548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId9895690a13aaa785c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5595690a13aaa6096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5595690a13aaa6096.jpg"/><Relationship Id="rId6115690a13aaa7921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6115690a13aaa7921.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId676158206" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId516551756" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId298869254343e7166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId313469254343e71ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId634169254343e910f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId395169254343e921f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId345269254343e9419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId430969254343e947c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId635469254343e950a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId130869254343e96ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId989969254343e9780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId636669254343e9a7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId483369254343e83f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId483369254343e83f7.jpg"/><Relationship Id="rId874769254343e9b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId874769254343e9b23.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>