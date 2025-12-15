--- v2 (2025-11-25)
+++ v3 (2025-12-15)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Eveleigh &amp; Allen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298869254343e7166" w:history="1">
+            <w:hyperlink r:id="rId6821694060787d629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313469254343e71ac" w:history="1">
+            <w:hyperlink r:id="rId2702694060787d679" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1109,63 +1109,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63514371" name="name702169254343e83fa" descr="LONGDI_distribution_map.jpg"/>
+            <wp:docPr id="795319" name="name3042694060787e8d2" descr="LONGDI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LONGDI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId483369254343e83f7" cstate="print"/>
+                    <a:blip r:embed="rId2577694060787e8cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2829,51 +2829,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634169254343e910f" w:history="1">
+      <w:hyperlink r:id="rId2970694060787f606" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2986,51 +2986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId395169254343e921f" w:history="1">
+      <w:hyperlink r:id="rId8688694060787f717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3785/j.issn.1008-9209.2017.03.211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3301,51 +3301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 284-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345269254343e9419" w:history="1">
+      <w:hyperlink r:id="rId1908694060787f928" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02314.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3362,51 +3362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId430969254343e947c" w:history="1">
+      <w:hyperlink r:id="rId2860694060787f991" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3443,51 +3443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId635469254343e950a" w:history="1">
+      <w:hyperlink r:id="rId1469694060787fa19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3727,51 +3727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority (NVWA) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> s.l. 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId130869254343e96ef" w:history="1">
+      <w:hyperlink r:id="rId4633694060787fbe4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3817,51 +3817,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989969254343e9780" w:history="1">
+      <w:hyperlink r:id="rId2612694060787fc73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4299,51 +4299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Longidorus diadecturus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636669254343e9a7c" w:history="1">
+      <w:hyperlink r:id="rId7857694060787ff86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4356,63 +4356,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59363181" name="name624669254343e9b24" descr="eu_funding_250.png"/>
+            <wp:docPr id="2631709" name="name8871694060788019f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId874769254343e9b23" cstate="print"/>
+                    <a:blip r:embed="rId7325694060788019e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4510,137 +4510,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23711324">
+  <w:abstractNum w:abstractNumId="64986800">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23388327">
+    <w:lvl w:ilvl="0" w:tplc="97008256">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23388327" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97008256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23388327" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97008256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23388327" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97008256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23388327" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97008256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23388327" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97008256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23388327" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97008256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23388327" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97008256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23388327" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97008256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23711323">
+  <w:abstractNum w:abstractNumId="64986799">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38621151">
+    <w:lvl w:ilvl="0" w:tplc="33233869">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5392,55 +5392,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23711323">
-    <w:abstractNumId w:val="23711323"/>
+  <w:num w:numId="64986799">
+    <w:abstractNumId w:val="64986799"/>
   </w:num>
-  <w:num w:numId="23711324">
-    <w:abstractNumId w:val="23711324"/>
+  <w:num w:numId="64986800">
+    <w:abstractNumId w:val="64986800"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16990,51 +16990,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId676158206" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId516551756" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId298869254343e7166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId313469254343e71ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId634169254343e910f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId395169254343e921f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId345269254343e9419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId430969254343e947c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId635469254343e950a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId130869254343e96ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId989969254343e9780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId636669254343e9a7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId483369254343e83f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId483369254343e83f7.jpg"/><Relationship Id="rId874769254343e9b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId874769254343e9b23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822518237" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId877079024" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6821694060787d629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId2702694060787d679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId2970694060787f606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId8688694060787f717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId1908694060787f928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId2860694060787f991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId1469694060787fa19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId4633694060787fbe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId2612694060787fc73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId7857694060787ff86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2577694060787e8cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2577694060787e8cf.jpg"/><Relationship Id="rId7325694060788019e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7325694060788019e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>