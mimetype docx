--- v3 (2025-12-15)
+++ v4 (2026-01-08)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Eveleigh &amp; Allen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6821694060787d629" w:history="1">
+            <w:hyperlink r:id="rId7215695f63bd6f5d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2702694060787d679" w:history="1">
+            <w:hyperlink r:id="rId7725695f63bd6f61a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1109,63 +1109,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="795319" name="name3042694060787e8d2" descr="LONGDI_distribution_map.jpg"/>
+            <wp:docPr id="9402849" name="name6654695f63bd708c6" descr="LONGDI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LONGDI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2577694060787e8cf" cstate="print"/>
+                    <a:blip r:embed="rId7123695f63bd708c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2829,51 +2829,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2970694060787f606" w:history="1">
+      <w:hyperlink r:id="rId3830695f63bd715cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2986,51 +2986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8688694060787f717" w:history="1">
+      <w:hyperlink r:id="rId3338695f63bd716d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3785/j.issn.1008-9209.2017.03.211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3301,51 +3301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 284-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1908694060787f928" w:history="1">
+      <w:hyperlink r:id="rId8038695f63bd718d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02314.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3362,51 +3362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2860694060787f991" w:history="1">
+      <w:hyperlink r:id="rId8264695f63bd71939" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3443,51 +3443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1469694060787fa19" w:history="1">
+      <w:hyperlink r:id="rId8164695f63bd719bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3727,51 +3727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority (NVWA) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> s.l. 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4633694060787fbe4" w:history="1">
+      <w:hyperlink r:id="rId1982695f63bd71b84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3817,51 +3817,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2612694060787fc73" w:history="1">
+      <w:hyperlink r:id="rId6234695f63bd71c14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4277,73 +4277,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Longidorus diadecturus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7857694060787ff86" w:history="1">
+      <w:hyperlink r:id="rId3756695f63bd71f0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4356,63 +4356,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2631709" name="name8871694060788019f" descr="eu_funding_250.png"/>
+            <wp:docPr id="90067754" name="name1450695f63bd71fb0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7325694060788019e" cstate="print"/>
+                    <a:blip r:embed="rId7038695f63bd71fae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4510,137 +4510,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64986800">
+  <w:abstractNum w:abstractNumId="63300609">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97008256">
+    <w:lvl w:ilvl="0" w:tplc="92666602">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97008256" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92666602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97008256" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92666602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97008256" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92666602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97008256" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92666602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97008256" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92666602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97008256" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92666602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97008256" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92666602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97008256" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92666602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64986799">
+  <w:abstractNum w:abstractNumId="63300608">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33233869">
+    <w:lvl w:ilvl="0" w:tplc="83813120">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5392,55 +5392,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64986799">
-    <w:abstractNumId w:val="64986799"/>
+  <w:num w:numId="63300608">
+    <w:abstractNumId w:val="63300608"/>
   </w:num>
-  <w:num w:numId="64986800">
-    <w:abstractNumId w:val="64986800"/>
+  <w:num w:numId="63300609">
+    <w:abstractNumId w:val="63300609"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16990,51 +16990,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822518237" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId877079024" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6821694060787d629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId2702694060787d679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId2970694060787f606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId8688694060787f717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId1908694060787f928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId2860694060787f991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId1469694060787fa19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId4633694060787fbe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId2612694060787fc73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId7857694060787ff86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2577694060787e8cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2577694060787e8cf.jpg"/><Relationship Id="rId7325694060788019e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7325694060788019e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId997400536" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId350772582" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7215695f63bd6f5d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId7725695f63bd6f61a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId3830695f63bd715cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId3338695f63bd716d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId8038695f63bd718d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId8264695f63bd71939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId8164695f63bd719bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId1982695f63bd71b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId6234695f63bd71c14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId3756695f63bd71f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7123695f63bd708c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7123695f63bd708c3.jpg"/><Relationship Id="rId7038695f63bd71fae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7038695f63bd71fae.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>