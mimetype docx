--- v4 (2026-01-08)
+++ v5 (2026-02-16)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Eveleigh &amp; Allen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7215695f63bd6f5d5" w:history="1">
+            <w:hyperlink r:id="rId528269938f3453537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7725695f63bd6f61a" w:history="1">
+            <w:hyperlink r:id="rId991269938f345357e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1109,63 +1109,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9402849" name="name6654695f63bd708c6" descr="LONGDI_distribution_map.jpg"/>
+            <wp:docPr id="13925043" name="name811469938f3454a22" descr="LONGDI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LONGDI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7123695f63bd708c3" cstate="print"/>
+                    <a:blip r:embed="rId539569938f3454a1e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2829,51 +2829,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3830695f63bd715cc" w:history="1">
+      <w:hyperlink r:id="rId564969938f3455752" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2986,51 +2986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3338695f63bd716d6" w:history="1">
+      <w:hyperlink r:id="rId762569938f3455850" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3785/j.issn.1008-9209.2017.03.211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3301,51 +3301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 284-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8038695f63bd718d3" w:history="1">
+      <w:hyperlink r:id="rId343569938f3455a49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02314.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3362,51 +3362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8264695f63bd71939" w:history="1">
+      <w:hyperlink r:id="rId463869938f3455aad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3443,51 +3443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8164695f63bd719bb" w:history="1">
+      <w:hyperlink r:id="rId712469938f3455b2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3727,51 +3727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority (NVWA) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> s.l. 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1982695f63bd71b84" w:history="1">
+      <w:hyperlink r:id="rId722969938f3455d07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3817,51 +3817,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6234695f63bd71c14" w:history="1">
+      <w:hyperlink r:id="rId566569938f3455d98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4299,51 +4299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Longidorus diadecturus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3756695f63bd71f0c" w:history="1">
+      <w:hyperlink r:id="rId403369938f34560c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4356,63 +4356,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90067754" name="name1450695f63bd71fb0" descr="eu_funding_250.png"/>
+            <wp:docPr id="81060262" name="name454669938f345644d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7038695f63bd71fae" cstate="print"/>
+                    <a:blip r:embed="rId748969938f345644b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4510,137 +4510,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63300609">
+  <w:abstractNum w:abstractNumId="72638564">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92666602">
+    <w:lvl w:ilvl="0" w:tplc="55020126">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92666602" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55020126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92666602" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55020126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92666602" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55020126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92666602" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55020126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92666602" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55020126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92666602" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55020126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92666602" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55020126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92666602" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55020126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63300608">
+  <w:abstractNum w:abstractNumId="72638563">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83813120">
+    <w:lvl w:ilvl="0" w:tplc="67390771">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5392,55 +5392,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63300608">
-    <w:abstractNumId w:val="63300608"/>
+  <w:num w:numId="72638563">
+    <w:abstractNumId w:val="72638563"/>
   </w:num>
-  <w:num w:numId="63300609">
-    <w:abstractNumId w:val="63300609"/>
+  <w:num w:numId="72638564">
+    <w:abstractNumId w:val="72638564"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16990,51 +16990,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId997400536" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId350772582" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7215695f63bd6f5d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId7725695f63bd6f61a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId3830695f63bd715cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId3338695f63bd716d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId8038695f63bd718d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId8264695f63bd71939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId8164695f63bd719bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId1982695f63bd71b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId6234695f63bd71c14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId3756695f63bd71f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7123695f63bd708c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7123695f63bd708c3.jpg"/><Relationship Id="rId7038695f63bd71fae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7038695f63bd71fae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId887652899" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId272928225" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId528269938f3453537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId991269938f345357e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId564969938f3455752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId762569938f3455850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId343569938f3455a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId463869938f3455aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId712469938f3455b2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId722969938f3455d07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId566569938f3455d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId403369938f34560c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId539569938f3454a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId539569938f3454a1e.jpg"/><Relationship Id="rId748969938f345644b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId748969938f345644b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>