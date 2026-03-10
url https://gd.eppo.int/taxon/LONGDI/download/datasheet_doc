--- v5 (2026-02-16)
+++ v6 (2026-03-10)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Eveleigh &amp; Allen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId528269938f3453537" w:history="1">
+            <w:hyperlink r:id="rId255469b03433c7e86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId991269938f345357e" w:history="1">
+            <w:hyperlink r:id="rId730369b03433c7eca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1109,63 +1109,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13925043" name="name811469938f3454a22" descr="LONGDI_distribution_map.jpg"/>
+            <wp:docPr id="51899137" name="name984469b03433c943b" descr="LONGDI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LONGDI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId539569938f3454a1e" cstate="print"/>
+                    <a:blip r:embed="rId530469b03433c9438" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2829,51 +2829,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564969938f3455752" w:history="1">
+      <w:hyperlink r:id="rId595169b03433ca116" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2986,51 +2986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId762569938f3455850" w:history="1">
+      <w:hyperlink r:id="rId213069b03433ca213" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3785/j.issn.1008-9209.2017.03.211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3301,51 +3301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 284-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343569938f3455a49" w:history="1">
+      <w:hyperlink r:id="rId968169b03433ca41e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02314.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3362,51 +3362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463869938f3455aad" w:history="1">
+      <w:hyperlink r:id="rId591469b03433ca482" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3443,51 +3443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712469938f3455b2e" w:history="1">
+      <w:hyperlink r:id="rId225469b03433ca505" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3727,51 +3727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority (NVWA) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> s.l. 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722969938f3455d07" w:history="1">
+      <w:hyperlink r:id="rId923369b03433ca6cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3817,51 +3817,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566569938f3455d98" w:history="1">
+      <w:hyperlink r:id="rId646869b03433ca75e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4299,51 +4299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Longidorus diadecturus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId403369938f34560c1" w:history="1">
+      <w:hyperlink r:id="rId984669b03433caaec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4356,63 +4356,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81060262" name="name454669938f345644d" descr="eu_funding_250.png"/>
+            <wp:docPr id="84894211" name="name560769b03433cab8f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId748969938f345644b" cstate="print"/>
+                    <a:blip r:embed="rId842069b03433cab8d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4510,137 +4510,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72638564">
+  <w:abstractNum w:abstractNumId="29375054">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55020126">
+    <w:lvl w:ilvl="0" w:tplc="48351254">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55020126" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48351254" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55020126" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48351254" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55020126" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48351254" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55020126" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48351254" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55020126" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48351254" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55020126" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48351254" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55020126" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48351254" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55020126" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48351254" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72638563">
+  <w:abstractNum w:abstractNumId="29375053">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67390771">
+    <w:lvl w:ilvl="0" w:tplc="15399396">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5392,55 +5392,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72638563">
-    <w:abstractNumId w:val="72638563"/>
+  <w:num w:numId="29375053">
+    <w:abstractNumId w:val="29375053"/>
   </w:num>
-  <w:num w:numId="72638564">
-    <w:abstractNumId w:val="72638564"/>
+  <w:num w:numId="29375054">
+    <w:abstractNumId w:val="29375054"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16990,51 +16990,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId887652899" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId272928225" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId528269938f3453537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId991269938f345357e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId564969938f3455752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId762569938f3455850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId343569938f3455a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId463869938f3455aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId712469938f3455b2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId722969938f3455d07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId566569938f3455d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId403369938f34560c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId539569938f3454a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId539569938f3454a1e.jpg"/><Relationship Id="rId748969938f345644b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId748969938f345644b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId441098319" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId418096047" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId255469b03433c7e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/" TargetMode="External"/><Relationship Id="rId730369b03433c7eca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LONGDI/categorization" TargetMode="External"/><Relationship Id="rId595169b03433ca116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId213069b03433ca213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3785/j.issn.1008-9209.2017.03.211" TargetMode="External"/><Relationship Id="rId968169b03433ca41e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02314.x" TargetMode="External"/><Relationship Id="rId591469b03433ca482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId225469b03433ca505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12712" TargetMode="External"/><Relationship Id="rId923369b03433ca6cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId646869b03433ca75e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12656" TargetMode="External"/><Relationship Id="rId984669b03433caaec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId530469b03433c9438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId530469b03433c9438.jpg"/><Relationship Id="rId842069b03433cab8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId842069b03433cab8d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>