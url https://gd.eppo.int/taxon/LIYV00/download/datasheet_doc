--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Lettuce infectious yellows virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> infectious yellows of lettuce</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511368e759f97270a" w:history="1">
+            <w:hyperlink r:id="rId2644690300eace881" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId751868e759f97277e" w:history="1">
+            <w:hyperlink r:id="rId2859690300eace8e9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59033863" name="name384068e759f972e3b" descr="14918.jpg"/>
+                  <wp:docPr id="6518188" name="name4848690300eace9c0" descr="14918.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14918.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId466468e759f972e3a" cstate="print"/>
+                          <a:blip r:embed="rId3628690300eace9be" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId937868e759f972f2e" w:history="1">
+            <w:hyperlink r:id="rId4369690300eaceabc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1455,63 +1455,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World vector and disappearance of LIYV. The map below shows the LIYV distribution in the mid 1980s and early 1990s, however LIYV has not been reported from North America since about the mid 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48290029" name="name641968e759f9741ae" descr="LIYV00_distribution_map.jpg"/>
+            <wp:docPr id="28050330" name="name3122690300eacfec1" descr="LIYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId697768e759f9741ab" cstate="print"/>
+                    <a:blip r:embed="rId4572690300eacfebe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1612,51 +1612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is recognized as one of the worlds’ worst invasive species (Global Invasive Species Database, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId390168e759f974425" w:history="1">
+      <w:hyperlink r:id="rId1830690300ead026e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and is composed of many cryptic species, formerly called biotypes (Dinsdale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1578. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751968e759f974d3d" w:history="1">
+      <w:hyperlink r:id="rId9122690300ead0cbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081578</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3732,51 +3732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e02230-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681068e759f9751a9" w:history="1">
+      <w:hyperlink r:id="rId3618690300ead123e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mBio.02230-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus lactucaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107068e759f975417" w:history="1">
+      <w:hyperlink r:id="rId4673690300ead149d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4224,63 +4224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40880537" name="name694168e759f9757a7" descr="eu_funding_250.png"/>
+            <wp:docPr id="3715717" name="name5597690300ead1680" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId242768e759f9757a5" cstate="print"/>
+                    <a:blip r:embed="rId4525690300ead167e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4378,137 +4378,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65520122">
+  <w:abstractNum w:abstractNumId="30178246">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19164353">
+    <w:lvl w:ilvl="0" w:tplc="93517000">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19164353" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93517000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19164353" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93517000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19164353" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93517000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19164353" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93517000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19164353" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93517000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19164353" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93517000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19164353" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93517000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19164353" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93517000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65520121">
+  <w:abstractNum w:abstractNumId="30178245">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44984700">
+    <w:lvl w:ilvl="0" w:tplc="45492626">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5260,55 +5260,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65520121">
-    <w:abstractNumId w:val="65520121"/>
+  <w:num w:numId="30178245">
+    <w:abstractNumId w:val="30178245"/>
   </w:num>
-  <w:num w:numId="65520122">
-    <w:abstractNumId w:val="65520122"/>
+  <w:num w:numId="30178246">
+    <w:abstractNumId w:val="30178246"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16858,51 +16858,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId408467882" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId574131670" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId511368e759f97270a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId751868e759f97277e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId937868e759f972f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId390168e759f974425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId751968e759f974d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId681068e759f9751a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId107068e759f975417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId466468e759f972e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId466468e759f972e3a.jpg"/><Relationship Id="rId697768e759f9741ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId697768e759f9741ab.jpg"/><Relationship Id="rId242768e759f9757a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId242768e759f9757a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId371651316" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761337372" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2644690300eace881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId2859690300eace8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId4369690300eaceabc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId1830690300ead026e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId9122690300ead0cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId3618690300ead123e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId4673690300ead149d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3628690300eace9be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3628690300eace9be.jpg"/><Relationship Id="rId4572690300eacfebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4572690300eacfebe.jpg"/><Relationship Id="rId4525690300ead167e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4525690300ead167e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>