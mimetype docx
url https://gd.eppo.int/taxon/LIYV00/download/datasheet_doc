--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Lettuce infectious yellows virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> infectious yellows of lettuce</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2644690300eace881" w:history="1">
+            <w:hyperlink r:id="rId9691693d33115c2ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2859690300eace8e9" w:history="1">
+            <w:hyperlink r:id="rId1736693d33115c380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6518188" name="name4848690300eace9c0" descr="14918.jpg"/>
+                  <wp:docPr id="69409345" name="name4933693d33115cd71" descr="14918.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14918.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3628690300eace9be" cstate="print"/>
+                          <a:blip r:embed="rId8633693d33115cd6e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4369690300eaceabc" w:history="1">
+            <w:hyperlink r:id="rId2192693d33115cee3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1455,63 +1455,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World vector and disappearance of LIYV. The map below shows the LIYV distribution in the mid 1980s and early 1990s, however LIYV has not been reported from North America since about the mid 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28050330" name="name3122690300eacfec1" descr="LIYV00_distribution_map.jpg"/>
+            <wp:docPr id="17109255" name="name9210693d33115e4f9" descr="LIYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4572690300eacfebe" cstate="print"/>
+                    <a:blip r:embed="rId3614693d33115e4f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1612,51 +1612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is recognized as one of the worlds’ worst invasive species (Global Invasive Species Database, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1830690300ead026e" w:history="1">
+      <w:hyperlink r:id="rId5479693d33115e75f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and is composed of many cryptic species, formerly called biotypes (Dinsdale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1578. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9122690300ead0cbb" w:history="1">
+      <w:hyperlink r:id="rId7666693d33115f07e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081578</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3732,51 +3732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e02230-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3618690300ead123e" w:history="1">
+      <w:hyperlink r:id="rId2678693d33115f50f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mBio.02230-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus lactucaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4673690300ead149d" w:history="1">
+      <w:hyperlink r:id="rId1045693d33115f76f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4224,63 +4224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3715717" name="name5597690300ead1680" descr="eu_funding_250.png"/>
+            <wp:docPr id="69643019" name="name9878693d33115fb22" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4525690300ead167e" cstate="print"/>
+                    <a:blip r:embed="rId2511693d33115fb20" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4378,137 +4378,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30178246">
+  <w:abstractNum w:abstractNumId="51520240">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93517000">
+    <w:lvl w:ilvl="0" w:tplc="44703539">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93517000" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44703539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93517000" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44703539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93517000" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44703539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93517000" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44703539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93517000" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44703539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93517000" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44703539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93517000" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44703539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93517000" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44703539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30178245">
+  <w:abstractNum w:abstractNumId="51520239">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45492626">
+    <w:lvl w:ilvl="0" w:tplc="16538275">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5260,55 +5260,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30178245">
-    <w:abstractNumId w:val="30178245"/>
+  <w:num w:numId="51520239">
+    <w:abstractNumId w:val="51520239"/>
   </w:num>
-  <w:num w:numId="30178246">
-    <w:abstractNumId w:val="30178246"/>
+  <w:num w:numId="51520240">
+    <w:abstractNumId w:val="51520240"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16858,51 +16858,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId371651316" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761337372" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2644690300eace881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId2859690300eace8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId4369690300eaceabc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId1830690300ead026e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId9122690300ead0cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId3618690300ead123e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId4673690300ead149d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3628690300eace9be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3628690300eace9be.jpg"/><Relationship Id="rId4572690300eacfebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4572690300eacfebe.jpg"/><Relationship Id="rId4525690300ead167e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4525690300ead167e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId781027231" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId267620113" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9691693d33115c2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId1736693d33115c380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId2192693d33115cee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId5479693d33115e75f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId7666693d33115f07e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId2678693d33115f50f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId1045693d33115f76f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8633693d33115cd6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8633693d33115cd6e.jpg"/><Relationship Id="rId3614693d33115e4f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3614693d33115e4f6.jpg"/><Relationship Id="rId2511693d33115fb20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2511693d33115fb20.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>