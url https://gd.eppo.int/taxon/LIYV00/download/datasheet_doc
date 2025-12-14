--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Lettuce infectious yellows virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> infectious yellows of lettuce</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9691693d33115c2ee" w:history="1">
+            <w:hyperlink r:id="rId8135693ed88f78caf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1736693d33115c380" w:history="1">
+            <w:hyperlink r:id="rId2574693ed88f78d18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69409345" name="name4933693d33115cd71" descr="14918.jpg"/>
+                  <wp:docPr id="50738659" name="name5713693ed88f796b2" descr="14918.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14918.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8633693d33115cd6e" cstate="print"/>
+                          <a:blip r:embed="rId4821693ed88f796af" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2192693d33115cee3" w:history="1">
+            <w:hyperlink r:id="rId1900693ed88f797c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1455,63 +1455,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World vector and disappearance of LIYV. The map below shows the LIYV distribution in the mid 1980s and early 1990s, however LIYV has not been reported from North America since about the mid 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17109255" name="name9210693d33115e4f9" descr="LIYV00_distribution_map.jpg"/>
+            <wp:docPr id="11857657" name="name9943693ed88f7abaf" descr="LIYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3614693d33115e4f6" cstate="print"/>
+                    <a:blip r:embed="rId2536693ed88f7abad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1612,51 +1612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is recognized as one of the worlds’ worst invasive species (Global Invasive Species Database, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5479693d33115e75f" w:history="1">
+      <w:hyperlink r:id="rId6688693ed88f7adf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and is composed of many cryptic species, formerly called biotypes (Dinsdale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1578. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7666693d33115f07e" w:history="1">
+      <w:hyperlink r:id="rId4781693ed88f7b7be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081578</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3732,51 +3732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e02230-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2678693d33115f50f" w:history="1">
+      <w:hyperlink r:id="rId7696693ed88f7bc7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mBio.02230-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus lactucaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1045693d33115f76f" w:history="1">
+      <w:hyperlink r:id="rId2329693ed88f7bef9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4224,63 +4224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69643019" name="name9878693d33115fb22" descr="eu_funding_250.png"/>
+            <wp:docPr id="7443727" name="name5539693ed88f7c050" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2511693d33115fb20" cstate="print"/>
+                    <a:blip r:embed="rId2436693ed88f7c04e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4378,137 +4378,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51520240">
+  <w:abstractNum w:abstractNumId="68553935">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44703539">
+    <w:lvl w:ilvl="0" w:tplc="53245532">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44703539" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53245532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44703539" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53245532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44703539" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53245532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44703539" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53245532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44703539" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53245532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44703539" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53245532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44703539" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53245532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44703539" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53245532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51520239">
+  <w:abstractNum w:abstractNumId="68553934">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16538275">
+    <w:lvl w:ilvl="0" w:tplc="25895806">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5260,55 +5260,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51520239">
-    <w:abstractNumId w:val="51520239"/>
+  <w:num w:numId="68553934">
+    <w:abstractNumId w:val="68553934"/>
   </w:num>
-  <w:num w:numId="51520240">
-    <w:abstractNumId w:val="51520240"/>
+  <w:num w:numId="68553935">
+    <w:abstractNumId w:val="68553935"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16858,51 +16858,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId781027231" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId267620113" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9691693d33115c2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId1736693d33115c380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId2192693d33115cee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId5479693d33115e75f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId7666693d33115f07e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId2678693d33115f50f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId1045693d33115f76f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8633693d33115cd6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8633693d33115cd6e.jpg"/><Relationship Id="rId3614693d33115e4f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3614693d33115e4f6.jpg"/><Relationship Id="rId2511693d33115fb20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2511693d33115fb20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId356368570" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId374766332" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8135693ed88f78caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId2574693ed88f78d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId1900693ed88f797c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId6688693ed88f7adf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId4781693ed88f7b7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId7696693ed88f7bc7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId2329693ed88f7bef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4821693ed88f796af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4821693ed88f796af.jpg"/><Relationship Id="rId2536693ed88f7abad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2536693ed88f7abad.jpg"/><Relationship Id="rId2436693ed88f7c04e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2436693ed88f7c04e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>