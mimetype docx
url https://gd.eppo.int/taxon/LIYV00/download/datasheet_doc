--- v3 (2025-12-14)
+++ v4 (2026-01-07)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Lettuce infectious yellows virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> infectious yellows of lettuce</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8135693ed88f78caf" w:history="1">
+            <w:hyperlink r:id="rId8631695dead52d432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2574693ed88f78d18" w:history="1">
+            <w:hyperlink r:id="rId7551695dead52d4a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50738659" name="name5713693ed88f796b2" descr="14918.jpg"/>
+                  <wp:docPr id="56940784" name="name9754695dead52dc3c" descr="14918.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14918.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4821693ed88f796af" cstate="print"/>
+                          <a:blip r:embed="rId7445695dead52dc3a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1900693ed88f797c5" w:history="1">
+            <w:hyperlink r:id="rId6523695dead52dd8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1455,63 +1455,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World vector and disappearance of LIYV. The map below shows the LIYV distribution in the mid 1980s and early 1990s, however LIYV has not been reported from North America since about the mid 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11857657" name="name9943693ed88f7abaf" descr="LIYV00_distribution_map.jpg"/>
+            <wp:docPr id="76668645" name="name9891695dead52f071" descr="LIYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2536693ed88f7abad" cstate="print"/>
+                    <a:blip r:embed="rId4176695dead52f06e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1612,51 +1612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is recognized as one of the worlds’ worst invasive species (Global Invasive Species Database, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6688693ed88f7adf8" w:history="1">
+      <w:hyperlink r:id="rId8895695dead52f2c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and is composed of many cryptic species, formerly called biotypes (Dinsdale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1578. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4781693ed88f7b7be" w:history="1">
+      <w:hyperlink r:id="rId1424695dead52fbaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081578</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3732,51 +3732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e02230-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7696693ed88f7bc7e" w:history="1">
+      <w:hyperlink r:id="rId5459695dead5300d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mBio.02230-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4083,73 +4083,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus lactucaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2329693ed88f7bef9" w:history="1">
+      <w:hyperlink r:id="rId4958695dead530332" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4224,63 +4224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7443727" name="name5539693ed88f7c050" descr="eu_funding_250.png"/>
+            <wp:docPr id="15071507" name="name3526695dead5307af" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2436693ed88f7c04e" cstate="print"/>
+                    <a:blip r:embed="rId5373695dead5307ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4378,137 +4378,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68553935">
+  <w:abstractNum w:abstractNumId="24877529">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53245532">
+    <w:lvl w:ilvl="0" w:tplc="29554285">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53245532" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29554285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53245532" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29554285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53245532" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29554285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53245532" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29554285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53245532" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29554285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53245532" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29554285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53245532" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29554285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53245532" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29554285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68553934">
+  <w:abstractNum w:abstractNumId="24877528">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25895806">
+    <w:lvl w:ilvl="0" w:tplc="16970232">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5260,55 +5260,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68553934">
-    <w:abstractNumId w:val="68553934"/>
+  <w:num w:numId="24877528">
+    <w:abstractNumId w:val="24877528"/>
   </w:num>
-  <w:num w:numId="68553935">
-    <w:abstractNumId w:val="68553935"/>
+  <w:num w:numId="24877529">
+    <w:abstractNumId w:val="24877529"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16858,51 +16858,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId356368570" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId374766332" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8135693ed88f78caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId2574693ed88f78d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId1900693ed88f797c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId6688693ed88f7adf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId4781693ed88f7b7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId7696693ed88f7bc7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId2329693ed88f7bef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4821693ed88f796af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4821693ed88f796af.jpg"/><Relationship Id="rId2536693ed88f7abad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2536693ed88f7abad.jpg"/><Relationship Id="rId2436693ed88f7c04e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2436693ed88f7c04e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId501687093" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId590277456" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8631695dead52d432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId7551695dead52d4a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId6523695dead52dd8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId8895695dead52f2c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId1424695dead52fbaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId5459695dead5300d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId4958695dead530332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7445695dead52dc3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7445695dead52dc3a.jpg"/><Relationship Id="rId4176695dead52f06e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4176695dead52f06e.jpg"/><Relationship Id="rId5373695dead5307ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5373695dead5307ad.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>