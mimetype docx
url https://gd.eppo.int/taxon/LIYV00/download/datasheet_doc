--- v4 (2026-01-07)
+++ v5 (2026-01-28)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Lettuce infectious yellows virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> infectious yellows of lettuce</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8631695dead52d432" w:history="1">
+            <w:hyperlink r:id="rId7262697a2edb2c288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7551695dead52d4a8" w:history="1">
+            <w:hyperlink r:id="rId1825697a2edb2c2f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56940784" name="name9754695dead52dc3c" descr="14918.jpg"/>
+                  <wp:docPr id="53849681" name="name5829697a2edb2c3b3" descr="14918.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14918.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7445695dead52dc3a" cstate="print"/>
+                          <a:blip r:embed="rId1111697a2edb2c3b2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6523695dead52dd8a" w:history="1">
+            <w:hyperlink r:id="rId1036697a2edb2c4a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1455,63 +1455,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World vector and disappearance of LIYV. The map below shows the LIYV distribution in the mid 1980s and early 1990s, however LIYV has not been reported from North America since about the mid 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76668645" name="name9891695dead52f071" descr="LIYV00_distribution_map.jpg"/>
+            <wp:docPr id="58176464" name="name5212697a2edb2ccaf" descr="LIYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4176695dead52f06e" cstate="print"/>
+                    <a:blip r:embed="rId6587697a2edb2ccad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1612,51 +1612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is recognized as one of the worlds’ worst invasive species (Global Invasive Species Database, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8895695dead52f2c5" w:history="1">
+      <w:hyperlink r:id="rId5534697a2edb2cf22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and is composed of many cryptic species, formerly called biotypes (Dinsdale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1578. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1424695dead52fbaf" w:history="1">
+      <w:hyperlink r:id="rId7338697a2edb2d9d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081578</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3732,51 +3732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e02230-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5459695dead5300d3" w:history="1">
+      <w:hyperlink r:id="rId8772697a2edb30db5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mBio.02230-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus lactucaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4958695dead530332" w:history="1">
+      <w:hyperlink r:id="rId6554697a2edb31064" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4224,63 +4224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15071507" name="name3526695dead5307af" descr="eu_funding_250.png"/>
+            <wp:docPr id="36532112" name="name6187697a2edb31189" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5373695dead5307ad" cstate="print"/>
+                    <a:blip r:embed="rId8126697a2edb31188" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4378,137 +4378,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24877529">
+  <w:abstractNum w:abstractNumId="71053806">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29554285">
+    <w:lvl w:ilvl="0" w:tplc="84209802">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29554285" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84209802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29554285" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84209802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29554285" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84209802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29554285" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84209802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29554285" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84209802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29554285" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84209802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29554285" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84209802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29554285" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84209802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24877528">
+  <w:abstractNum w:abstractNumId="71053805">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16970232">
+    <w:lvl w:ilvl="0" w:tplc="14955660">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5260,55 +5260,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24877528">
-    <w:abstractNumId w:val="24877528"/>
+  <w:num w:numId="71053805">
+    <w:abstractNumId w:val="71053805"/>
   </w:num>
-  <w:num w:numId="24877529">
-    <w:abstractNumId w:val="24877529"/>
+  <w:num w:numId="71053806">
+    <w:abstractNumId w:val="71053806"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16858,51 +16858,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId501687093" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId590277456" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8631695dead52d432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId7551695dead52d4a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId6523695dead52dd8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId8895695dead52f2c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId1424695dead52fbaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId5459695dead5300d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId4958695dead530332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7445695dead52dc3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7445695dead52dc3a.jpg"/><Relationship Id="rId4176695dead52f06e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4176695dead52f06e.jpg"/><Relationship Id="rId5373695dead5307ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5373695dead5307ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId439236620" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId333237362" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7262697a2edb2c288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId1825697a2edb2c2f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId1036697a2edb2c4a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId5534697a2edb2cf22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId7338697a2edb2d9d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId8772697a2edb30db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId6554697a2edb31064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1111697a2edb2c3b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1111697a2edb2c3b2.jpg"/><Relationship Id="rId6587697a2edb2ccad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6587697a2edb2ccad.jpg"/><Relationship Id="rId8126697a2edb31188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8126697a2edb31188.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>