--- v5 (2026-01-28)
+++ v6 (2026-02-21)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Lettuce infectious yellows virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> infectious yellows of lettuce</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7262697a2edb2c288" w:history="1">
+            <w:hyperlink r:id="rId12896999332baa4eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -339,53 +339,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1825697a2edb2c2f1" w:history="1">
+            <w:hyperlink r:id="rId99306999332baa557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53849681" name="name5829697a2edb2c3b3" descr="14918.jpg"/>
+                  <wp:docPr id="1669882" name="name37916999332baab57" descr="14918.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14918.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1111697a2edb2c3b2" cstate="print"/>
+                          <a:blip r:embed="rId73176999332baab55" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1036697a2edb2c4a8" w:history="1">
+            <w:hyperlink r:id="rId95316999332baac80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1455,63 +1455,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World vector and disappearance of LIYV. The map below shows the LIYV distribution in the mid 1980s and early 1990s, however LIYV has not been reported from North America since about the mid 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58176464" name="name5212697a2edb2ccaf" descr="LIYV00_distribution_map.jpg"/>
+            <wp:docPr id="66326156" name="name36156999332bac376" descr="LIYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6587697a2edb2ccad" cstate="print"/>
+                    <a:blip r:embed="rId53726999332bac371" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1612,51 +1612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is recognized as one of the worlds’ worst invasive species (Global Invasive Species Database, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5534697a2edb2cf22" w:history="1">
+      <w:hyperlink r:id="rId81076999332bac5fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and is composed of many cryptic species, formerly called biotypes (Dinsdale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1578. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7338697a2edb2d9d4" w:history="1">
+      <w:hyperlink r:id="rId40526999332bacf6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081578</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3732,51 +3732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e02230-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8772697a2edb30db5" w:history="1">
+      <w:hyperlink r:id="rId32876999332bad422" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mBio.02230-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus lactucaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6554697a2edb31064" w:history="1">
+      <w:hyperlink r:id="rId70056999332bad6cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4224,63 +4224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36532112" name="name6187697a2edb31189" descr="eu_funding_250.png"/>
+            <wp:docPr id="39175886" name="name30326999332badb81" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8126697a2edb31188" cstate="print"/>
+                    <a:blip r:embed="rId56596999332badb7e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4378,137 +4378,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71053806">
+  <w:abstractNum w:abstractNumId="48380230">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84209802">
+    <w:lvl w:ilvl="0" w:tplc="48078961">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84209802" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48078961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84209802" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48078961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84209802" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48078961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84209802" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48078961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84209802" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48078961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84209802" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48078961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84209802" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48078961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84209802" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48078961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71053805">
+  <w:abstractNum w:abstractNumId="48380229">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14955660">
+    <w:lvl w:ilvl="0" w:tplc="41419136">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5260,55 +5260,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71053805">
-    <w:abstractNumId w:val="71053805"/>
+  <w:num w:numId="48380229">
+    <w:abstractNumId w:val="48380229"/>
   </w:num>
-  <w:num w:numId="71053806">
-    <w:abstractNumId w:val="71053806"/>
+  <w:num w:numId="48380230">
+    <w:abstractNumId w:val="48380230"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16858,51 +16858,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId439236620" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId333237362" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7262697a2edb2c288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId1825697a2edb2c2f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId1036697a2edb2c4a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId5534697a2edb2cf22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId7338697a2edb2d9d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId8772697a2edb30db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId6554697a2edb31064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1111697a2edb2c3b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1111697a2edb2c3b2.jpg"/><Relationship Id="rId6587697a2edb2ccad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6587697a2edb2ccad.jpg"/><Relationship Id="rId8126697a2edb31188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8126697a2edb31188.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId467896444" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825558373" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId12896999332baa4eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId99306999332baa557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId95316999332baac80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId81076999332bac5fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId40526999332bacf6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId32876999332bad422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId70056999332bad6cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73176999332baab55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73176999332baab55.jpg"/><Relationship Id="rId53726999332bac371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53726999332bac371.jpg"/><Relationship Id="rId56596999332badb7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56596999332badb7e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>