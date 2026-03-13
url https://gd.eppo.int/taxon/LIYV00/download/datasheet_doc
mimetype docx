--- v6 (2026-02-21)
+++ v7 (2026-03-13)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Lettuce infectious yellows virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> infectious yellows of lettuce</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12896999332baa4eb" w:history="1">
+            <w:hyperlink r:id="rId235069b3a180b43ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99306999332baa557" w:history="1">
+            <w:hyperlink r:id="rId118369b3a180b4419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1669882" name="name37916999332baab57" descr="14918.jpg"/>
+                  <wp:docPr id="70242771" name="name289069b3a180b4b28" descr="14918.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14918.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId73176999332baab55" cstate="print"/>
+                          <a:blip r:embed="rId264269b3a180b4b26" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId95316999332baac80" w:history="1">
+            <w:hyperlink r:id="rId105869b3a180b4c7f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1455,63 +1455,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World vector and disappearance of LIYV. The map below shows the LIYV distribution in the mid 1980s and early 1990s, however LIYV has not been reported from North America since about the mid 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66326156" name="name36156999332bac376" descr="LIYV00_distribution_map.jpg"/>
+            <wp:docPr id="68006682" name="name269069b3a180b61a1" descr="LIYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53726999332bac371" cstate="print"/>
+                    <a:blip r:embed="rId535669b3a180b619e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1612,51 +1612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New World. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is recognized as one of the worlds’ worst invasive species (Global Invasive Species Database, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81076999332bac5fd" w:history="1">
+      <w:hyperlink r:id="rId979069b3a180b641d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and is composed of many cryptic species, formerly called biotypes (Dinsdale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1578. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40526999332bacf6e" w:history="1">
+      <w:hyperlink r:id="rId796069b3a180b6d56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081578</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3732,51 +3732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e02230-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32876999332bad422" w:history="1">
+      <w:hyperlink r:id="rId262869b3a180b71c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mBio.02230-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus lactucaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70056999332bad6cc" w:history="1">
+      <w:hyperlink r:id="rId558769b3a180b7428" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4224,63 +4224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39175886" name="name30326999332badb81" descr="eu_funding_250.png"/>
+            <wp:docPr id="33507757" name="name643969b3a180b755b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56596999332badb7e" cstate="print"/>
+                    <a:blip r:embed="rId872669b3a180b7559" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4378,137 +4378,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48380230">
+  <w:abstractNum w:abstractNumId="53091805">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48078961">
+    <w:lvl w:ilvl="0" w:tplc="93941510">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48078961" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93941510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48078961" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93941510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48078961" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93941510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48078961" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93941510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48078961" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93941510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48078961" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93941510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48078961" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93941510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48078961" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93941510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48380229">
+  <w:abstractNum w:abstractNumId="53091804">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41419136">
+    <w:lvl w:ilvl="0" w:tplc="86527771">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5260,55 +5260,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48380229">
-    <w:abstractNumId w:val="48380229"/>
+  <w:num w:numId="53091804">
+    <w:abstractNumId w:val="53091804"/>
   </w:num>
-  <w:num w:numId="48380230">
-    <w:abstractNumId w:val="48380230"/>
+  <w:num w:numId="53091805">
+    <w:abstractNumId w:val="53091805"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16858,51 +16858,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId467896444" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825558373" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId12896999332baa4eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId99306999332baa557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId95316999332baac80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId81076999332bac5fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId40526999332bacf6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId32876999332bad422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId70056999332bad6cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73176999332baab55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73176999332baab55.jpg"/><Relationship Id="rId53726999332bac371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53726999332bac371.jpg"/><Relationship Id="rId56596999332badb7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56596999332badb7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId235970891" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId705055362" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId235069b3a180b43ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/" TargetMode="External"/><Relationship Id="rId118369b3a180b4419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/categorization" TargetMode="External"/><Relationship Id="rId105869b3a180b4c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIYV00/photos" TargetMode="External"/><Relationship Id="rId979069b3a180b641d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database" TargetMode="External"/><Relationship Id="rId796069b3a180b6d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081578" TargetMode="External"/><Relationship Id="rId262869b3a180b71c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mBio.02230-18" TargetMode="External"/><Relationship Id="rId558769b3a180b7428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId264269b3a180b4b26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId264269b3a180b4b26.jpg"/><Relationship Id="rId535669b3a180b619e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId535669b3a180b619e.jpg"/><Relationship Id="rId872669b3a180b7559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId872669b3a180b7559.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>