--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -47,51 +47,51 @@
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>BRONLO</t>
   </si>
   <si>
     <t>Brontispa longissima</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aculeata'</t>
   </si>
   <si>
     <t>* Bahder BW, Helmick EE (2022) Lethal Bronzing Disease (LBD). PP243. IFAS Extension. DOI: 10.32473/edis-pp163-2007</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Myrie WA, Harrison NA, Douglas L, Helmick E, Gore-Francis J, Oropeza C, McLaughlin WA (2014) First report of lethal yellowing disease associated with subgroup 16SrIV-A phytoplasmas in Antigua, West Indies. New Disease Reports (2014) 29, 12. http://dx.doi.org/10.5197/j.2044-0588.2014.029.012</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Rugman-Jones PF, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7), 938-951.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* Mendel Z, Lynch SC, Eskalen A, Protasov A, Maymon M, Freeman S (2021) What determines host range and reproductive performance of an invasive ambrosia beetle Euwallacea fornicatus; lessons from Israel and California. Frontiers in Forests and Global Change 4, 654702.
 ------- Non reproductive host tree in California (US).</t>
   </si>
   <si>
     <t>FUSAEW</t>