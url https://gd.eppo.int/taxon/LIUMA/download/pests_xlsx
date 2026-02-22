--- v0 (2025-10-07)
+++ v1 (2026-02-22)
@@ -12,92 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LIUMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Linum)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>MARGVI</t>
   </si>
   <si>
     <t>Margarodes vitis (as Linaceae)</t>
   </si>
   <si>
     <t>* Giliomee J, de Klerk C &amp; Watson GW (2022) 3.3.4 Margarodes spp. In: Encyclopedia of Scale Insect Pests (Eds Kondo T &amp; Watson GW), pp. 69-73. CAB International, Wallingford (UK).</t>
   </si>
   <si>
     <t>MYCOLN</t>
   </si>
   <si>
     <t>Mycosphaerella linicola</t>
+  </si>
+  <si>
+    <t>* Newhook FJ (1942) Pasmo (Sphaerella linorum) on flax in New Zealand. New Zealand Journal of Science and Technology, A24, 102-106.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -467,51 +470,53 @@
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>