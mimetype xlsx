--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LIRITR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="399">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
@@ -692,50 +692,56 @@
   <si>
     <t>an</t>
   </si>
   <si>
     <t>Assam</t>
   </si>
   <si>
     <t>as</t>
   </si>
   <si>
     <t>Delhi</t>
   </si>
   <si>
     <t>Gujarat</t>
   </si>
   <si>
     <t>gj</t>
   </si>
   <si>
     <t>Haryana</t>
   </si>
   <si>
     <t>hy</t>
   </si>
   <si>
+    <t>Himachal Pradesh</t>
+  </si>
+  <si>
+    <t>hp</t>
+  </si>
+  <si>
     <t>Karnataka</t>
   </si>
   <si>
     <t>kt</t>
   </si>
   <si>
     <t>Kerala</t>
   </si>
   <si>
     <t>kr</t>
   </si>
   <si>
     <t>Madhya Pradesh</t>
   </si>
   <si>
     <t>mp</t>
   </si>
   <si>
     <t>Maharashtra</t>
   </si>
   <si>
     <t>mh</t>
   </si>
   <si>
     <t>Nagaland</t>
@@ -774,50 +780,56 @@
     <t>tp</t>
   </si>
   <si>
     <t>Uttar Pradesh</t>
   </si>
   <si>
     <t>up</t>
   </si>
   <si>
     <t>West Bengal</t>
   </si>
   <si>
     <t>wb</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IR</t>
+  </si>
+  <si>
+    <t>Iraq</t>
+  </si>
+  <si>
+    <t>IQ</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Honshu</t>
   </si>
   <si>
     <t>hs</t>
   </si>
   <si>
     <t>Kyushu</t>
   </si>
   <si>
     <t>ks</t>
   </si>
@@ -1556,51 +1568,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F193"/>
+  <dimension ref="A1:F195"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3781,1262 +3793,1298 @@
     <row r="120" spans="1:6">
       <c r="A120" t="s">
         <v>171</v>
       </c>
       <c r="B120" t="s">
         <v>215</v>
       </c>
       <c r="C120" t="s">
         <v>248</v>
       </c>
       <c r="D120" t="s">
         <v>216</v>
       </c>
       <c r="E120" t="s">
         <v>249</v>
       </c>
       <c r="F120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>171</v>
       </c>
       <c r="B121" t="s">
+        <v>215</v>
+      </c>
+      <c r="C121" t="s">
         <v>250</v>
       </c>
-      <c r="C121"/>
       <c r="D121" t="s">
+        <v>216</v>
+      </c>
+      <c r="E121" t="s">
         <v>251</v>
       </c>
-      <c r="E121"/>
       <c r="F121" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
         <v>171</v>
       </c>
       <c r="B122" t="s">
         <v>252</v>
       </c>
       <c r="C122"/>
       <c r="D122" t="s">
         <v>253</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
         <v>171</v>
       </c>
       <c r="B123" t="s">
         <v>254</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
         <v>255</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
         <v>171</v>
       </c>
       <c r="B124" t="s">
         <v>256</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>257</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
         <v>171</v>
       </c>
       <c r="B125" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="C125" t="s">
         <v>258</v>
       </c>
+      <c r="C125"/>
       <c r="D125" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="E125" t="s">
         <v>259</v>
       </c>
+      <c r="E125"/>
       <c r="F125" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
         <v>171</v>
       </c>
       <c r="B126" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="C126" t="s">
         <v>260</v>
       </c>
+      <c r="C126"/>
       <c r="D126" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="E126" t="s">
         <v>261</v>
       </c>
+      <c r="E126"/>
       <c r="F126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
         <v>171</v>
       </c>
       <c r="B127" t="s">
+        <v>260</v>
+      </c>
+      <c r="C127" t="s">
         <v>262</v>
       </c>
-      <c r="C127"/>
       <c r="D127" t="s">
+        <v>261</v>
+      </c>
+      <c r="E127" t="s">
         <v>263</v>
       </c>
-      <c r="E127"/>
       <c r="F127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
         <v>171</v>
       </c>
       <c r="B128" t="s">
+        <v>260</v>
+      </c>
+      <c r="C128" t="s">
         <v>264</v>
       </c>
-      <c r="C128"/>
       <c r="D128" t="s">
+        <v>261</v>
+      </c>
+      <c r="E128" t="s">
         <v>265</v>
       </c>
-      <c r="E128"/>
       <c r="F128" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
         <v>171</v>
       </c>
       <c r="B129" t="s">
         <v>266</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>267</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>174</v>
+        <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
         <v>171</v>
       </c>
       <c r="B130" t="s">
         <v>268</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
         <v>269</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>171</v>
       </c>
       <c r="B131" t="s">
         <v>270</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
         <v>271</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
         <v>171</v>
       </c>
       <c r="B132" t="s">
         <v>272</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
         <v>273</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
         <v>171</v>
       </c>
       <c r="B133" t="s">
         <v>274</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
         <v>275</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
         <v>171</v>
       </c>
       <c r="B134" t="s">
         <v>276</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
         <v>277</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
         <v>171</v>
       </c>
       <c r="B135" t="s">
         <v>278</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
         <v>279</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
         <v>171</v>
       </c>
       <c r="B136" t="s">
         <v>280</v>
       </c>
       <c r="C136"/>
       <c r="D136" t="s">
         <v>281</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
         <v>171</v>
       </c>
       <c r="B137" t="s">
         <v>282</v>
       </c>
       <c r="C137"/>
       <c r="D137" t="s">
         <v>283</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>174</v>
+        <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
         <v>171</v>
       </c>
       <c r="B138" t="s">
         <v>284</v>
       </c>
       <c r="C138"/>
       <c r="D138" t="s">
         <v>285</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
         <v>171</v>
       </c>
       <c r="B139" t="s">
         <v>286</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
         <v>287</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>44</v>
+        <v>174</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
         <v>171</v>
       </c>
       <c r="B140" t="s">
         <v>288</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
         <v>289</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
+        <v>171</v>
+      </c>
+      <c r="B141" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="C141"/>
       <c r="D141" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>290</v>
+        <v>171</v>
       </c>
       <c r="B142" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="C142"/>
       <c r="D142" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B143" t="s">
         <v>295</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
         <v>296</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B144" t="s">
         <v>297</v>
       </c>
       <c r="C144"/>
       <c r="D144" t="s">
         <v>298</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>299</v>
+        <v>37</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B145" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B146" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>34</v>
+        <v>303</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B147" t="s">
         <v>304</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
         <v>305</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>299</v>
+        <v>44</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B148" t="s">
         <v>306</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
         <v>307</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>299</v>
+        <v>34</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B149" t="s">
         <v>308</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
         <v>309</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B150" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>37</v>
+        <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B151" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B152" t="s">
         <v>315</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
         <v>316</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>317</v>
+        <v>37</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B153" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C153"/>
       <c r="D153" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B154" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="C154" t="s">
+        <v>319</v>
+      </c>
+      <c r="C154"/>
+      <c r="D154" t="s">
         <v>320</v>
       </c>
-      <c r="D154" t="s">
-[...2 lines deleted...]
-      <c r="E154" t="s">
+      <c r="E154"/>
+      <c r="F154" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B155" t="s">
         <v>322</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
         <v>323</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>299</v>
+        <v>44</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B156" t="s">
+        <v>322</v>
+      </c>
+      <c r="C156" t="s">
         <v>324</v>
       </c>
-      <c r="C156"/>
       <c r="D156" t="s">
+        <v>323</v>
+      </c>
+      <c r="E156" t="s">
         <v>325</v>
       </c>
-      <c r="E156"/>
       <c r="F156" t="s">
-        <v>299</v>
+        <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B157" t="s">
         <v>326</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
         <v>327</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>34</v>
+        <v>303</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B158" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="C158" t="s">
         <v>328</v>
       </c>
+      <c r="C158"/>
       <c r="D158" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="E158"/>
       <c r="F158" t="s">
-        <v>9</v>
+        <v>303</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B159" t="s">
-        <v>326</v>
-[...3 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="C159"/>
       <c r="D159" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="E159"/>
       <c r="F159" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B160" t="s">
         <v>330</v>
       </c>
-      <c r="C160"/>
+      <c r="C160" t="s">
+        <v>332</v>
+      </c>
       <c r="D160" t="s">
         <v>331</v>
       </c>
-      <c r="E160"/>
+      <c r="E160" t="s">
+        <v>208</v>
+      </c>
       <c r="F160" t="s">
-        <v>310</v>
+        <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B161" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="C161"/>
+        <v>330</v>
+      </c>
+      <c r="C161" t="s">
+        <v>333</v>
+      </c>
       <c r="D161" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="E161"/>
+        <v>331</v>
+      </c>
+      <c r="E161" t="s">
+        <v>156</v>
+      </c>
       <c r="F161" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B162" t="s">
         <v>334</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
         <v>335</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>9</v>
+        <v>314</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B163" t="s">
         <v>336</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>337</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>317</v>
+        <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B164" t="s">
         <v>338</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
         <v>339</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B165" t="s">
         <v>340</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
         <v>341</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>299</v>
+        <v>321</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B166" t="s">
         <v>342</v>
       </c>
       <c r="C166"/>
       <c r="D166" t="s">
         <v>343</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
-        <v>317</v>
+        <v>37</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B167" t="s">
         <v>344</v>
       </c>
       <c r="C167"/>
       <c r="D167" t="s">
         <v>345</v>
       </c>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>44</v>
+        <v>303</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B168" t="s">
         <v>346</v>
       </c>
       <c r="C168"/>
       <c r="D168" t="s">
         <v>347</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>37</v>
+        <v>321</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B169" t="s">
         <v>348</v>
       </c>
       <c r="C169"/>
       <c r="D169" t="s">
         <v>349</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B170" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="C170" t="s">
         <v>350</v>
       </c>
+      <c r="C170"/>
       <c r="D170" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="E170" t="s">
         <v>351</v>
       </c>
+      <c r="E170"/>
       <c r="F170" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B171" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="C171" t="s">
         <v>352</v>
       </c>
+      <c r="C171"/>
       <c r="D171" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="E171" t="s">
         <v>353</v>
       </c>
+      <c r="E171"/>
       <c r="F171" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B172" t="s">
+        <v>352</v>
+      </c>
+      <c r="C172" t="s">
         <v>354</v>
       </c>
-      <c r="C172"/>
       <c r="D172" t="s">
+        <v>353</v>
+      </c>
+      <c r="E172" t="s">
         <v>355</v>
       </c>
-      <c r="E172"/>
       <c r="F172" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B173" t="s">
+        <v>352</v>
+      </c>
+      <c r="C173" t="s">
         <v>356</v>
       </c>
-      <c r="C173"/>
       <c r="D173" t="s">
+        <v>353</v>
+      </c>
+      <c r="E173" t="s">
         <v>357</v>
       </c>
-      <c r="E173"/>
       <c r="F173" t="s">
-        <v>310</v>
+        <v>37</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B174" t="s">
         <v>358</v>
       </c>
       <c r="C174"/>
       <c r="D174" t="s">
         <v>359</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>299</v>
+        <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B175" t="s">
         <v>360</v>
       </c>
       <c r="C175"/>
       <c r="D175" t="s">
         <v>361</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B176" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="C176" t="s">
         <v>362</v>
       </c>
+      <c r="C176"/>
       <c r="D176" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="E176" t="s">
         <v>363</v>
       </c>
+      <c r="E176"/>
       <c r="F176" t="s">
-        <v>44</v>
+        <v>303</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B177" t="s">
         <v>364</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
         <v>365</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>299</v>
+        <v>34</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B178" t="s">
+        <v>364</v>
+      </c>
+      <c r="C178" t="s">
         <v>366</v>
       </c>
-      <c r="C178"/>
       <c r="D178" t="s">
+        <v>365</v>
+      </c>
+      <c r="E178" t="s">
         <v>367</v>
       </c>
-      <c r="E178"/>
       <c r="F178" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B179" t="s">
         <v>368</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
         <v>369</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>44</v>
+        <v>303</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B180" t="s">
         <v>370</v>
       </c>
       <c r="C180"/>
       <c r="D180" t="s">
         <v>371</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>299</v>
+        <v>37</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B181" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="C181" t="s">
         <v>372</v>
       </c>
+      <c r="C181"/>
       <c r="D181" t="s">
-        <v>371</v>
-[...1 lines deleted...]
-      <c r="E181" t="s">
         <v>373</v>
       </c>
+      <c r="E181"/>
       <c r="F181" t="s">
-        <v>299</v>
+        <v>44</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
+        <v>294</v>
+      </c>
+      <c r="B182" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="C182"/>
       <c r="D182" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>9</v>
+        <v>303</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
+        <v>294</v>
+      </c>
+      <c r="B183" t="s">
         <v>374</v>
       </c>
-      <c r="B183" t="s">
+      <c r="C183" t="s">
+        <v>376</v>
+      </c>
+      <c r="D183" t="s">
+        <v>375</v>
+      </c>
+      <c r="E183" t="s">
         <v>377</v>
       </c>
-      <c r="C183"/>
-[...3 lines deleted...]
-      <c r="E183"/>
       <c r="F183" t="s">
-        <v>44</v>
+        <v>303</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B184" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="C184" t="s">
         <v>379</v>
       </c>
+      <c r="C184"/>
       <c r="D184" t="s">
-        <v>378</v>
-[...1 lines deleted...]
-      <c r="E184" t="s">
         <v>380</v>
       </c>
+      <c r="E184"/>
       <c r="F184" t="s">
-        <v>381</v>
+        <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B185" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="C185" t="s">
+        <v>381</v>
+      </c>
+      <c r="C185"/>
+      <c r="D185" t="s">
         <v>382</v>
       </c>
-      <c r="D185" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E185"/>
       <c r="F185" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B186" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="C186" t="s">
+        <v>383</v>
+      </c>
+      <c r="D186" t="s">
+        <v>382</v>
+      </c>
+      <c r="E186" t="s">
         <v>384</v>
       </c>
-      <c r="D186" t="s">
-[...2 lines deleted...]
-      <c r="E186" t="s">
+      <c r="F186" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B187" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="C187" t="s">
         <v>386</v>
       </c>
       <c r="D187" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="E187" t="s">
-        <v>162</v>
+        <v>387</v>
       </c>
       <c r="F187" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B188" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="C188"/>
+        <v>381</v>
+      </c>
+      <c r="C188" t="s">
+        <v>388</v>
+      </c>
       <c r="D188" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="E188"/>
+        <v>382</v>
+      </c>
+      <c r="E188" t="s">
+        <v>389</v>
+      </c>
       <c r="F188" t="s">
-        <v>9</v>
+        <v>385</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B189" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="C189"/>
+        <v>381</v>
+      </c>
+      <c r="C189" t="s">
+        <v>390</v>
+      </c>
       <c r="D189" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="E189"/>
+        <v>382</v>
+      </c>
+      <c r="E189" t="s">
+        <v>162</v>
+      </c>
       <c r="F189" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B190" t="s">
         <v>391</v>
       </c>
       <c r="C190"/>
       <c r="D190" t="s">
         <v>392</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B191" t="s">
         <v>393</v>
       </c>
       <c r="C191"/>
       <c r="D191" t="s">
         <v>394</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B192" t="s">
         <v>395</v>
       </c>
       <c r="C192"/>
       <c r="D192" t="s">
         <v>396</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B193" t="s">
         <v>397</v>
       </c>
       <c r="C193"/>
       <c r="D193" t="s">
         <v>398</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194" t="s">
+        <v>378</v>
+      </c>
+      <c r="B194" t="s">
+        <v>399</v>
+      </c>
+      <c r="C194"/>
+      <c r="D194" t="s">
+        <v>400</v>
+      </c>
+      <c r="E194"/>
+      <c r="F194" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195" t="s">
+        <v>378</v>
+      </c>
+      <c r="B195" t="s">
+        <v>401</v>
+      </c>
+      <c r="C195"/>
+      <c r="D195" t="s">
+        <v>402</v>
+      </c>
+      <c r="E195"/>
+      <c r="F195" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>