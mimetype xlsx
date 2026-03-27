--- v2 (2026-02-14)
+++ v3 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LIRITR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
@@ -242,68 +242,83 @@
   <si>
     <t>Pernambuco</t>
   </si>
   <si>
     <t>pe</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>sp</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Alberta</t>
   </si>
   <si>
     <t>ab</t>
   </si>
   <si>
+    <t>British Columbia</t>
+  </si>
+  <si>
+    <t>bc</t>
+  </si>
+  <si>
     <t>Nova Scotia</t>
   </si>
   <si>
     <t>ns</t>
   </si>
   <si>
     <t>Ontario</t>
   </si>
   <si>
     <t>ot</t>
   </si>
   <si>
+    <t>Prince Edward Island</t>
+  </si>
+  <si>
     <t>Québec</t>
   </si>
   <si>
     <t>qb</t>
   </si>
   <si>
+    <t>Saskatchewan</t>
+  </si>
+  <si>
+    <t>sk</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Dominican Republic</t>
@@ -476,65 +491,83 @@
   <si>
     <t>New Mexico</t>
   </si>
   <si>
     <t>nm</t>
   </si>
   <si>
     <t>New York</t>
   </si>
   <si>
     <t>ny</t>
   </si>
   <si>
     <t>North Carolina</t>
   </si>
   <si>
     <t>nc</t>
   </si>
   <si>
     <t>Ohio</t>
   </si>
   <si>
     <t>oh</t>
   </si>
   <si>
+    <t>Oklahoma</t>
+  </si>
+  <si>
+    <t>ok</t>
+  </si>
+  <si>
+    <t>Oregon</t>
+  </si>
+  <si>
+    <t>or</t>
+  </si>
+  <si>
     <t>Pennsylvania</t>
   </si>
   <si>
     <t>South Carolina</t>
   </si>
   <si>
     <t>sc</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>tx</t>
   </si>
   <si>
+    <t>Utah</t>
+  </si>
+  <si>
+    <t>ut</t>
+  </si>
+  <si>
     <t>Virginia</t>
   </si>
   <si>
     <t>va</t>
   </si>
   <si>
     <t>Washington</t>
   </si>
   <si>
     <t>wa</t>
   </si>
   <si>
     <t>Wisconsin</t>
   </si>
   <si>
     <t>wi</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Virgin Islands (British)</t>
@@ -729,53 +762,50 @@
     <t>Kerala</t>
   </si>
   <si>
     <t>kr</t>
   </si>
   <si>
     <t>Madhya Pradesh</t>
   </si>
   <si>
     <t>mp</t>
   </si>
   <si>
     <t>Maharashtra</t>
   </si>
   <si>
     <t>mh</t>
   </si>
   <si>
     <t>Nagaland</t>
   </si>
   <si>
     <t>nl</t>
   </si>
   <si>
     <t>Odisha</t>
-  </si>
-[...1 lines deleted...]
-    <t>or</t>
   </si>
   <si>
     <t>Punjab</t>
   </si>
   <si>
     <t>pj</t>
   </si>
   <si>
     <t>Tamil Nadu</t>
   </si>
   <si>
     <t>tn</t>
   </si>
   <si>
     <t>Telangana</t>
   </si>
   <si>
     <t>tg</t>
   </si>
   <si>
     <t>Tripura</t>
   </si>
   <si>
     <t>tp</t>
   </si>
@@ -1568,51 +1598,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F195"/>
+  <dimension ref="A1:F201"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2209,2882 +2239,3002 @@
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>49</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" t="s">
         <v>80</v>
       </c>
       <c r="D36" t="s">
         <v>73</v>
       </c>
       <c r="E36" t="s">
         <v>81</v>
       </c>
       <c r="F36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>49</v>
       </c>
       <c r="B37" t="s">
+        <v>72</v>
+      </c>
+      <c r="C37" t="s">
         <v>82</v>
       </c>
-      <c r="C37"/>
       <c r="D37" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="E37"/>
+        <v>73</v>
+      </c>
+      <c r="E37" t="s">
+        <v>69</v>
+      </c>
       <c r="F37" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>49</v>
       </c>
       <c r="B38" t="s">
+        <v>72</v>
+      </c>
+      <c r="C38" t="s">
+        <v>83</v>
+      </c>
+      <c r="D38" t="s">
+        <v>73</v>
+      </c>
+      <c r="E38" t="s">
         <v>84</v>
       </c>
-      <c r="C38"/>
-[...3 lines deleted...]
-      <c r="E38"/>
       <c r="F38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>49</v>
       </c>
       <c r="B39" t="s">
+        <v>72</v>
+      </c>
+      <c r="C39" t="s">
+        <v>85</v>
+      </c>
+      <c r="D39" t="s">
+        <v>73</v>
+      </c>
+      <c r="E39" t="s">
         <v>86</v>
       </c>
-      <c r="C39"/>
-[...3 lines deleted...]
-      <c r="E39"/>
       <c r="F39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>49</v>
       </c>
       <c r="B40" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>49</v>
       </c>
       <c r="B41" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>49</v>
       </c>
       <c r="B42" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>49</v>
       </c>
       <c r="B43" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>49</v>
       </c>
       <c r="B44" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>49</v>
       </c>
       <c r="B45" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>49</v>
       </c>
       <c r="B47" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>49</v>
       </c>
       <c r="B48" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>49</v>
       </c>
       <c r="B49" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>49</v>
       </c>
       <c r="B51" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>49</v>
       </c>
       <c r="B52" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>49</v>
       </c>
       <c r="B53" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>49</v>
       </c>
       <c r="B54" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>49</v>
       </c>
       <c r="B55" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="C55" t="s">
+        <v>117</v>
+      </c>
+      <c r="C55"/>
+      <c r="D55" t="s">
         <v>118</v>
       </c>
-      <c r="D55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E55"/>
       <c r="F55" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>49</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="C56" t="s">
+        <v>119</v>
+      </c>
+      <c r="C56"/>
+      <c r="D56" t="s">
         <v>120</v>
       </c>
-      <c r="D56" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>49</v>
       </c>
       <c r="B57" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="C57" t="s">
+        <v>121</v>
+      </c>
+      <c r="C57"/>
+      <c r="D57" t="s">
         <v>122</v>
       </c>
-      <c r="D57" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E57"/>
       <c r="F57" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>49</v>
       </c>
       <c r="B58" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C58" t="s">
+        <v>123</v>
+      </c>
+      <c r="D58" t="s">
+        <v>122</v>
+      </c>
+      <c r="E58" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>49</v>
       </c>
       <c r="B59" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C59" t="s">
+        <v>125</v>
+      </c>
+      <c r="D59" t="s">
+        <v>122</v>
+      </c>
+      <c r="E59" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>49</v>
       </c>
       <c r="B60" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C60" t="s">
+        <v>127</v>
+      </c>
+      <c r="D60" t="s">
+        <v>122</v>
+      </c>
+      <c r="E60" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>49</v>
       </c>
       <c r="B61" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C61" t="s">
+        <v>129</v>
+      </c>
+      <c r="D61" t="s">
+        <v>122</v>
+      </c>
+      <c r="E61" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="F61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>49</v>
       </c>
       <c r="B62" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C62" t="s">
+        <v>131</v>
+      </c>
+      <c r="D62" t="s">
+        <v>122</v>
+      </c>
+      <c r="E62" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>49</v>
       </c>
       <c r="B63" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C63" t="s">
+        <v>133</v>
+      </c>
+      <c r="D63" t="s">
+        <v>122</v>
+      </c>
+      <c r="E63" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>49</v>
       </c>
       <c r="B64" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C64" t="s">
+        <v>135</v>
+      </c>
+      <c r="D64" t="s">
+        <v>122</v>
+      </c>
+      <c r="E64" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>49</v>
       </c>
       <c r="B65" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C65" t="s">
+        <v>137</v>
+      </c>
+      <c r="D65" t="s">
+        <v>122</v>
+      </c>
+      <c r="E65" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>49</v>
       </c>
       <c r="B66" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C66" t="s">
+        <v>139</v>
+      </c>
+      <c r="D66" t="s">
+        <v>122</v>
+      </c>
+      <c r="E66" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>49</v>
       </c>
       <c r="B67" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C67" t="s">
+        <v>141</v>
+      </c>
+      <c r="D67" t="s">
+        <v>122</v>
+      </c>
+      <c r="E67" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>49</v>
       </c>
       <c r="B68" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C68" t="s">
+        <v>143</v>
+      </c>
+      <c r="D68" t="s">
+        <v>122</v>
+      </c>
+      <c r="E68" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>49</v>
       </c>
       <c r="B69" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C69" t="s">
+        <v>145</v>
+      </c>
+      <c r="D69" t="s">
+        <v>122</v>
+      </c>
+      <c r="E69" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>49</v>
       </c>
       <c r="B70" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C70" t="s">
+        <v>147</v>
+      </c>
+      <c r="D70" t="s">
+        <v>122</v>
+      </c>
+      <c r="E70" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>49</v>
       </c>
       <c r="B71" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C71" t="s">
+        <v>149</v>
+      </c>
+      <c r="D71" t="s">
+        <v>122</v>
+      </c>
+      <c r="E71" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>49</v>
       </c>
       <c r="B72" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C72" t="s">
+        <v>151</v>
+      </c>
+      <c r="D72" t="s">
+        <v>122</v>
+      </c>
+      <c r="E72" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>49</v>
       </c>
       <c r="B73" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C73" t="s">
+        <v>153</v>
+      </c>
+      <c r="D73" t="s">
+        <v>122</v>
+      </c>
+      <c r="E73" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>49</v>
       </c>
       <c r="B74" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C74" t="s">
         <v>155</v>
       </c>
       <c r="D74" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="E74" t="s">
         <v>156</v>
       </c>
       <c r="F74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>49</v>
       </c>
       <c r="B75" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C75" t="s">
         <v>157</v>
       </c>
       <c r="D75" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="E75" t="s">
         <v>158</v>
       </c>
       <c r="F75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>49</v>
       </c>
       <c r="B76" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C76" t="s">
         <v>159</v>
       </c>
       <c r="D76" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="E76" t="s">
         <v>160</v>
       </c>
       <c r="F76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>49</v>
       </c>
       <c r="B77" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C77" t="s">
         <v>161</v>
       </c>
       <c r="D77" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="E77" t="s">
         <v>162</v>
       </c>
       <c r="F77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>49</v>
       </c>
       <c r="B78" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C78" t="s">
         <v>163</v>
       </c>
       <c r="D78" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="E78" t="s">
-        <v>164</v>
+        <v>67</v>
       </c>
       <c r="F78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>49</v>
       </c>
       <c r="B79" t="s">
+        <v>121</v>
+      </c>
+      <c r="C79" t="s">
+        <v>164</v>
+      </c>
+      <c r="D79" t="s">
+        <v>122</v>
+      </c>
+      <c r="E79" t="s">
         <v>165</v>
       </c>
-      <c r="C79"/>
-[...3 lines deleted...]
-      <c r="E79"/>
       <c r="F79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>49</v>
       </c>
       <c r="B80" t="s">
+        <v>121</v>
+      </c>
+      <c r="C80" t="s">
+        <v>166</v>
+      </c>
+      <c r="D80" t="s">
+        <v>122</v>
+      </c>
+      <c r="E80" t="s">
         <v>167</v>
       </c>
-      <c r="C80"/>
-[...3 lines deleted...]
-      <c r="E80"/>
       <c r="F80" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>49</v>
       </c>
       <c r="B81" t="s">
+        <v>121</v>
+      </c>
+      <c r="C81" t="s">
+        <v>168</v>
+      </c>
+      <c r="D81" t="s">
+        <v>122</v>
+      </c>
+      <c r="E81" t="s">
         <v>169</v>
       </c>
-      <c r="C81"/>
-[...3 lines deleted...]
-      <c r="E81"/>
       <c r="F81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
+        <v>49</v>
+      </c>
+      <c r="B82" t="s">
+        <v>121</v>
+      </c>
+      <c r="C82" t="s">
+        <v>170</v>
+      </c>
+      <c r="D82" t="s">
+        <v>122</v>
+      </c>
+      <c r="E82" t="s">
         <v>171</v>
       </c>
-      <c r="B82" t="s">
-[...6 lines deleted...]
-      <c r="E82"/>
       <c r="F82" t="s">
-        <v>174</v>
+        <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>171</v>
+        <v>49</v>
       </c>
       <c r="B83" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="C83"/>
+        <v>121</v>
+      </c>
+      <c r="C83" t="s">
+        <v>172</v>
+      </c>
       <c r="D83" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="E83"/>
+        <v>122</v>
+      </c>
+      <c r="E83" t="s">
+        <v>173</v>
+      </c>
       <c r="F83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>171</v>
+        <v>49</v>
       </c>
       <c r="B84" t="s">
+        <v>121</v>
+      </c>
+      <c r="C84" t="s">
+        <v>174</v>
+      </c>
+      <c r="D84" t="s">
+        <v>122</v>
+      </c>
+      <c r="E84" t="s">
         <v>175</v>
-      </c>
-[...7 lines deleted...]
-        <v>178</v>
       </c>
       <c r="F84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>171</v>
+        <v>49</v>
       </c>
       <c r="B85" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="C85"/>
       <c r="D85" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="E85"/>
       <c r="F85" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>171</v>
+        <v>49</v>
       </c>
       <c r="B86" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="C86"/>
       <c r="D86" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="E86"/>
       <c r="F86" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>171</v>
+        <v>49</v>
       </c>
       <c r="B87" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="C87"/>
       <c r="D87" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="E87"/>
       <c r="F87" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B88" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="C88" t="s">
+        <v>183</v>
+      </c>
+      <c r="C88"/>
+      <c r="D88" t="s">
+        <v>184</v>
+      </c>
+      <c r="E88"/>
+      <c r="F88" t="s">
         <v>185</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B89" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="C89" t="s">
+        <v>186</v>
+      </c>
+      <c r="C89"/>
+      <c r="D89" t="s">
         <v>187</v>
       </c>
-      <c r="D89" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E89"/>
       <c r="F89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B90" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C90" t="s">
+        <v>188</v>
+      </c>
+      <c r="D90" t="s">
+        <v>187</v>
+      </c>
+      <c r="E90" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
       <c r="F90" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B91" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C91" t="s">
+        <v>190</v>
+      </c>
+      <c r="D91" t="s">
+        <v>187</v>
+      </c>
+      <c r="E91" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F91" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B92" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C92" t="s">
+        <v>192</v>
+      </c>
+      <c r="D92" t="s">
+        <v>187</v>
+      </c>
+      <c r="E92" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B93" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C93" t="s">
+        <v>194</v>
+      </c>
+      <c r="D93" t="s">
+        <v>187</v>
+      </c>
+      <c r="E93" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F93" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B94" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C94" t="s">
+        <v>196</v>
+      </c>
+      <c r="D94" t="s">
+        <v>187</v>
+      </c>
+      <c r="E94" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F94" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B95" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C95" t="s">
+        <v>198</v>
+      </c>
+      <c r="D95" t="s">
+        <v>187</v>
+      </c>
+      <c r="E95" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
       <c r="F95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B96" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C96" t="s">
+        <v>200</v>
+      </c>
+      <c r="D96" t="s">
+        <v>187</v>
+      </c>
+      <c r="E96" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="F96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B97" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C97" t="s">
+        <v>202</v>
+      </c>
+      <c r="D97" t="s">
+        <v>187</v>
+      </c>
+      <c r="E97" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
       <c r="F97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B98" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C98" t="s">
+        <v>204</v>
+      </c>
+      <c r="D98" t="s">
+        <v>187</v>
+      </c>
+      <c r="E98" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
       <c r="F98" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B99" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C99" t="s">
+        <v>206</v>
+      </c>
+      <c r="D99" t="s">
+        <v>187</v>
+      </c>
+      <c r="E99" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
       <c r="F99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B100" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C100" t="s">
+        <v>208</v>
+      </c>
+      <c r="D100" t="s">
+        <v>187</v>
+      </c>
+      <c r="E100" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="F100" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B101" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C101" t="s">
+        <v>210</v>
+      </c>
+      <c r="D101" t="s">
+        <v>187</v>
+      </c>
+      <c r="E101" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B102" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C102" t="s">
+        <v>212</v>
+      </c>
+      <c r="D102" t="s">
+        <v>187</v>
+      </c>
+      <c r="E102" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>214</v>
       </c>
       <c r="F102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B103" t="s">
+        <v>186</v>
+      </c>
+      <c r="C103" t="s">
+        <v>214</v>
+      </c>
+      <c r="D103" t="s">
+        <v>187</v>
+      </c>
+      <c r="E103" t="s">
         <v>215</v>
       </c>
-      <c r="C103"/>
-[...3 lines deleted...]
-      <c r="E103"/>
       <c r="F103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B104" t="s">
-        <v>215</v>
+        <v>186</v>
       </c>
       <c r="C104" t="s">
+        <v>216</v>
+      </c>
+      <c r="D104" t="s">
+        <v>187</v>
+      </c>
+      <c r="E104" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
       <c r="F104" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B105" t="s">
-        <v>215</v>
+        <v>186</v>
       </c>
       <c r="C105" t="s">
+        <v>218</v>
+      </c>
+      <c r="D105" t="s">
+        <v>187</v>
+      </c>
+      <c r="E105" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="F105" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B106" t="s">
-        <v>215</v>
+        <v>186</v>
       </c>
       <c r="C106" t="s">
+        <v>220</v>
+      </c>
+      <c r="D106" t="s">
+        <v>187</v>
+      </c>
+      <c r="E106" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F106" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B107" t="s">
-        <v>215</v>
+        <v>186</v>
       </c>
       <c r="C107" t="s">
         <v>222</v>
       </c>
       <c r="D107" t="s">
-        <v>216</v>
+        <v>187</v>
       </c>
       <c r="E107" t="s">
         <v>223</v>
       </c>
       <c r="F107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B108" t="s">
-        <v>215</v>
+        <v>186</v>
       </c>
       <c r="C108" t="s">
         <v>224</v>
       </c>
       <c r="D108" t="s">
-        <v>216</v>
+        <v>187</v>
       </c>
       <c r="E108" t="s">
         <v>225</v>
       </c>
       <c r="F108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B109" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="C109" t="s">
         <v>226</v>
       </c>
+      <c r="C109"/>
       <c r="D109" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="E109" t="s">
         <v>227</v>
       </c>
+      <c r="E109"/>
       <c r="F109" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B110" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C110" t="s">
         <v>228</v>
       </c>
       <c r="D110" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="E110" t="s">
         <v>229</v>
       </c>
       <c r="F110" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B111" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C111" t="s">
         <v>230</v>
       </c>
       <c r="D111" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="E111" t="s">
         <v>231</v>
       </c>
       <c r="F111" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B112" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C112" t="s">
         <v>232</v>
       </c>
       <c r="D112" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="E112" t="s">
-        <v>233</v>
+        <v>128</v>
       </c>
       <c r="F112" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B113" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C113" t="s">
+        <v>233</v>
+      </c>
+      <c r="D113" t="s">
+        <v>227</v>
+      </c>
+      <c r="E113" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F113" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B114" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C114" t="s">
+        <v>235</v>
+      </c>
+      <c r="D114" t="s">
+        <v>227</v>
+      </c>
+      <c r="E114" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B115" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C115" t="s">
+        <v>237</v>
+      </c>
+      <c r="D115" t="s">
+        <v>227</v>
+      </c>
+      <c r="E115" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F115" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B116" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C116" t="s">
+        <v>239</v>
+      </c>
+      <c r="D116" t="s">
+        <v>227</v>
+      </c>
+      <c r="E116" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
       <c r="F116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B117" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C117" t="s">
+        <v>241</v>
+      </c>
+      <c r="D117" t="s">
+        <v>227</v>
+      </c>
+      <c r="E117" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
       <c r="F117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B118" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C118" t="s">
+        <v>243</v>
+      </c>
+      <c r="D118" t="s">
+        <v>227</v>
+      </c>
+      <c r="E118" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F118" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B119" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C119" t="s">
+        <v>245</v>
+      </c>
+      <c r="D119" t="s">
+        <v>227</v>
+      </c>
+      <c r="E119" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
       <c r="F119" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B120" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C120" t="s">
+        <v>247</v>
+      </c>
+      <c r="D120" t="s">
+        <v>227</v>
+      </c>
+      <c r="E120" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B121" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C121" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="D121" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="E121" t="s">
-        <v>251</v>
+        <v>162</v>
       </c>
       <c r="F121" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B122" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="C122"/>
+        <v>226</v>
+      </c>
+      <c r="C122" t="s">
+        <v>250</v>
+      </c>
       <c r="D122" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="E122"/>
+        <v>227</v>
+      </c>
+      <c r="E122" t="s">
+        <v>251</v>
+      </c>
       <c r="F122" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B123" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="C123"/>
+        <v>226</v>
+      </c>
+      <c r="C123" t="s">
+        <v>252</v>
+      </c>
       <c r="D123" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="E123"/>
+        <v>227</v>
+      </c>
+      <c r="E123" t="s">
+        <v>253</v>
+      </c>
       <c r="F123" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B124" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="C124"/>
+        <v>226</v>
+      </c>
+      <c r="C124" t="s">
+        <v>254</v>
+      </c>
       <c r="D124" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="E124"/>
+        <v>227</v>
+      </c>
+      <c r="E124" t="s">
+        <v>255</v>
+      </c>
       <c r="F124" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B125" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="C125"/>
+        <v>226</v>
+      </c>
+      <c r="C125" t="s">
+        <v>256</v>
+      </c>
       <c r="D125" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="E125"/>
+        <v>227</v>
+      </c>
+      <c r="E125" t="s">
+        <v>257</v>
+      </c>
       <c r="F125" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B126" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="C126"/>
+        <v>226</v>
+      </c>
+      <c r="C126" t="s">
+        <v>258</v>
+      </c>
       <c r="D126" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="E126"/>
+        <v>227</v>
+      </c>
+      <c r="E126" t="s">
+        <v>259</v>
+      </c>
       <c r="F126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B127" t="s">
+        <v>226</v>
+      </c>
+      <c r="C127" t="s">
         <v>260</v>
       </c>
-      <c r="C127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127" t="s">
+        <v>227</v>
+      </c>
+      <c r="E127" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B128" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="C128"/>
       <c r="D128" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="E128"/>
       <c r="F128" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B129" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B130" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B131" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>174</v>
+        <v>34</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B132" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B133" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="C133"/>
+        <v>270</v>
+      </c>
+      <c r="C133" t="s">
+        <v>272</v>
+      </c>
       <c r="D133" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="E133"/>
+        <v>271</v>
+      </c>
+      <c r="E133" t="s">
+        <v>273</v>
+      </c>
       <c r="F133" t="s">
-        <v>174</v>
+        <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B134" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="C134"/>
+        <v>270</v>
+      </c>
+      <c r="C134" t="s">
+        <v>274</v>
+      </c>
       <c r="D134" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="E134"/>
+        <v>271</v>
+      </c>
+      <c r="E134" t="s">
+        <v>275</v>
+      </c>
       <c r="F134" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B135" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B136" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C136"/>
       <c r="D136" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B137" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C137"/>
       <c r="D137" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>9</v>
+        <v>185</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B138" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C138"/>
       <c r="D138" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B139" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B140" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B141" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="C141"/>
       <c r="D141" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B142" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="C142"/>
       <c r="D142" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>294</v>
+        <v>182</v>
       </c>
       <c r="B143" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
+        <v>182</v>
+      </c>
+      <c r="B144" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="C144"/>
       <c r="D144" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>294</v>
+        <v>182</v>
       </c>
       <c r="B145" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>9</v>
+        <v>185</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>294</v>
+        <v>182</v>
       </c>
       <c r="B146" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>303</v>
+        <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>294</v>
+        <v>182</v>
       </c>
       <c r="B147" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>294</v>
+        <v>182</v>
       </c>
       <c r="B148" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B149" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>303</v>
+        <v>44</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B150" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>303</v>
+        <v>37</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B151" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>314</v>
+        <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B152" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>37</v>
+        <v>313</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B153" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C153"/>
       <c r="D153" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B154" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C154"/>
       <c r="D154" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>321</v>
+        <v>34</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B155" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>44</v>
+        <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B156" t="s">
-        <v>322</v>
-[...3 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="C156"/>
       <c r="D156" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="E156"/>
       <c r="F156" t="s">
-        <v>9</v>
+        <v>313</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B157" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>303</v>
+        <v>324</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B158" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>303</v>
+        <v>37</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B159" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B160" t="s">
+        <v>329</v>
+      </c>
+      <c r="C160"/>
+      <c r="D160" t="s">
         <v>330</v>
       </c>
-      <c r="C160" t="s">
-[...2 lines deleted...]
-      <c r="D160" t="s">
+      <c r="E160"/>
+      <c r="F160" t="s">
         <v>331</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B161" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="C161" t="s">
+        <v>332</v>
+      </c>
+      <c r="C161"/>
+      <c r="D161" t="s">
         <v>333</v>
       </c>
-      <c r="D161" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E161"/>
       <c r="F161" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B162" t="s">
+        <v>332</v>
+      </c>
+      <c r="C162" t="s">
         <v>334</v>
       </c>
-      <c r="C162"/>
       <c r="D162" t="s">
+        <v>333</v>
+      </c>
+      <c r="E162" t="s">
         <v>335</v>
       </c>
-      <c r="E162"/>
       <c r="F162" t="s">
-        <v>314</v>
+        <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B163" t="s">
         <v>336</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>337</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>9</v>
+        <v>313</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B164" t="s">
         <v>338</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
         <v>339</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>9</v>
+        <v>313</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B165" t="s">
         <v>340</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
         <v>341</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>321</v>
+        <v>34</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B166" t="s">
+        <v>340</v>
+      </c>
+      <c r="C166" t="s">
         <v>342</v>
       </c>
-      <c r="C166"/>
       <c r="D166" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="E166"/>
+        <v>341</v>
+      </c>
+      <c r="E166" t="s">
+        <v>219</v>
+      </c>
       <c r="F166" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B167" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="C167"/>
+        <v>340</v>
+      </c>
+      <c r="C167" t="s">
+        <v>343</v>
+      </c>
       <c r="D167" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="E167"/>
+        <v>341</v>
+      </c>
+      <c r="E167" t="s">
+        <v>165</v>
+      </c>
       <c r="F167" t="s">
-        <v>303</v>
+        <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B168" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C168"/>
       <c r="D168" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B169" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C169"/>
       <c r="D169" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B170" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B171" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C171"/>
       <c r="D171" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>44</v>
+        <v>331</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B172" t="s">
         <v>352</v>
       </c>
-      <c r="C172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C172"/>
       <c r="D172" t="s">
         <v>353</v>
       </c>
-      <c r="E172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E172"/>
       <c r="F172" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B173" t="s">
-        <v>352</v>
-[...3 lines deleted...]
-      </c>
+        <v>354</v>
+      </c>
+      <c r="C173"/>
       <c r="D173" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="E173"/>
       <c r="F173" t="s">
-        <v>37</v>
+        <v>313</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B174" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C174"/>
       <c r="D174" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>9</v>
+        <v>331</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B175" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="C175"/>
       <c r="D175" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>314</v>
+        <v>44</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B176" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="C176"/>
       <c r="D176" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>303</v>
+        <v>37</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B177" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B178" t="s">
+        <v>362</v>
+      </c>
+      <c r="C178" t="s">
         <v>364</v>
       </c>
-      <c r="C178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D178" t="s">
+        <v>363</v>
+      </c>
+      <c r="E178" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="F178" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B179" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="C179"/>
+        <v>362</v>
+      </c>
+      <c r="C179" t="s">
+        <v>366</v>
+      </c>
       <c r="D179" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="E179"/>
+        <v>363</v>
+      </c>
+      <c r="E179" t="s">
+        <v>367</v>
+      </c>
       <c r="F179" t="s">
-        <v>303</v>
+        <v>37</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B180" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C180"/>
       <c r="D180" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B181" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C181"/>
       <c r="D181" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B182" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C182"/>
       <c r="D182" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B183" t="s">
         <v>374</v>
       </c>
-      <c r="C183" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C183"/>
       <c r="D183" t="s">
         <v>375</v>
       </c>
-      <c r="E183" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E183"/>
       <c r="F183" t="s">
-        <v>303</v>
+        <v>34</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>378</v>
+        <v>304</v>
       </c>
       <c r="B184" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="C184"/>
+        <v>374</v>
+      </c>
+      <c r="C184" t="s">
+        <v>376</v>
+      </c>
       <c r="D184" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="E184"/>
+        <v>375</v>
+      </c>
+      <c r="E184" t="s">
+        <v>377</v>
+      </c>
       <c r="F184" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
+        <v>304</v>
+      </c>
+      <c r="B185" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="C185"/>
       <c r="D185" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>44</v>
+        <v>313</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>378</v>
+        <v>304</v>
       </c>
       <c r="B186" t="s">
+        <v>380</v>
+      </c>
+      <c r="C186"/>
+      <c r="D186" t="s">
         <v>381</v>
       </c>
-      <c r="C186" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E186"/>
       <c r="F186" t="s">
-        <v>385</v>
+        <v>37</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>378</v>
+        <v>304</v>
       </c>
       <c r="B187" t="s">
-        <v>381</v>
-[...3 lines deleted...]
-      </c>
+        <v>382</v>
+      </c>
+      <c r="C187"/>
       <c r="D187" t="s">
-        <v>382</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="E187"/>
       <c r="F187" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>378</v>
+        <v>304</v>
       </c>
       <c r="B188" t="s">
-        <v>381</v>
-[...3 lines deleted...]
-      </c>
+        <v>384</v>
+      </c>
+      <c r="C188"/>
       <c r="D188" t="s">
-        <v>382</v>
-[...3 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="E188"/>
       <c r="F188" t="s">
-        <v>385</v>
+        <v>313</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>378</v>
+        <v>304</v>
       </c>
       <c r="B189" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C189" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="D189" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E189" t="s">
-        <v>162</v>
+        <v>387</v>
       </c>
       <c r="F189" t="s">
-        <v>44</v>
+        <v>313</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="B190" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="C190"/>
       <c r="D190" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="B191" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="C191"/>
       <c r="D191" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="B192" t="s">
+        <v>391</v>
+      </c>
+      <c r="C192" t="s">
+        <v>393</v>
+      </c>
+      <c r="D192" t="s">
+        <v>392</v>
+      </c>
+      <c r="E192" t="s">
+        <v>394</v>
+      </c>
+      <c r="F192" t="s">
         <v>395</v>
-      </c>
-[...6 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="B193" t="s">
+        <v>391</v>
+      </c>
+      <c r="C193" t="s">
+        <v>396</v>
+      </c>
+      <c r="D193" t="s">
+        <v>392</v>
+      </c>
+      <c r="E193" t="s">
         <v>397</v>
       </c>
-      <c r="C193"/>
-[...3 lines deleted...]
-      <c r="E193"/>
       <c r="F193" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="B194" t="s">
+        <v>391</v>
+      </c>
+      <c r="C194" t="s">
+        <v>398</v>
+      </c>
+      <c r="D194" t="s">
+        <v>392</v>
+      </c>
+      <c r="E194" t="s">
         <v>399</v>
       </c>
-      <c r="C194"/>
-[...3 lines deleted...]
-      <c r="E194"/>
       <c r="F194" t="s">
-        <v>9</v>
+        <v>395</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="B195" t="s">
+        <v>391</v>
+      </c>
+      <c r="C195" t="s">
+        <v>400</v>
+      </c>
+      <c r="D195" t="s">
+        <v>392</v>
+      </c>
+      <c r="E195" t="s">
+        <v>173</v>
+      </c>
+      <c r="F195" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196" t="s">
+        <v>388</v>
+      </c>
+      <c r="B196" t="s">
         <v>401</v>
       </c>
-      <c r="C195"/>
-      <c r="D195" t="s">
+      <c r="C196"/>
+      <c r="D196" t="s">
         <v>402</v>
       </c>
-      <c r="E195"/>
-      <c r="F195" t="s">
+      <c r="E196"/>
+      <c r="F196" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197" t="s">
+        <v>388</v>
+      </c>
+      <c r="B197" t="s">
+        <v>403</v>
+      </c>
+      <c r="C197"/>
+      <c r="D197" t="s">
+        <v>404</v>
+      </c>
+      <c r="E197"/>
+      <c r="F197" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198" t="s">
+        <v>388</v>
+      </c>
+      <c r="B198" t="s">
+        <v>405</v>
+      </c>
+      <c r="C198"/>
+      <c r="D198" t="s">
+        <v>406</v>
+      </c>
+      <c r="E198"/>
+      <c r="F198" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199" t="s">
+        <v>388</v>
+      </c>
+      <c r="B199" t="s">
+        <v>407</v>
+      </c>
+      <c r="C199"/>
+      <c r="D199" t="s">
+        <v>408</v>
+      </c>
+      <c r="E199"/>
+      <c r="F199" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200" t="s">
+        <v>388</v>
+      </c>
+      <c r="B200" t="s">
+        <v>409</v>
+      </c>
+      <c r="C200"/>
+      <c r="D200" t="s">
+        <v>410</v>
+      </c>
+      <c r="E200"/>
+      <c r="F200" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="A201" t="s">
+        <v>388</v>
+      </c>
+      <c r="B201" t="s">
+        <v>411</v>
+      </c>
+      <c r="C201"/>
+      <c r="D201" t="s">
+        <v>412</v>
+      </c>
+      <c r="E201"/>
+      <c r="F201" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>