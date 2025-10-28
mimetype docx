--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Frost)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American serpentine leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208368e655446ae3e" w:history="1">
+            <w:hyperlink r:id="rId63916900d84159d65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId618368e655446af06" w:history="1">
+            <w:hyperlink r:id="rId32146900d84159dd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRITR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10806421" name="name422668e655446b0c6" descr="977.jpg"/>
+                  <wp:docPr id="68631036" name="name69686900d84159e89" descr="977.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="977.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId839768e655446b0c4" cstate="print"/>
+                          <a:blip r:embed="rId33306900d84159e88" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId669668e655446b283" w:history="1">
+            <w:hyperlink r:id="rId13996900d84159f79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2737,63 +2737,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from North America and spread to other parts of the world in the 1960-1980s. A detailed review of its spread is given in Minkenberg (1988). Today, it is present in South America, Europe, Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4209210" name="name144268e655446d5ff" descr="LIRITR_distribution_map.jpg"/>
+            <wp:docPr id="14031059" name="name46476900d8415be58" descr="LIRITR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRITR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId977568e655446d5fb" cstate="print"/>
+                    <a:blip r:embed="rId13236900d8415be55" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4691,51 +4691,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278768e655446e429" w:history="1">
+      <w:hyperlink r:id="rId44856900d8415ccd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4801,51 +4801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303768e655446e4df" w:history="1">
+      <w:hyperlink r:id="rId82996900d8415cd92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5025,51 +5025,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452268e655446e674" w:history="1">
+      <w:hyperlink r:id="rId94386900d8415cefb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5104,101 +5104,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982068e655446e6f6" w:history="1">
+      <w:hyperlink r:id="rId54696900d8415cf79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId691668e655446e749" w:history="1">
+      <w:hyperlink r:id="rId22096900d8415cfdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5282,51 +5282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306268e655446e816" w:history="1">
+      <w:hyperlink r:id="rId81516900d8415d0aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5644,51 +5644,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299368e655446ea5a" w:history="1">
+      <w:hyperlink r:id="rId18386900d8415d2e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6140,51 +6140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709068e655446ed8a" w:history="1">
+      <w:hyperlink r:id="rId76906900d8415d603" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6945,51 +6945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId986268e655446f283" w:history="1">
+      <w:hyperlink r:id="rId20626900d8415db5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7171,90 +7171,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223868e655446f3e7" w:history="1">
+      <w:hyperlink r:id="rId27846900d8415dcd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70009789" name="name238668e655446f471" descr="eu_funding_250.png"/>
+            <wp:docPr id="22724502" name="name43986900d8415dd5f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId647968e655446f470" cstate="print"/>
+                    <a:blip r:embed="rId56346900d8415dd5e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7352,137 +7352,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11726174">
+  <w:abstractNum w:abstractNumId="96367207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55179477">
+    <w:lvl w:ilvl="0" w:tplc="22106672">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55179477" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22106672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55179477" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22106672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55179477" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22106672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55179477" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22106672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55179477" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22106672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55179477" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22106672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55179477" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22106672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55179477" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22106672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11726173">
+  <w:abstractNum w:abstractNumId="96367206">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85292780">
+    <w:lvl w:ilvl="0" w:tplc="11930996">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8234,55 +8234,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11726173">
-    <w:abstractNumId w:val="11726173"/>
+  <w:num w:numId="96367206">
+    <w:abstractNumId w:val="96367206"/>
   </w:num>
-  <w:num w:numId="11726174">
-    <w:abstractNumId w:val="11726174"/>
+  <w:num w:numId="96367207">
+    <w:abstractNumId w:val="96367207"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19832,51 +19832,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId711443681" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969452370" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId208368e655446ae3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId618368e655446af06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId669668e655446b283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId278768e655446e429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId303768e655446e4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId452268e655446e674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId982068e655446e6f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId691668e655446e749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId306268e655446e816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId299368e655446ea5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId709068e655446ed8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId986268e655446f283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId223868e655446f3e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId839768e655446b0c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId839768e655446b0c4.jpg"/><Relationship Id="rId977568e655446d5fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977568e655446d5fb.jpg"/><Relationship Id="rId647968e655446f470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647968e655446f470.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId266600883" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434235985" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63916900d84159d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId32146900d84159dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId13996900d84159f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId44856900d8415ccd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId82996900d8415cd92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId94386900d8415cefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId54696900d8415cf79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId22096900d8415cfdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId81516900d8415d0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId18386900d8415d2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId76906900d8415d603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId20626900d8415db5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId27846900d8415dcd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId33306900d84159e88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33306900d84159e88.jpg"/><Relationship Id="rId13236900d8415be55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13236900d8415be55.jpg"/><Relationship Id="rId56346900d8415dd5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56346900d8415dd5e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>