--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Frost)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American serpentine leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63916900d84159d65" w:history="1">
+            <w:hyperlink r:id="rId1998691fdaed8ae0f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32146900d84159dd0" w:history="1">
+            <w:hyperlink r:id="rId3258691fdaed8ae79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRITR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68631036" name="name69686900d84159e89" descr="977.jpg"/>
+                  <wp:docPr id="43198349" name="name1859691fdaed8b635" descr="977.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="977.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId33306900d84159e88" cstate="print"/>
+                          <a:blip r:embed="rId6590691fdaed8b633" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId13996900d84159f79" w:history="1">
+            <w:hyperlink r:id="rId9497691fdaed8b702" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2737,63 +2737,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from North America and spread to other parts of the world in the 1960-1980s. A detailed review of its spread is given in Minkenberg (1988). Today, it is present in South America, Europe, Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14031059" name="name46476900d8415be58" descr="LIRITR_distribution_map.jpg"/>
+            <wp:docPr id="92991219" name="name8347691fdaed8d253" descr="LIRITR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRITR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13236900d8415be55" cstate="print"/>
+                    <a:blip r:embed="rId2730691fdaed8d250" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2833,51 +2833,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Benin, Cote d'Ivoire, Egypt, Ethiopia, Guinea, Kenya, Madagascar, Mauritius, Mayotte, Morocco, Nigeria, Reunion, Senegal, South Africa, Sudan, Tanzania, United Republic of, Tunisia, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Anhui, Fujian, Gansu, Guangdong, Guangxi, Guizhou, Hainan, Hebei, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Liaoning, Shaanxi, Shandong, Shanghai, Yunnan, Zhejiang), India (Andhra Pradesh, Assam, Delhi, Gujarat, Haryana, Karnataka, Kerala, Madhya Pradesh, Maharashtra, Nagaland, Odisha, Punjab, Tamil Nadu, Telangana, Tripura, Uttar Pradesh, West Bengal), Indonesia, Iran, Islamic Republic of, Israel, Japan (Honshu, Kyushu), Jordan, Korea, Republic of, Lebanon, Maldives, Oman, Philippines, Saudi Arabia, Taiwan, United Arab Emirates, Vietnam, Yemen</w:t>
+        <w:t xml:space="preserve"> China (Anhui, Fujian, Gansu, Guangdong, Guangxi, Guizhou, Hainan, Hebei, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Liaoning, Shaanxi, Shandong, Shanghai, Yunnan, Zhejiang), India (Andhra Pradesh, Assam, Delhi, Gujarat, Haryana, Himachal Pradesh, Karnataka, Kerala, Madhya Pradesh, Maharashtra, Nagaland, Odisha, Punjab, Tamil Nadu, Telangana, Tripura, Uttar Pradesh, West Bengal), Indonesia, Iran, Islamic Republic of, Iraq, Israel, Japan (Honshu, Kyushu), Jordan, Korea, Republic of, Lebanon, Maldives, Oman, Philippines, Saudi Arabia, Taiwan, United Arab Emirates, Vietnam, Yemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Alberta, Nova Scotia, Ontario, Québec), Mexico, United States of America (Arizona, California, Delaware, District of Columbia, Florida, Hawaii, Indiana, Iowa, Maryland, Massachusetts, Michigan, Mississippi, Nevada, New Jersey, New Mexico, New York, North Carolina, Ohio, Pennsylvania, South Carolina, Texas, Virginia, Washington, Wisconsin)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4691,51 +4691,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44856900d8415ccd8" w:history="1">
+      <w:hyperlink r:id="rId6198691fdaed8e04a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4801,51 +4801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82996900d8415cd92" w:history="1">
+      <w:hyperlink r:id="rId7392691fdaed8e0fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5025,51 +5025,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94386900d8415cefb" w:history="1">
+      <w:hyperlink r:id="rId6918691fdaed8e26b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5104,101 +5104,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54696900d8415cf79" w:history="1">
+      <w:hyperlink r:id="rId6735691fdaed8e2e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22096900d8415cfdb" w:history="1">
+      <w:hyperlink r:id="rId4820691fdaed8e337" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5282,51 +5282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81516900d8415d0aa" w:history="1">
+      <w:hyperlink r:id="rId1145691fdaed8e3fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5644,51 +5644,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18386900d8415d2e9" w:history="1">
+      <w:hyperlink r:id="rId6864691fdaed8e6a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6140,51 +6140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76906900d8415d603" w:history="1">
+      <w:hyperlink r:id="rId6678691fdaed8e9dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6945,51 +6945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20626900d8415db5b" w:history="1">
+      <w:hyperlink r:id="rId1653691fdaed8ef69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7171,90 +7171,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27846900d8415dcd8" w:history="1">
+      <w:hyperlink r:id="rId4525691fdaed8f0d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22724502" name="name43986900d8415dd5f" descr="eu_funding_250.png"/>
+            <wp:docPr id="24582975" name="name4524691fdaed8f164" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56346900d8415dd5e" cstate="print"/>
+                    <a:blip r:embed="rId2394691fdaed8f163" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7352,137 +7352,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96367207">
+  <w:abstractNum w:abstractNumId="17532228">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22106672">
+    <w:lvl w:ilvl="0" w:tplc="89190515">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22106672" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89190515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22106672" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89190515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22106672" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89190515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22106672" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89190515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22106672" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89190515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22106672" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89190515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22106672" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89190515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22106672" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89190515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96367206">
+  <w:abstractNum w:abstractNumId="17532227">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11930996">
+    <w:lvl w:ilvl="0" w:tplc="20019554">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8234,55 +8234,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96367206">
-    <w:abstractNumId w:val="96367206"/>
+  <w:num w:numId="17532227">
+    <w:abstractNumId w:val="17532227"/>
   </w:num>
-  <w:num w:numId="96367207">
-    <w:abstractNumId w:val="96367207"/>
+  <w:num w:numId="17532228">
+    <w:abstractNumId w:val="17532228"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19832,51 +19832,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId266600883" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434235985" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63916900d84159d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId32146900d84159dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId13996900d84159f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId44856900d8415ccd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId82996900d8415cd92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId94386900d8415cefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId54696900d8415cf79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId22096900d8415cfdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId81516900d8415d0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId18386900d8415d2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId76906900d8415d603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId20626900d8415db5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId27846900d8415dcd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId33306900d84159e88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33306900d84159e88.jpg"/><Relationship Id="rId13236900d8415be55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13236900d8415be55.jpg"/><Relationship Id="rId56346900d8415dd5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56346900d8415dd5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId879222127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId992315126" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1998691fdaed8ae0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId3258691fdaed8ae79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId9497691fdaed8b702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId6198691fdaed8e04a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId7392691fdaed8e0fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId6918691fdaed8e26b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId6735691fdaed8e2e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId4820691fdaed8e337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId1145691fdaed8e3fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId6864691fdaed8e6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId6678691fdaed8e9dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId1653691fdaed8ef69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4525691fdaed8f0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId6590691fdaed8b633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6590691fdaed8b633.jpg"/><Relationship Id="rId2730691fdaed8d250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2730691fdaed8d250.jpg"/><Relationship Id="rId2394691fdaed8f163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2394691fdaed8f163.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>