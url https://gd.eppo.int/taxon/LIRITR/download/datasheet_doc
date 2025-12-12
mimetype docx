--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Frost)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American serpentine leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1998691fdaed8ae0f" w:history="1">
+            <w:hyperlink r:id="rId9936693c3f791d4b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3258691fdaed8ae79" w:history="1">
+            <w:hyperlink r:id="rId5661693c3f791d523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRITR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43198349" name="name1859691fdaed8b635" descr="977.jpg"/>
+                  <wp:docPr id="29228077" name="name8636693c3f791d5f5" descr="977.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="977.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6590691fdaed8b633" cstate="print"/>
+                          <a:blip r:embed="rId3748693c3f791d5f4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9497691fdaed8b702" w:history="1">
+            <w:hyperlink r:id="rId5625693c3f791d71d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2737,63 +2737,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from North America and spread to other parts of the world in the 1960-1980s. A detailed review of its spread is given in Minkenberg (1988). Today, it is present in South America, Europe, Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92991219" name="name8347691fdaed8d253" descr="LIRITR_distribution_map.jpg"/>
+            <wp:docPr id="6844602" name="name3015693c3f791f40d" descr="LIRITR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRITR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2730691fdaed8d250" cstate="print"/>
+                    <a:blip r:embed="rId3214693c3f791f409" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4691,51 +4691,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6198691fdaed8e04a" w:history="1">
+      <w:hyperlink r:id="rId9563693c3f792040d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4801,51 +4801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7392691fdaed8e0fd" w:history="1">
+      <w:hyperlink r:id="rId3703693c3f79204cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5025,51 +5025,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6918691fdaed8e26b" w:history="1">
+      <w:hyperlink r:id="rId8887693c3f7920641" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5104,101 +5104,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6735691fdaed8e2e8" w:history="1">
+      <w:hyperlink r:id="rId7187693c3f79206c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4820691fdaed8e337" w:history="1">
+      <w:hyperlink r:id="rId7216693c3f7920718" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5282,51 +5282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1145691fdaed8e3fd" w:history="1">
+      <w:hyperlink r:id="rId5440693c3f79207ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5644,51 +5644,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6864691fdaed8e6a4" w:history="1">
+      <w:hyperlink r:id="rId6022693c3f7920a3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6140,51 +6140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6678691fdaed8e9dc" w:history="1">
+      <w:hyperlink r:id="rId8483693c3f7920d8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6945,51 +6945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1653691fdaed8ef69" w:history="1">
+      <w:hyperlink r:id="rId5275693c3f79212af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7171,90 +7171,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4525691fdaed8f0d5" w:history="1">
+      <w:hyperlink r:id="rId9025693c3f792143b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24582975" name="name4524691fdaed8f164" descr="eu_funding_250.png"/>
+            <wp:docPr id="43464841" name="name9115693c3f79214a7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2394691fdaed8f163" cstate="print"/>
+                    <a:blip r:embed="rId6316693c3f79214a6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7352,137 +7352,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17532228">
+  <w:abstractNum w:abstractNumId="12001396">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89190515">
+    <w:lvl w:ilvl="0" w:tplc="50159085">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89190515" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50159085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89190515" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50159085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89190515" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50159085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89190515" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50159085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89190515" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50159085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89190515" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50159085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89190515" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50159085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89190515" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50159085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17532227">
+  <w:abstractNum w:abstractNumId="12001395">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20019554">
+    <w:lvl w:ilvl="0" w:tplc="57202635">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8234,55 +8234,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17532227">
-    <w:abstractNumId w:val="17532227"/>
+  <w:num w:numId="12001395">
+    <w:abstractNumId w:val="12001395"/>
   </w:num>
-  <w:num w:numId="17532228">
-    <w:abstractNumId w:val="17532228"/>
+  <w:num w:numId="12001396">
+    <w:abstractNumId w:val="12001396"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19832,51 +19832,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId879222127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId992315126" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1998691fdaed8ae0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId3258691fdaed8ae79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId9497691fdaed8b702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId6198691fdaed8e04a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId7392691fdaed8e0fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId6918691fdaed8e26b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId6735691fdaed8e2e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId4820691fdaed8e337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId1145691fdaed8e3fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId6864691fdaed8e6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId6678691fdaed8e9dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId1653691fdaed8ef69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4525691fdaed8f0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId6590691fdaed8b633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6590691fdaed8b633.jpg"/><Relationship Id="rId2730691fdaed8d250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2730691fdaed8d250.jpg"/><Relationship Id="rId2394691fdaed8f163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2394691fdaed8f163.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId528940857" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId343259729" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9936693c3f791d4b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId5661693c3f791d523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId5625693c3f791d71d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId9563693c3f792040d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId3703693c3f79204cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId8887693c3f7920641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId7187693c3f79206c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId7216693c3f7920718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId5440693c3f79207ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId6022693c3f7920a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId8483693c3f7920d8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId5275693c3f79212af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9025693c3f792143b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId3748693c3f791d5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3748693c3f791d5f4.jpg"/><Relationship Id="rId3214693c3f791f409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3214693c3f791f409.jpg"/><Relationship Id="rId6316693c3f79214a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6316693c3f79214a6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>