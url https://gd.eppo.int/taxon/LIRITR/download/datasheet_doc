--- v3 (2025-12-12)
+++ v4 (2026-01-21)
@@ -235,108 +235,152 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Other scientific names:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve">Agromyza phaseolunata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Frost, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve">Liriomyza alliovora</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Frick, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Liriomyza phaseolunata</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Frost)</w:t>
+              <w:t xml:space="preserve"> (Frost), </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oscinis trifolii</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Burgess</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American serpentine leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9936693c3f791d4b7" w:history="1">
+            <w:hyperlink r:id="rId4334697118412ce2f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5661693c3f791d523" w:history="1">
+            <w:hyperlink r:id="rId6235697118412ceb2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRITR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29228077" name="name8636693c3f791d5f5" descr="977.jpg"/>
+                  <wp:docPr id="54729795" name="name7624697118412d33f" descr="977.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="977.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3748693c3f791d5f4" cstate="print"/>
+                          <a:blip r:embed="rId9203697118412d33d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5625693c3f791d71d" w:history="1">
+            <w:hyperlink r:id="rId3979697118412d457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2737,63 +2781,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from North America and spread to other parts of the world in the 1960-1980s. A detailed review of its spread is given in Minkenberg (1988). Today, it is present in South America, Europe, Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6844602" name="name3015693c3f791f40d" descr="LIRITR_distribution_map.jpg"/>
+            <wp:docPr id="98511846" name="name7921697118412efd8" descr="LIRITR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRITR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3214693c3f791f409" cstate="print"/>
+                    <a:blip r:embed="rId8392697118412efd5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4691,51 +4735,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9563693c3f792040d" w:history="1">
+      <w:hyperlink r:id="rId9544697118412fe52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4801,51 +4845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3703693c3f79204cd" w:history="1">
+      <w:hyperlink r:id="rId9357697118412ff0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5025,51 +5069,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8887693c3f7920641" w:history="1">
+      <w:hyperlink r:id="rId7461697118413007e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5104,101 +5148,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7187693c3f79206c4" w:history="1">
+      <w:hyperlink r:id="rId686369711841300ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7216693c3f7920718" w:history="1">
+      <w:hyperlink r:id="rId42616971184130151" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5282,51 +5326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5440693c3f79207ea" w:history="1">
+      <w:hyperlink r:id="rId7962697118413021f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5644,51 +5688,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6022693c3f7920a3a" w:history="1">
+      <w:hyperlink r:id="rId71576971184130466" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6140,51 +6184,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8483693c3f7920d8a" w:history="1">
+      <w:hyperlink r:id="rId25096971184130803" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6923,73 +6967,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5275693c3f79212af" w:history="1">
+      <w:hyperlink r:id="rId82846971184130d74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7171,90 +7215,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9025693c3f792143b" w:history="1">
+      <w:hyperlink r:id="rId64806971184130ef8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43464841" name="name9115693c3f79214a7" descr="eu_funding_250.png"/>
+            <wp:docPr id="38197598" name="name12856971184130f87" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6316693c3f79214a6" cstate="print"/>
+                    <a:blip r:embed="rId18986971184130f85" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7352,137 +7396,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12001396">
+  <w:abstractNum w:abstractNumId="74453503">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50159085">
+    <w:lvl w:ilvl="0" w:tplc="16689428">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50159085" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16689428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50159085" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16689428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50159085" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16689428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50159085" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16689428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50159085" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16689428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50159085" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16689428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50159085" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16689428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50159085" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16689428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12001395">
+  <w:abstractNum w:abstractNumId="74453502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57202635">
+    <w:lvl w:ilvl="0" w:tplc="58265241">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8234,55 +8278,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12001395">
-    <w:abstractNumId w:val="12001395"/>
+  <w:num w:numId="74453502">
+    <w:abstractNumId w:val="74453502"/>
   </w:num>
-  <w:num w:numId="12001396">
-    <w:abstractNumId w:val="12001396"/>
+  <w:num w:numId="74453503">
+    <w:abstractNumId w:val="74453503"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19832,51 +19876,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId528940857" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId343259729" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9936693c3f791d4b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId5661693c3f791d523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId5625693c3f791d71d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId9563693c3f792040d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId3703693c3f79204cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId8887693c3f7920641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId7187693c3f79206c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId7216693c3f7920718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId5440693c3f79207ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId6022693c3f7920a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId8483693c3f7920d8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId5275693c3f79212af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9025693c3f792143b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId3748693c3f791d5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3748693c3f791d5f4.jpg"/><Relationship Id="rId3214693c3f791f409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3214693c3f791f409.jpg"/><Relationship Id="rId6316693c3f79214a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6316693c3f79214a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId139963124" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId544833989" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4334697118412ce2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId6235697118412ceb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId3979697118412d457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId9544697118412fe52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId9357697118412ff0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId7461697118413007e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId686369711841300ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId42616971184130151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId7962697118413021f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId71576971184130466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId25096971184130803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId82846971184130d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId64806971184130ef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId9203697118412d33d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9203697118412d33d.jpg"/><Relationship Id="rId8392697118412efd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8392697118412efd5.jpg"/><Relationship Id="rId18986971184130f85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18986971184130f85.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>