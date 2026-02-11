--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Burgess</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American serpentine leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4334697118412ce2f" w:history="1">
+            <w:hyperlink r:id="rId9782698c3ee044d6f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6235697118412ceb2" w:history="1">
+            <w:hyperlink r:id="rId4548698c3ee044dd9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRITR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54729795" name="name7624697118412d33f" descr="977.jpg"/>
+                  <wp:docPr id="57281296" name="name2923698c3ee04538b" descr="977.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="977.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9203697118412d33d" cstate="print"/>
+                          <a:blip r:embed="rId2117698c3ee045389" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3979697118412d457" w:history="1">
+            <w:hyperlink r:id="rId3072698c3ee04549a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2781,105 +2781,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from North America and spread to other parts of the world in the 1960-1980s. A detailed review of its spread is given in Minkenberg (1988). Today, it is present in South America, Europe, Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98511846" name="name7921697118412efd8" descr="LIRITR_distribution_map.jpg"/>
+            <wp:docPr id="33780147" name="name4987698c3ee047067" descr="LIRITR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRITR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8392697118412efd5" cstate="print"/>
+                    <a:blip r:embed="rId6138698c3ee047063" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Bosnia and Herzegovina, Croatia, Cyprus, Finland, France (mainland), Greece (mainland, Kriti), Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Malta, Moldova, Republic of, Morocco, Netherlands, Portugal (mainland), Romania, Russian Federation (the) (Central Russia, Southern Russia), Serbia, Spain (mainland, Islas Canárias), Switzerland, Tunisia, Türkiye</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Bosnia and Herzegovina, Croatia, Cyprus, Finland, France (mainland), Greece (mainland, Kriti), Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Malta, Moldova, Republic of, Morocco, Netherlands, Portugal (mainland), Romania, Russian Federation (Central Russia, Southern Russia), Serbia, Spain (mainland, Islas Canárias), Switzerland, Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Benin, Cote d'Ivoire, Egypt, Ethiopia, Guinea, Kenya, Madagascar, Mauritius, Mayotte, Morocco, Nigeria, Reunion, Senegal, South Africa, Sudan, Tanzania, United Republic of, Tunisia, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4735,51 +4735,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9544697118412fe52" w:history="1">
+      <w:hyperlink r:id="rId3762698c3ee047f18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4845,51 +4845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9357697118412ff0d" w:history="1">
+      <w:hyperlink r:id="rId8349698c3ee047fd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5069,51 +5069,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7461697118413007e" w:history="1">
+      <w:hyperlink r:id="rId2690698c3ee048139" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5148,101 +5148,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId686369711841300ff" w:history="1">
+      <w:hyperlink r:id="rId9662698c3ee0481b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42616971184130151" w:history="1">
+      <w:hyperlink r:id="rId8504698c3ee048209" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5326,51 +5326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7962697118413021f" w:history="1">
+      <w:hyperlink r:id="rId5220698c3ee048318" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5688,51 +5688,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71576971184130466" w:history="1">
+      <w:hyperlink r:id="rId1859698c3ee04869c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6184,51 +6184,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25096971184130803" w:history="1">
+      <w:hyperlink r:id="rId2895698c3ee048a08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6989,51 +6989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82846971184130d74" w:history="1">
+      <w:hyperlink r:id="rId5445698c3ee048f84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7215,90 +7215,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64806971184130ef8" w:history="1">
+      <w:hyperlink r:id="rId4280698c3ee04912a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38197598" name="name12856971184130f87" descr="eu_funding_250.png"/>
+            <wp:docPr id="19134882" name="name4888698c3ee0491b0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18986971184130f85" cstate="print"/>
+                    <a:blip r:embed="rId9084698c3ee0491af" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7396,137 +7396,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74453503">
+  <w:abstractNum w:abstractNumId="23906105">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16689428">
+    <w:lvl w:ilvl="0" w:tplc="61911166">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16689428" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61911166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16689428" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61911166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16689428" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61911166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16689428" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61911166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16689428" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61911166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16689428" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61911166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16689428" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61911166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16689428" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61911166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74453502">
+  <w:abstractNum w:abstractNumId="23906104">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58265241">
+    <w:lvl w:ilvl="0" w:tplc="20519616">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8278,55 +8278,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74453502">
-    <w:abstractNumId w:val="74453502"/>
+  <w:num w:numId="23906104">
+    <w:abstractNumId w:val="23906104"/>
   </w:num>
-  <w:num w:numId="74453503">
-    <w:abstractNumId w:val="74453503"/>
+  <w:num w:numId="23906105">
+    <w:abstractNumId w:val="23906105"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19876,51 +19876,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId139963124" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId544833989" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4334697118412ce2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId6235697118412ceb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId3979697118412d457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId9544697118412fe52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId9357697118412ff0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId7461697118413007e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId686369711841300ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId42616971184130151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId7962697118413021f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId71576971184130466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId25096971184130803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId82846971184130d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId64806971184130ef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId9203697118412d33d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9203697118412d33d.jpg"/><Relationship Id="rId8392697118412efd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8392697118412efd5.jpg"/><Relationship Id="rId18986971184130f85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18986971184130f85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId708865045" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId544179027" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9782698c3ee044d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId4548698c3ee044dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId3072698c3ee04549a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId3762698c3ee047f18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId8349698c3ee047fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId2690698c3ee048139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId9662698c3ee0481b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId8504698c3ee048209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId5220698c3ee048318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId1859698c3ee04869c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId2895698c3ee048a08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId5445698c3ee048f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4280698c3ee04912a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId2117698c3ee045389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2117698c3ee045389.jpg"/><Relationship Id="rId6138698c3ee047063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6138698c3ee047063.jpg"/><Relationship Id="rId9084698c3ee0491af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9084698c3ee0491af.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>