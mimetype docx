--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Burgess</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American serpentine leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9782698c3ee044d6f" w:history="1">
+            <w:hyperlink r:id="rId559869a6c655e2a51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4548698c3ee044dd9" w:history="1">
+            <w:hyperlink r:id="rId498969a6c655e2ac0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRITR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57281296" name="name2923698c3ee04538b" descr="977.jpg"/>
+                  <wp:docPr id="24842582" name="name874269a6c655e30dc" descr="977.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="977.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2117698c3ee045389" cstate="print"/>
+                          <a:blip r:embed="rId395369a6c655e30d9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3072698c3ee04549a" w:history="1">
+            <w:hyperlink r:id="rId492169a6c655e3227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2781,63 +2781,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from North America and spread to other parts of the world in the 1960-1980s. A detailed review of its spread is given in Minkenberg (1988). Today, it is present in South America, Europe, Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33780147" name="name4987698c3ee047067" descr="LIRITR_distribution_map.jpg"/>
+            <wp:docPr id="62272072" name="name273669a6c655e4fce" descr="LIRITR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRITR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6138698c3ee047063" cstate="print"/>
+                    <a:blip r:embed="rId399269a6c655e4fc9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4735,51 +4735,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3762698c3ee047f18" w:history="1">
+      <w:hyperlink r:id="rId865469a6c655e5fed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4845,51 +4845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8349698c3ee047fd1" w:history="1">
+      <w:hyperlink r:id="rId346169a6c655e60aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5069,51 +5069,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2690698c3ee048139" w:history="1">
+      <w:hyperlink r:id="rId657269a6c655e620f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5148,101 +5148,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9662698c3ee0481b8" w:history="1">
+      <w:hyperlink r:id="rId385569a6c655e628d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8504698c3ee048209" w:history="1">
+      <w:hyperlink r:id="rId866069a6c655e62dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5326,51 +5326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5220698c3ee048318" w:history="1">
+      <w:hyperlink r:id="rId873469a6c655e63a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5688,51 +5688,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1859698c3ee04869c" w:history="1">
+      <w:hyperlink r:id="rId752569a6c655e65f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6184,51 +6184,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2895698c3ee048a08" w:history="1">
+      <w:hyperlink r:id="rId770269a6c655e6928" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6989,51 +6989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5445698c3ee048f84" w:history="1">
+      <w:hyperlink r:id="rId125269a6c655e6e33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7215,90 +7215,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4280698c3ee04912a" w:history="1">
+      <w:hyperlink r:id="rId368169a6c655e6f97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19134882" name="name4888698c3ee0491b0" descr="eu_funding_250.png"/>
+            <wp:docPr id="49001403" name="name705569a6c655e7019" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9084698c3ee0491af" cstate="print"/>
+                    <a:blip r:embed="rId633069a6c655e7018" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7396,137 +7396,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23906105">
+  <w:abstractNum w:abstractNumId="40226041">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61911166">
+    <w:lvl w:ilvl="0" w:tplc="63224340">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61911166" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63224340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61911166" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63224340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61911166" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63224340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61911166" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63224340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61911166" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63224340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61911166" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63224340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61911166" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63224340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61911166" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63224340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23906104">
+  <w:abstractNum w:abstractNumId="40226040">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20519616">
+    <w:lvl w:ilvl="0" w:tplc="74878234">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8278,55 +8278,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23906104">
-    <w:abstractNumId w:val="23906104"/>
+  <w:num w:numId="40226040">
+    <w:abstractNumId w:val="40226040"/>
   </w:num>
-  <w:num w:numId="23906105">
-    <w:abstractNumId w:val="23906105"/>
+  <w:num w:numId="40226041">
+    <w:abstractNumId w:val="40226041"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19876,51 +19876,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId708865045" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId544179027" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9782698c3ee044d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId4548698c3ee044dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId3072698c3ee04549a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId3762698c3ee047f18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId8349698c3ee047fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId2690698c3ee048139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId9662698c3ee0481b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId8504698c3ee048209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId5220698c3ee048318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId1859698c3ee04869c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId2895698c3ee048a08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId5445698c3ee048f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4280698c3ee04912a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId2117698c3ee045389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2117698c3ee045389.jpg"/><Relationship Id="rId6138698c3ee047063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6138698c3ee047063.jpg"/><Relationship Id="rId9084698c3ee0491af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9084698c3ee0491af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId277629867" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId278256721" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId559869a6c655e2a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/" TargetMode="External"/><Relationship Id="rId498969a6c655e2ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/categorization" TargetMode="External"/><Relationship Id="rId492169a6c655e3227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRITR/photos" TargetMode="External"/><Relationship Id="rId865469a6c655e5fed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30965" TargetMode="External"/><Relationship Id="rId346169a6c655e60aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId657269a6c655e620f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId385569a6c655e628d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId866069a6c655e62dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId873469a6c655e63a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId752569a6c655e65f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId770269a6c655e6928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId125269a6c655e6e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId368169a6c655e6f97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId395369a6c655e30d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId395369a6c655e30d9.jpg"/><Relationship Id="rId399269a6c655e4fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId399269a6c655e4fc9.jpg"/><Relationship Id="rId633069a6c655e7018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId633069a6c655e7018.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>