--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LIRISA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CUUPE</t>
   </si>
   <si>
     <t>Cucurbita pepo</t>
   </si>
   <si>
     <t>* Foba CN, Salifu D, Lagat ZO, Gitonga LM, Akutse KS, Fiaboe KKM (2015) Species composition, distribution, and seasonal abundance of Liriomyza leafminers (Ciptera: Agromyzidae) under different vegetable production systems and agroecological zones in Kenya. Environmental Entomology 44(2), 223-232.
 ------- confirmed host. Reared from infested leaves collected in the field
 * Spencer KA (1973) Agromyzidae (Diptera) of economic importance. Series Entomologica Volume 9. Dr. W. Junk B.V. The Hague, The Netherlands. 418 pp.
@@ -633,50 +633,59 @@
     <t>* Rauf A, Shepard BM, Johnson MW (2000) Leafminers in vegetables, ornamental plants and weeds in Indonesia: Surveys of host crops, species composition and parasitoids. International Journal of Pest Management 46, 257-266.
 ------- confirmed host. Reared from infested leaves collected in the field
 * Stegmaier CE (1966) Host plants and parasites of Liriomyza munda in Florida (Diptera: Agromyzidae). Florida Entomologist 49(2), 81-86.
 ------- confirmed host. Rearing record</t>
   </si>
   <si>
     <t>CASTO</t>
   </si>
   <si>
     <t>Senna tora</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
   <si>
     <t>* Foba CN, Salifu D, Lagat ZO, Gitonga LM, Akutse KS, Fiaboe KKM (2015) Species composition, distribution, and seasonal abundance of Liriomyza leafminers (Ciptera: Agromyzidae) under different vegetable production systems and agroecological zones in Kenya. Environmental Entomology 44(2), 223-232.
 ------- confirmed host. Reared from infested leaves collected in the field
 * Mazumdar S, Bhuiya BA (2017) True flies: biology and plant hosts of vegetable leafminer Liriomyza sativae Blanchard (Diptera: Agromyzidae) from Bangladesh. Bugs R All no 159. In: Zoo’s Print 32(8), 12-21.
 * Stegmaier CE (1966) Host plants and parasites of Liriomyza munda in Florida (Diptera: Agromyzidae). Florida Entomologist 49(2), 81-86.
 ------- confirmed host. Rearing record
 * Tran DH (2009) Agromyzid leaf miners and their parasitoids on vegetables in Central Vietnam. Journal of the International Society for Southeast Asian Agricultural Sciences 15(2), 21-33.
 ------- confirmed host. Reared from infested leaves collected in commercial vegetable fields</t>
+  </si>
+  <si>
+    <t>SOLMU</t>
+  </si>
+  <si>
+    <t>Solanum muricatum</t>
+  </si>
+  <si>
+    <t>* Ishikawa T, Takahata K (2019) Insect and mite pests of pepino (Solanum muricatum Ait.) in Japan. Biodiversity Data Journal 7, e36453. https://doi.org/10.3897/BDJ.7.e36453</t>
   </si>
   <si>
     <t>SOLTO</t>
   </si>
   <si>
     <t>Solanum torvum</t>
   </si>
   <si>
     <t>SORVU</t>
   </si>
   <si>
     <t>Sorghum bicolor</t>
   </si>
   <si>
     <t>SPQOL</t>
   </si>
   <si>
     <t>Spinacia oleracea</t>
   </si>
   <si>
     <t>* Foba CN, Salifu D, Lagat ZO, Gitonga LM, Akutse KS, Fiaboe KKM (2015) Species composition, distribution, and seasonal abundance of Liriomyza leafminers (Ciptera: Agromyzidae) under different vegetable production systems and agroecological zones in Kenya. Environmental Entomology 44(2), 223-232.
 ------- confirmed host. Reared from infested leaves collected in the field
 * Mujica M, Kroschel J (2011) Leafminer fly (Diptera: Agromyzidae) occurrence, distribution, and parasitoid associations in field and vegetable crops along the Peruvian coast. Environmental Entomology 40, 217-230.</t>
   </si>
   <si>
@@ -1075,51 +1084,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D75"/>
+  <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="519.016" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1978,199 +1987,213 @@
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>43</v>
       </c>
       <c r="B63" t="s">
         <v>170</v>
       </c>
       <c r="C63" t="s">
         <v>171</v>
       </c>
       <c r="D63" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>43</v>
       </c>
       <c r="B64" t="s">
         <v>173</v>
       </c>
       <c r="C64" t="s">
         <v>174</v>
       </c>
       <c r="D64" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>43</v>
       </c>
       <c r="B65" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C65" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="D65"/>
+        <v>177</v>
+      </c>
+      <c r="D65" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>43</v>
       </c>
       <c r="B66" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C66" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="D66" t="s">
         <v>179</v>
       </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>43</v>
       </c>
       <c r="B67" t="s">
         <v>180</v>
       </c>
       <c r="C67" t="s">
         <v>181</v>
       </c>
-      <c r="D67"/>
+      <c r="D67" t="s">
+        <v>182</v>
+      </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>43</v>
       </c>
       <c r="B68" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C68" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>43</v>
       </c>
       <c r="B69" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C69" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="D69"/>
+        <v>186</v>
+      </c>
+      <c r="D69" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>43</v>
       </c>
       <c r="B70" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C70" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>43</v>
       </c>
       <c r="B71" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C71" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D71" t="s">
-        <v>190</v>
+        <v>52</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>43</v>
       </c>
       <c r="B72" t="s">
         <v>191</v>
       </c>
       <c r="C72" t="s">
         <v>192</v>
       </c>
       <c r="D72" t="s">
-        <v>147</v>
+        <v>193</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>43</v>
       </c>
       <c r="B73" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C73" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D73" t="s">
-        <v>195</v>
+        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>43</v>
       </c>
       <c r="B74" t="s">
         <v>196</v>
       </c>
       <c r="C74" t="s">
         <v>197</v>
       </c>
       <c r="D74" t="s">
-        <v>70</v>
+        <v>198</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>43</v>
       </c>
       <c r="B75" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C75" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D75" t="s">
-        <v>200</v>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>43</v>
+      </c>
+      <c r="B76" t="s">
+        <v>201</v>
+      </c>
+      <c r="C76" t="s">
+        <v>202</v>
+      </c>
+      <c r="D76" t="s">
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">