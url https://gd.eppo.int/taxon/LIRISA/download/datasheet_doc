--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> Hering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cabbage leaf miner, leaf miner of vegetables, serpentine vegetable leaf miner, tomato leaf miner, vegetable leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376868e095a3798b1" w:history="1">
+            <w:hyperlink r:id="rId446568fbe1d42abb6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId995168e095a37991c" w:history="1">
+            <w:hyperlink r:id="rId530168fbe1d42ac1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRISA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99685830" name="name269168e095a379a1c" descr="8855.jpg"/>
+                  <wp:docPr id="71957935" name="name795368fbe1d42b1e8" descr="8855.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8855.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId632168e095a379a1b" cstate="print"/>
+                          <a:blip r:embed="rId720568fbe1d42b1e6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId180068e095a379b3d" w:history="1">
+            <w:hyperlink r:id="rId829768fbe1d42b2e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1993,50 +1993,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum melongena</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Solanum muricatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Solanum nigrum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum torvum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2351,63 +2371,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from the Americas and has spread to Africa, Asia and Oceania. It is considered to be the most damaging agromyzid in the USA and South America. In the EPPO region, its presence has been recorded in a small number of countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36942275" name="name920868e095a37b300" descr="LIRISA_distribution_map.jpg"/>
+            <wp:docPr id="70566041" name="name607068fbe1d42cb4f" descr="LIRISA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRISA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId348468e095a37b2fd" cstate="print"/>
+                    <a:blip r:embed="rId542768fbe1d42cb4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4612,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131968e095a37c606" w:history="1">
+      <w:hyperlink r:id="rId788568fbe1d42dfee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium’0960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5061,51 +5081,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634268e095a37c8dd" w:history="1">
+      <w:hyperlink r:id="rId354268fbe1d42e2ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5140,51 +5160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325568e095a37c95f" w:history="1">
+      <w:hyperlink r:id="rId476668fbe1d42e34e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5270,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266468e095a37ca43" w:history="1">
+      <w:hyperlink r:id="rId154668fbe1d42e423" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5398,51 +5418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955868e095a37cb15" w:history="1">
+      <w:hyperlink r:id="rId579768fbe1d42e4f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5535,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P and Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId702768e095a37cbf1" w:history="1">
+      <w:hyperlink r:id="rId729168fbe1d42e5ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6828,51 +6848,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440868e095a37d424" w:history="1">
+      <w:hyperlink r:id="rId357268fbe1d42ee05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6903,63 +6923,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34371600" name="name100368e095a37d50e" descr="eu_funding_250.png"/>
+            <wp:docPr id="25731930" name="name935668fbe1d42eed2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId521968e095a37d50c" cstate="print"/>
+                    <a:blip r:embed="rId419568fbe1d42eed1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7057,137 +7077,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38954169">
+  <w:abstractNum w:abstractNumId="15300436">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46832747">
+    <w:lvl w:ilvl="0" w:tplc="63821414">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46832747" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63821414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46832747" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63821414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46832747" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63821414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46832747" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63821414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46832747" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63821414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46832747" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63821414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46832747" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63821414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46832747" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63821414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38954168">
+  <w:abstractNum w:abstractNumId="15300435">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55387311">
+    <w:lvl w:ilvl="0" w:tplc="15202162">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7939,55 +7959,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38954168">
-    <w:abstractNumId w:val="38954168"/>
+  <w:num w:numId="15300435">
+    <w:abstractNumId w:val="15300435"/>
   </w:num>
-  <w:num w:numId="38954169">
-    <w:abstractNumId w:val="38954169"/>
+  <w:num w:numId="15300436">
+    <w:abstractNumId w:val="15300436"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19537,51 +19557,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId141978964" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId264998246" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId376868e095a3798b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId995168e095a37991c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId180068e095a379b3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId131968e095a37c606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId634268e095a37c8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId325568e095a37c95f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId266468e095a37ca43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId955868e095a37cb15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId702768e095a37cbf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId440868e095a37d424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId632168e095a379a1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId632168e095a379a1b.jpg"/><Relationship Id="rId348468e095a37b2fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId348468e095a37b2fd.jpg"/><Relationship Id="rId521968e095a37d50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId521968e095a37d50c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId197425916" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId358944385" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId446568fbe1d42abb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId530168fbe1d42ac1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId829768fbe1d42b2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId788568fbe1d42dfee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId354268fbe1d42e2ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId476668fbe1d42e34e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId154668fbe1d42e423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId579768fbe1d42e4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId729168fbe1d42e5ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId357268fbe1d42ee05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId720568fbe1d42b1e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId720568fbe1d42b1e6.jpg"/><Relationship Id="rId542768fbe1d42cb4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId542768fbe1d42cb4c.jpg"/><Relationship Id="rId419568fbe1d42eed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId419568fbe1d42eed1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>