--- v1 (2025-10-24)
+++ v2 (2025-11-16)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> Hering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cabbage leaf miner, leaf miner of vegetables, serpentine vegetable leaf miner, tomato leaf miner, vegetable leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446568fbe1d42abb6" w:history="1">
+            <w:hyperlink r:id="rId93026919961a982e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId530168fbe1d42ac1e" w:history="1">
+            <w:hyperlink r:id="rId82626919961a9834f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRISA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71957935" name="name795368fbe1d42b1e8" descr="8855.jpg"/>
+                  <wp:docPr id="43707736" name="name98676919961a98a68" descr="8855.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8855.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId720568fbe1d42b1e6" cstate="print"/>
+                          <a:blip r:embed="rId68896919961a98a66" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId829768fbe1d42b2e4" w:history="1">
+            <w:hyperlink r:id="rId52596919961a98b94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2371,63 +2371,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from the Americas and has spread to Africa, Asia and Oceania. It is considered to be the most damaging agromyzid in the USA and South America. In the EPPO region, its presence has been recorded in a small number of countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70566041" name="name607068fbe1d42cb4f" descr="LIRISA_distribution_map.jpg"/>
+            <wp:docPr id="44037561" name="name54806919961a9a995" descr="LIRISA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRISA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId542768fbe1d42cb4c" cstate="print"/>
+                    <a:blip r:embed="rId29766919961a9a98a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788568fbe1d42dfee" w:history="1">
+      <w:hyperlink r:id="rId58976919961a9c70a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium’0960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5081,51 +5081,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354268fbe1d42e2ce" w:history="1">
+      <w:hyperlink r:id="rId33196919961a9c9e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5160,51 +5160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId476668fbe1d42e34e" w:history="1">
+      <w:hyperlink r:id="rId74376919961a9ca68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId154668fbe1d42e423" w:history="1">
+      <w:hyperlink r:id="rId30646919961a9cb3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5418,51 +5418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579768fbe1d42e4f2" w:history="1">
+      <w:hyperlink r:id="rId97736919961a9cc0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P and Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId729168fbe1d42e5ce" w:history="1">
+      <w:hyperlink r:id="rId95466919961a9cce9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6848,51 +6848,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId357268fbe1d42ee05" w:history="1">
+      <w:hyperlink r:id="rId83136919961a9d56b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6923,63 +6923,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25731930" name="name935668fbe1d42eed2" descr="eu_funding_250.png"/>
+            <wp:docPr id="87769485" name="name58006919961a9d6b3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId419568fbe1d42eed1" cstate="print"/>
+                    <a:blip r:embed="rId44116919961a9d6b1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7077,137 +7077,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15300436">
+  <w:abstractNum w:abstractNumId="81627230">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63821414">
+    <w:lvl w:ilvl="0" w:tplc="82307848">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63821414" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82307848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63821414" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82307848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63821414" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82307848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63821414" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82307848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63821414" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82307848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63821414" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82307848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63821414" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82307848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63821414" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82307848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15300435">
+  <w:abstractNum w:abstractNumId="81627229">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15202162">
+    <w:lvl w:ilvl="0" w:tplc="91254324">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7959,55 +7959,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15300435">
-    <w:abstractNumId w:val="15300435"/>
+  <w:num w:numId="81627229">
+    <w:abstractNumId w:val="81627229"/>
   </w:num>
-  <w:num w:numId="15300436">
-    <w:abstractNumId w:val="15300436"/>
+  <w:num w:numId="81627230">
+    <w:abstractNumId w:val="81627230"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19557,51 +19557,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId197425916" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId358944385" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId446568fbe1d42abb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId530168fbe1d42ac1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId829768fbe1d42b2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId788568fbe1d42dfee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId354268fbe1d42e2ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId476668fbe1d42e34e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId154668fbe1d42e423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId579768fbe1d42e4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId729168fbe1d42e5ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId357268fbe1d42ee05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId720568fbe1d42b1e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId720568fbe1d42b1e6.jpg"/><Relationship Id="rId542768fbe1d42cb4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId542768fbe1d42cb4c.jpg"/><Relationship Id="rId419568fbe1d42eed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId419568fbe1d42eed1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId981942914" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId853872954" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId93026919961a982e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId82626919961a9834f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId52596919961a98b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId58976919961a9c70a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId33196919961a9c9e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId74376919961a9ca68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId30646919961a9cb3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId97736919961a9cc0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId95466919961a9cce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId83136919961a9d56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId68896919961a98a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68896919961a98a66.jpg"/><Relationship Id="rId29766919961a9a98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29766919961a9a98a.jpg"/><Relationship Id="rId44116919961a9d6b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44116919961a9d6b1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>