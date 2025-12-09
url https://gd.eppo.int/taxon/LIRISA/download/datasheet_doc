--- v2 (2025-11-16)
+++ v3 (2025-12-09)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> Hering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cabbage leaf miner, leaf miner of vegetables, serpentine vegetable leaf miner, tomato leaf miner, vegetable leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93026919961a982e0" w:history="1">
+            <w:hyperlink r:id="rId962469382d21bc1f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82626919961a9834f" w:history="1">
+            <w:hyperlink r:id="rId906269382d21bc263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRISA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43707736" name="name98676919961a98a68" descr="8855.jpg"/>
+                  <wp:docPr id="77606409" name="name714369382d21bc33c" descr="8855.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8855.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId68896919961a98a66" cstate="print"/>
+                          <a:blip r:embed="rId431969382d21bc33a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId52596919961a98b94" w:history="1">
+            <w:hyperlink r:id="rId735369382d21bc85c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2371,63 +2371,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from the Americas and has spread to Africa, Asia and Oceania. It is considered to be the most damaging agromyzid in the USA and South America. In the EPPO region, its presence has been recorded in a small number of countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44037561" name="name54806919961a9a995" descr="LIRISA_distribution_map.jpg"/>
+            <wp:docPr id="9565423" name="name690969382d21bdb4e" descr="LIRISA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRISA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29766919961a9a98a" cstate="print"/>
+                    <a:blip r:embed="rId362669382d21bdb4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58976919961a9c70a" w:history="1">
+      <w:hyperlink r:id="rId734169382d21bf12d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium’0960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5081,51 +5081,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33196919961a9c9e5" w:history="1">
+      <w:hyperlink r:id="rId342169382d21bf4c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5160,51 +5160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74376919961a9ca68" w:history="1">
+      <w:hyperlink r:id="rId982269382d21bf548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30646919961a9cb3d" w:history="1">
+      <w:hyperlink r:id="rId216369382d21bf671" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5418,51 +5418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97736919961a9cc0c" w:history="1">
+      <w:hyperlink r:id="rId995669382d21bf74d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P and Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95466919961a9cce9" w:history="1">
+      <w:hyperlink r:id="rId996769382d21bf82f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6848,51 +6848,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83136919961a9d56b" w:history="1">
+      <w:hyperlink r:id="rId316669382d21c014c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6923,63 +6923,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87769485" name="name58006919961a9d6b3" descr="eu_funding_250.png"/>
+            <wp:docPr id="72490000" name="name308669382d21c0237" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44116919961a9d6b1" cstate="print"/>
+                    <a:blip r:embed="rId634569382d21c0235" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7077,137 +7077,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81627230">
+  <w:abstractNum w:abstractNumId="17303889">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82307848">
+    <w:lvl w:ilvl="0" w:tplc="43117907">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82307848" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43117907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82307848" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43117907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82307848" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43117907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82307848" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43117907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82307848" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43117907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82307848" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43117907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82307848" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43117907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82307848" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43117907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81627229">
+  <w:abstractNum w:abstractNumId="17303888">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91254324">
+    <w:lvl w:ilvl="0" w:tplc="46965824">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7959,55 +7959,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81627229">
-    <w:abstractNumId w:val="81627229"/>
+  <w:num w:numId="17303888">
+    <w:abstractNumId w:val="17303888"/>
   </w:num>
-  <w:num w:numId="81627230">
-    <w:abstractNumId w:val="81627230"/>
+  <w:num w:numId="17303889">
+    <w:abstractNumId w:val="17303889"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19557,51 +19557,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId981942914" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId853872954" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId93026919961a982e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId82626919961a9834f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId52596919961a98b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId58976919961a9c70a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId33196919961a9c9e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId74376919961a9ca68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId30646919961a9cb3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId97736919961a9cc0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId95466919961a9cce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId83136919961a9d56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId68896919961a98a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68896919961a98a66.jpg"/><Relationship Id="rId29766919961a9a98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29766919961a9a98a.jpg"/><Relationship Id="rId44116919961a9d6b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44116919961a9d6b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId549887056" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId281300908" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId962469382d21bc1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId906269382d21bc263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId735369382d21bc85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId734169382d21bf12d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId342169382d21bf4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId982269382d21bf548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId216369382d21bf671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId995669382d21bf74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId996769382d21bf82f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId316669382d21c014c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId431969382d21bc33a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId431969382d21bc33a.jpg"/><Relationship Id="rId362669382d21bdb4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId362669382d21bdb4c.jpg"/><Relationship Id="rId634569382d21c0235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId634569382d21c0235.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>