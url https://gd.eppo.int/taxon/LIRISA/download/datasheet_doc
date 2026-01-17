--- v3 (2025-12-09)
+++ v4 (2026-01-17)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> Hering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cabbage leaf miner, leaf miner of vegetables, serpentine vegetable leaf miner, tomato leaf miner, vegetable leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId962469382d21bc1f9" w:history="1">
+            <w:hyperlink r:id="rId4957696b63fbed2c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId906269382d21bc263" w:history="1">
+            <w:hyperlink r:id="rId8290696b63fbed32d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRISA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77606409" name="name714369382d21bc33c" descr="8855.jpg"/>
+                  <wp:docPr id="37440329" name="name4927696b63fbed9d5" descr="8855.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8855.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId431969382d21bc33a" cstate="print"/>
+                          <a:blip r:embed="rId2228696b63fbed9cb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId735369382d21bc85c" w:history="1">
+            <w:hyperlink r:id="rId2761696b63fbedbfe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2371,63 +2371,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from the Americas and has spread to Africa, Asia and Oceania. It is considered to be the most damaging agromyzid in the USA and South America. In the EPPO region, its presence has been recorded in a small number of countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9565423" name="name690969382d21bdb4e" descr="LIRISA_distribution_map.jpg"/>
+            <wp:docPr id="74963398" name="name2026696b63fbefc3d" descr="LIRISA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRISA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId362669382d21bdb4c" cstate="print"/>
+                    <a:blip r:embed="rId4651696b63fbefc35" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId734169382d21bf12d" w:history="1">
+      <w:hyperlink r:id="rId5330696b63fbf171f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium’0960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5081,51 +5081,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId342169382d21bf4c4" w:history="1">
+      <w:hyperlink r:id="rId9561696b63fbf19f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5160,51 +5160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982269382d21bf548" w:history="1">
+      <w:hyperlink r:id="rId9309696b63fbf1a72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216369382d21bf671" w:history="1">
+      <w:hyperlink r:id="rId4310696b63fbf1b4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5418,51 +5418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId995669382d21bf74d" w:history="1">
+      <w:hyperlink r:id="rId2124696b63fbf1c17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P and Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996769382d21bf82f" w:history="1">
+      <w:hyperlink r:id="rId5425696b63fbf1cf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6826,73 +6826,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316669382d21c014c" w:history="1">
+      <w:hyperlink r:id="rId4058696b63fbf26d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6923,63 +6923,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72490000" name="name308669382d21c0237" descr="eu_funding_250.png"/>
+            <wp:docPr id="42082279" name="name6477696b63fbf2a5f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId634569382d21c0235" cstate="print"/>
+                    <a:blip r:embed="rId2488696b63fbf2a5e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7077,137 +7077,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17303889">
+  <w:abstractNum w:abstractNumId="56122877">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43117907">
+    <w:lvl w:ilvl="0" w:tplc="23008719">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43117907" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23008719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43117907" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23008719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43117907" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23008719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43117907" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23008719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43117907" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23008719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43117907" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23008719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43117907" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23008719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43117907" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23008719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17303888">
+  <w:abstractNum w:abstractNumId="56122876">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46965824">
+    <w:lvl w:ilvl="0" w:tplc="74193924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7959,55 +7959,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17303888">
-    <w:abstractNumId w:val="17303888"/>
+  <w:num w:numId="56122876">
+    <w:abstractNumId w:val="56122876"/>
   </w:num>
-  <w:num w:numId="17303889">
-    <w:abstractNumId w:val="17303889"/>
+  <w:num w:numId="56122877">
+    <w:abstractNumId w:val="56122877"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19557,51 +19557,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId549887056" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId281300908" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId962469382d21bc1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId906269382d21bc263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId735369382d21bc85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId734169382d21bf12d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId342169382d21bf4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId982269382d21bf548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId216369382d21bf671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId995669382d21bf74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId996769382d21bf82f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId316669382d21c014c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId431969382d21bc33a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId431969382d21bc33a.jpg"/><Relationship Id="rId362669382d21bdb4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId362669382d21bdb4c.jpg"/><Relationship Id="rId634569382d21c0235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId634569382d21c0235.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId320760684" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId116586519" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4957696b63fbed2c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId8290696b63fbed32d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId2761696b63fbedbfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId5330696b63fbf171f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId9561696b63fbf19f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId9309696b63fbf1a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId4310696b63fbf1b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId2124696b63fbf1c17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId5425696b63fbf1cf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId4058696b63fbf26d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2228696b63fbed9cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2228696b63fbed9cb.jpg"/><Relationship Id="rId4651696b63fbefc35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4651696b63fbefc35.jpg"/><Relationship Id="rId2488696b63fbf2a5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2488696b63fbf2a5e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>