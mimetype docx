--- v4 (2026-01-17)
+++ v5 (2026-02-08)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> Hering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cabbage leaf miner, leaf miner of vegetables, serpentine vegetable leaf miner, tomato leaf miner, vegetable leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4957696b63fbed2c6" w:history="1">
+            <w:hyperlink r:id="rId813369888b1f2f76f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -504,53 +504,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8290696b63fbed32d" w:history="1">
+            <w:hyperlink r:id="rId798269888b1f2f7d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRISA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37440329" name="name4927696b63fbed9d5" descr="8855.jpg"/>
+                  <wp:docPr id="62739200" name="name938369888b1f2fe7a" descr="8855.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8855.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2228696b63fbed9cb" cstate="print"/>
+                          <a:blip r:embed="rId823069888b1f2fe78" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2761696b63fbedbfe" w:history="1">
+            <w:hyperlink r:id="rId988569888b1f2ff9e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2371,105 +2371,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from the Americas and has spread to Africa, Asia and Oceania. It is considered to be the most damaging agromyzid in the USA and South America. In the EPPO region, its presence has been recorded in a small number of countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74963398" name="name2026696b63fbefc3d" descr="LIRISA_distribution_map.jpg"/>
+            <wp:docPr id="57166908" name="name868869888b1f31582" descr="LIRISA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRISA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4651696b63fbefc35" cstate="print"/>
+                    <a:blip r:embed="rId363169888b1f3157f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Armenia, Israel, Jordan, Malta, Russian Federation (the), Türkiye, Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Armenia, Israel, Jordan, Malta, Russian Federation, Türkiye, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cameroon, Egypt, Kenya, Nigeria, Sudan, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5330696b63fbf171f" w:history="1">
+      <w:hyperlink r:id="rId433969888b1f32568" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium’0960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5081,51 +5081,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9561696b63fbf19f3" w:history="1">
+      <w:hyperlink r:id="rId962869888b1f32848" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5160,51 +5160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9309696b63fbf1a72" w:history="1">
+      <w:hyperlink r:id="rId154269888b1f328ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4310696b63fbf1b4a" w:history="1">
+      <w:hyperlink r:id="rId894569888b1f3299d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5418,51 +5418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2124696b63fbf1c17" w:history="1">
+      <w:hyperlink r:id="rId882569888b1f32a79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P and Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5425696b63fbf1cf0" w:history="1">
+      <w:hyperlink r:id="rId349469888b1f32dbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6848,51 +6848,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4058696b63fbf26d6" w:history="1">
+      <w:hyperlink r:id="rId302369888b1f335e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6923,63 +6923,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42082279" name="name6477696b63fbf2a5f" descr="eu_funding_250.png"/>
+            <wp:docPr id="82102704" name="name485969888b1f33714" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2488696b63fbf2a5e" cstate="print"/>
+                    <a:blip r:embed="rId392269888b1f33713" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7077,137 +7077,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56122877">
+  <w:abstractNum w:abstractNumId="62257025">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23008719">
+    <w:lvl w:ilvl="0" w:tplc="25221584">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23008719" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25221584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23008719" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25221584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23008719" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25221584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23008719" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25221584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23008719" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25221584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23008719" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25221584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23008719" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25221584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23008719" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25221584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56122876">
+  <w:abstractNum w:abstractNumId="62257024">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74193924">
+    <w:lvl w:ilvl="0" w:tplc="33104842">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7959,55 +7959,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56122876">
-    <w:abstractNumId w:val="56122876"/>
+  <w:num w:numId="62257024">
+    <w:abstractNumId w:val="62257024"/>
   </w:num>
-  <w:num w:numId="56122877">
-    <w:abstractNumId w:val="56122877"/>
+  <w:num w:numId="62257025">
+    <w:abstractNumId w:val="62257025"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19557,51 +19557,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId320760684" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId116586519" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4957696b63fbed2c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId8290696b63fbed32d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId2761696b63fbedbfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId5330696b63fbf171f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId9561696b63fbf19f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId9309696b63fbf1a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId4310696b63fbf1b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId2124696b63fbf1c17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId5425696b63fbf1cf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId4058696b63fbf26d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2228696b63fbed9cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2228696b63fbed9cb.jpg"/><Relationship Id="rId4651696b63fbefc35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4651696b63fbefc35.jpg"/><Relationship Id="rId2488696b63fbf2a5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2488696b63fbf2a5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId161458597" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId794411783" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId813369888b1f2f76f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId798269888b1f2f7d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId988569888b1f2ff9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId433969888b1f32568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId962869888b1f32848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId154269888b1f328ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId894569888b1f3299d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId882569888b1f32a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId349469888b1f32dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId302369888b1f335e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId823069888b1f2fe78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId823069888b1f2fe78.jpg"/><Relationship Id="rId363169888b1f3157f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId363169888b1f3157f.jpg"/><Relationship Id="rId392269888b1f33713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId392269888b1f33713.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>