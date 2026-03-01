--- v5 (2026-02-08)
+++ v6 (2026-03-01)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> Hering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cabbage leaf miner, leaf miner of vegetables, serpentine vegetable leaf miner, tomato leaf miner, vegetable leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId813369888b1f2f76f" w:history="1">
+            <w:hyperlink r:id="rId626569a43eb284db0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId798269888b1f2f7d8" w:history="1">
+            <w:hyperlink r:id="rId569569a43eb284e1c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRISA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62739200" name="name938369888b1f2fe7a" descr="8855.jpg"/>
+                  <wp:docPr id="60665230" name="name712069a43eb2856da" descr="8855.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8855.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId823069888b1f2fe78" cstate="print"/>
+                          <a:blip r:embed="rId954169a43eb2856d7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId988569888b1f2ff9e" w:history="1">
+            <w:hyperlink r:id="rId120969a43eb2857e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2371,63 +2371,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from the Americas and has spread to Africa, Asia and Oceania. It is considered to be the most damaging agromyzid in the USA and South America. In the EPPO region, its presence has been recorded in a small number of countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57166908" name="name868869888b1f31582" descr="LIRISA_distribution_map.jpg"/>
+            <wp:docPr id="99799755" name="name499269a43eb2871e6" descr="LIRISA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRISA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId363169888b1f3157f" cstate="print"/>
+                    <a:blip r:embed="rId422969a43eb2871e3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433969888b1f32568" w:history="1">
+      <w:hyperlink r:id="rId535669a43eb2882a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium’0960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5081,51 +5081,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962869888b1f32848" w:history="1">
+      <w:hyperlink r:id="rId648269a43eb28859e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5160,51 +5160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId154269888b1f328ca" w:history="1">
+      <w:hyperlink r:id="rId220969a43eb28861d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId894569888b1f3299d" w:history="1">
+      <w:hyperlink r:id="rId360269a43eb2886f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5418,51 +5418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId882569888b1f32a79" w:history="1">
+      <w:hyperlink r:id="rId850369a43eb2887c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P and Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId349469888b1f32dbb" w:history="1">
+      <w:hyperlink r:id="rId981069a43eb2888ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6848,51 +6848,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302369888b1f335e9" w:history="1">
+      <w:hyperlink r:id="rId563869a43eb2890f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6923,63 +6923,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82102704" name="name485969888b1f33714" descr="eu_funding_250.png"/>
+            <wp:docPr id="9894319" name="name309869a43eb2891b8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId392269888b1f33713" cstate="print"/>
+                    <a:blip r:embed="rId345169a43eb2891b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7077,137 +7077,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62257025">
+  <w:abstractNum w:abstractNumId="75915419">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25221584">
+    <w:lvl w:ilvl="0" w:tplc="16977414">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25221584" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16977414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25221584" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16977414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25221584" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16977414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25221584" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16977414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25221584" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16977414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25221584" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16977414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25221584" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16977414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25221584" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16977414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62257024">
+  <w:abstractNum w:abstractNumId="75915418">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33104842">
+    <w:lvl w:ilvl="0" w:tplc="81978546">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7959,55 +7959,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62257024">
-    <w:abstractNumId w:val="62257024"/>
+  <w:num w:numId="75915418">
+    <w:abstractNumId w:val="75915418"/>
   </w:num>
-  <w:num w:numId="62257025">
-    <w:abstractNumId w:val="62257025"/>
+  <w:num w:numId="75915419">
+    <w:abstractNumId w:val="75915419"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19557,51 +19557,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId161458597" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId794411783" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId813369888b1f2f76f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId798269888b1f2f7d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId988569888b1f2ff9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId433969888b1f32568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId962869888b1f32848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId154269888b1f328ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId894569888b1f3299d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId882569888b1f32a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId349469888b1f32dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId302369888b1f335e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId823069888b1f2fe78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId823069888b1f2fe78.jpg"/><Relationship Id="rId363169888b1f3157f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId363169888b1f3157f.jpg"/><Relationship Id="rId392269888b1f33713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId392269888b1f33713.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId239641847" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825775985" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId626569a43eb284db0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId569569a43eb284e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId120969a43eb2857e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId535669a43eb2882a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId648269a43eb28859e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId220969a43eb28861d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId360269a43eb2886f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId850369a43eb2887c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId981069a43eb2888ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId563869a43eb2890f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId954169a43eb2856d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954169a43eb2856d7.jpg"/><Relationship Id="rId422969a43eb2871e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId422969a43eb2871e3.jpg"/><Relationship Id="rId345169a43eb2891b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345169a43eb2891b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>