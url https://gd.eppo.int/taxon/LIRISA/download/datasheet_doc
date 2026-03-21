--- v6 (2026-03-01)
+++ v7 (2026-03-21)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> Hering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cabbage leaf miner, leaf miner of vegetables, serpentine vegetable leaf miner, tomato leaf miner, vegetable leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId626569a43eb284db0" w:history="1">
+            <w:hyperlink r:id="rId186269bedcb785d2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId569569a43eb284e1c" w:history="1">
+            <w:hyperlink r:id="rId478569bedcb785d96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRISA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60665230" name="name712069a43eb2856da" descr="8855.jpg"/>
+                  <wp:docPr id="38258074" name="name714669bedcb7864a8" descr="8855.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8855.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId954169a43eb2856d7" cstate="print"/>
+                          <a:blip r:embed="rId167169bedcb7864a6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId120969a43eb2857e6" w:history="1">
+            <w:hyperlink r:id="rId933069bedcb7865a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2371,63 +2371,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from the Americas and has spread to Africa, Asia and Oceania. It is considered to be the most damaging agromyzid in the USA and South America. In the EPPO region, its presence has been recorded in a small number of countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99799755" name="name499269a43eb2871e6" descr="LIRISA_distribution_map.jpg"/>
+            <wp:docPr id="11585879" name="name812769bedcb787e53" descr="LIRISA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRISA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId422969a43eb2871e3" cstate="print"/>
+                    <a:blip r:embed="rId269469bedcb787e50" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2488,51 +2488,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bangladesh, China (Anhui, Beijing, Chongqing, Fujian, Gansu, Guangdong, Guangxi, Guizhou, Hainan, Hebei, Heilongjiang, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Jilin, Liaoning, Neimenggu, Ningxia, Qinghai, Shaanxi, Shandong, Shanghai, Shanxi, Sichuan, Tianjin, Xinjiang, Xizhang, Yunnan, Zhejiang), East Timor, India (Chhattisgarh, Maharashtra, Meghalaya), Indonesia (Java, Nusa Tenggara), Iran, Islamic Republic of, Iraq, Israel, Japan (Honshu, Kyushu, Ryukyu Archipelago), Jordan, Malaysia (West), Oman, Pakistan, Philippines, Saudi Arabia, Sri Lanka, Thailand, United Arab Emirates, Uzbekistan, Vietnam, Yemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Canada (Ontario), Mexico, United States of America (Alabama, Arizona, Arkansas, California, Colorado, Florida, Georgia, Hawaii, Indiana, Kansas, Louisiana, Maryland, Mississippi, New Jersey, New Mexico, Ohio, Pennsylvania, South Carolina, Tennessee, Texas, Virginia, Wyoming)</w:t>
+        <w:t xml:space="preserve"> Canada (Ontario), Mexico, United States of America (Alabama, Arizona, Arkansas, California, Colorado, Florida, Georgia, Hawaii, Indiana, Kansas, Louisiana, Maryland, Mississippi, New Jersey, New Mexico, Ohio, Oklahoma, Pennsylvania, South Carolina, Tennessee, Texas, Virginia, Wyoming)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Central America and Caribbean:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Antigua and Barbuda, Bahamas, Barbados, Costa Rica, Cuba, Dominica, Dominican Republic, Guadeloupe, Guatemala, Honduras, Jamaica, Martinique, Montserrat, Netherlands Antilles, Nicaragua, Panama, Puerto Rico, Saint Kitts and Nevis, Saint Lucia, Saint Vincent and the Grenadines, Trinidad and Tobago, Virgin Islands (US)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535669a43eb2882a9" w:history="1">
+      <w:hyperlink r:id="rId430569bedcb788eae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium’0960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5081,51 +5081,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648269a43eb28859e" w:history="1">
+      <w:hyperlink r:id="rId217969bedcb78919e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5160,51 +5160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId220969a43eb28861d" w:history="1">
+      <w:hyperlink r:id="rId281169bedcb78921d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360269a43eb2886f4" w:history="1">
+      <w:hyperlink r:id="rId180369bedcb789303" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5418,51 +5418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850369a43eb2887c4" w:history="1">
+      <w:hyperlink r:id="rId220869bedcb7893d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P and Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981069a43eb2888ad" w:history="1">
+      <w:hyperlink r:id="rId906569bedcb7894ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6848,51 +6848,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza sativae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId563869a43eb2890f0" w:history="1">
+      <w:hyperlink r:id="rId834369bedcb789d01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6923,63 +6923,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9894319" name="name309869a43eb2891b8" descr="eu_funding_250.png"/>
+            <wp:docPr id="71616509" name="name944869bedcb789dfc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId345169a43eb2891b7" cstate="print"/>
+                    <a:blip r:embed="rId526469bedcb789dfb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7077,137 +7077,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75915419">
+  <w:abstractNum w:abstractNumId="43729130">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16977414">
+    <w:lvl w:ilvl="0" w:tplc="22460563">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16977414" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22460563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16977414" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22460563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16977414" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22460563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16977414" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22460563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16977414" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22460563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16977414" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22460563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16977414" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22460563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16977414" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22460563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75915418">
+  <w:abstractNum w:abstractNumId="43729129">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81978546">
+    <w:lvl w:ilvl="0" w:tplc="40031085">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7959,55 +7959,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75915418">
-    <w:abstractNumId w:val="75915418"/>
+  <w:num w:numId="43729129">
+    <w:abstractNumId w:val="43729129"/>
   </w:num>
-  <w:num w:numId="75915419">
-    <w:abstractNumId w:val="75915419"/>
+  <w:num w:numId="43729130">
+    <w:abstractNumId w:val="43729130"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19557,51 +19557,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId239641847" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825775985" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId626569a43eb284db0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId569569a43eb284e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId120969a43eb2857e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId535669a43eb2882a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId648269a43eb28859e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId220969a43eb28861d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId360269a43eb2886f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId850369a43eb2887c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId981069a43eb2888ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId563869a43eb2890f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId954169a43eb2856d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954169a43eb2856d7.jpg"/><Relationship Id="rId422969a43eb2871e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId422969a43eb2871e3.jpg"/><Relationship Id="rId345169a43eb2891b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345169a43eb2891b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId987057197" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId427052919" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId186269bedcb785d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/" TargetMode="External"/><Relationship Id="rId478569bedcb785d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/categorization" TargetMode="External"/><Relationship Id="rId933069bedcb7865a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRISA/photos" TargetMode="External"/><Relationship Id="rId430569bedcb788eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium%E2%80%990960" TargetMode="External"/><Relationship Id="rId217969bedcb78919e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId281169bedcb78921d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId180369bedcb789303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId220869bedcb7893d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId906569bedcb7894ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId834369bedcb789d01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId167169bedcb7864a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId167169bedcb7864a6.jpg"/><Relationship Id="rId269469bedcb787e50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId269469bedcb787e50.jpg"/><Relationship Id="rId526469bedcb789dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId526469bedcb789dfb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>