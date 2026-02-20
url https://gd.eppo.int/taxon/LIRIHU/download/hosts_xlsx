--- v0 (2025-10-08)
+++ v1 (2026-02-20)
@@ -2453,74 +2453,74 @@
   <si>
     <t>SAMSS</t>
   </si>
   <si>
     <t>Sambucus sp.</t>
   </si>
   <si>
     <t>* Weintraub PG, Scheffer SJ, Visser D, Valladares G, Soares Correa A, Shepard BM, Rauf A, Murphy ST, Mujica N, MacVean C, Kroschel J (2017) The invasive Liriomyza huidobrensis (Diptera: Agromyzidae): understanding its pest status and management globally. Journal of Insect Science 17(1), 1-27. https://doi.org/10.1093/jisesa/iew150</t>
   </si>
   <si>
     <t>SKFPL</t>
   </si>
   <si>
     <t>Schistocarpha platyphylla</t>
   </si>
   <si>
     <t>* Weintraub PG, Scheffer SJ, Visser D, Valladares G, Soares Correa A, Shepard BM, Rauf A, Murphy ST, Mujica N, MacVean C, Kroschel J (2017) The invasive Liriomyza huidobrensis (Diptera: Agromyzidae): understanding its pest status and management globally. Journal of Insect Science 17(1), 1-27. https://doi.org/10.1093/jisesa/iew151</t>
   </si>
   <si>
     <t>CIXLU</t>
   </si>
   <si>
     <t>Scilla luciliae</t>
   </si>
   <si>
+    <t>SETVI</t>
+  </si>
+  <si>
+    <t>Setaria viridis</t>
+  </si>
+  <si>
+    <t>* Andrade ME, Briceno JA, de Hoyos PM, Jimenez J (1989) Busqueda y reconocimiento de los enemigos naturales y hospedantes alternos de las principales plagas. En flores bajo invernadero en la sabana de Bogotá. Acta Biológica Colombiana 1(5), 45-57.
+* Rauf A, Shepard BM, Johnson MW (2000) Leafminers in vegetables, ornamental plants and weeds in Indonesia: surveys of host crops, species composition and parasitoids. International Journal of Pest Management 46, 257-266.
+* Scheffer SJ, Lewis ML, Joshi RC (2006) DNA barcoding applied to invasive leafminers (Diptera: Agromyzidae) in the Philippines. Annals of the Entomological Society of America 99, 204-210.
+* Wei J, Zou L, Kuang R, He L (2000) Influence of leaf tissue structure on host feeding selection by pea leafminer Liriomyza huidobrensis (Diptera: Agromyzidae). Zoological Studies 39, 295-300.</t>
+  </si>
+  <si>
     <t>SEHED</t>
   </si>
   <si>
-    <t>Sechium edule</t>
+    <t>Sicyos edulis</t>
   </si>
   <si>
     <t>* Fisher N, LaSalle J (2005) A new species of Neocharsocharis Kurdjumov (Hymenoptera: Eulophidae), a parasitoid of serpentine leafminers (Diptera: Agromyzidae) in southeast Asia. Zootaxa 1044, 27-34.
 * He CX, Wu WW, Wang SF, Wang LZ (2001) Host plants and feeding preferences of Liriomyza huidobrensis. Acta Entomologica Sinica 44, 384-388.
 * Rauf A, Shepard BM, Johnson MW (2000) Leafminers in vegetables, ornamental plants and weeds in Indonesia: surveys of host crops, species composition and parasitoids. International Journal of Pest Management 46, 257-266.
 ------- Confirmed host. Reared from infested leaves collected in the field.
 * Scheffer SJ, Lewis ML, Joshi RC (2006) DNA barcoding applied to invasive leafminers (Diptera: Agromyzidae) in the Philippines. Annals of the Entomological Society of America 99, 204-210.
 * Shindo JI, Kinota M, Inokuchi S, Kimura Y, Fujimura T (2005) Occurrence of pea leafminer, Liromyza huidobrensis (Blanchard) (Diptera: Agromyzidae), in Aomori Prefecture. Annual Report of the Society of Plant Protection of North Japan 56, 145-148.</t>
-  </si>
-[...10 lines deleted...]
-* Wei J, Zou L, Kuang R, He L (2000) Influence of leaf tissue structure on host feeding selection by pea leafminer Liriomyza huidobrensis (Diptera: Agromyzidae). Zoological Studies 39, 295-300.</t>
   </si>
   <si>
     <t>SIDSS</t>
   </si>
   <si>
     <t>Sida sp.</t>
   </si>
   <si>
     <t>* Scheffer SJ, Lewis ML, Joshi RC (2006) DNA barcoding applied to invasive leafminers (Diptera: Agromyzidae) in the Philippines. Annals of the Entomological Society of America 99, 204-210.</t>
   </si>
   <si>
     <t>SILGA</t>
   </si>
   <si>
     <t>Silene gallica</t>
   </si>
   <si>
     <t>SOLAM</t>
   </si>
   <si>
     <t>Solanum americanum</t>
   </si>
   <si>
     <t>* Andrade ME, Briceno JA, de Hoyos PM, Jimenez J (1989) Busqueda y reconocimiento de los enemigos naturales y hospedantes alternos de las principales plagas. En flores bajo invernadero en la sabana de Bogotá. Acta Biológica Colombiana 1(5), 45-57.
 ------- As Solanum oleraceum.