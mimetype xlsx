--- v0 (2025-10-08)
+++ v1 (2026-03-24)
@@ -3243,51 +3243,51 @@
       <c r="B109" t="s">
         <v>230</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
         <v>231</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>221</v>
       </c>
       <c r="B110" t="s">
         <v>232</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
         <v>233</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>88</v>
+        <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>221</v>
       </c>
       <c r="B111" t="s">
         <v>234</v>
       </c>
       <c r="C111"/>
       <c r="D111" t="s">
         <v>235</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
         <v>221</v>
       </c>
       <c r="B112" t="s">
         <v>237</v>
       </c>