--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -311,98 +311,76 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Blanchard, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Liriomyza dianthi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Frick, </w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> Frick</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American leaf miner, pea leaf miner, serpentine leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId779268e60f6867f81" w:history="1">
+            <w:hyperlink r:id="rId30026901712e34fd2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId588768e60f6867ff7" w:history="1">
+            <w:hyperlink r:id="rId48816901712e3503e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIHU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88753751" name="name139068e60f6868790" descr="974.jpg"/>
+                  <wp:docPr id="51258997" name="name66476901712e3581b" descr="974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId263668e60f686878d" cstate="print"/>
+                          <a:blip r:embed="rId61566901712e35819" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId471368e60f6868878" w:history="1">
+            <w:hyperlink r:id="rId21716901712e3594b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6694,63 +6672,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in Central and South America and was absent from other continents until the 1980s. It was first detected in the EPPO region in 1987 in the Netherlands where it was found on glasshouse lettuces. It has since spread to several other European countries, Asia, Africa, North America and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82666087" name="name112068e60f686bc79" descr="LIRIHU_distribution_map.jpg"/>
+            <wp:docPr id="21361172" name="name36896901712e38c64" descr="LIRIHU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIHU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId965168e60f686bc76" cstate="print"/>
+                    <a:blip r:embed="rId92456901712e38c61" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8839,51 +8817,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883968e60f686cee7" w:history="1">
+      <w:hyperlink r:id="rId54406901712e39e2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9018,51 +8996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276168e60f686d02e" w:history="1">
+      <w:hyperlink r:id="rId77396901712e39f57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9242,51 +9220,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332768e60f686d1db" w:history="1">
+      <w:hyperlink r:id="rId96146901712e3a0cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9321,101 +9299,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773268e60f686d25c" w:history="1">
+      <w:hyperlink r:id="rId84836901712e3a150" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989168e60f686d2c8" w:history="1">
+      <w:hyperlink r:id="rId64056901712e3a1a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9441,51 +9419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId378768e60f686d340" w:history="1">
+      <w:hyperlink r:id="rId95986901712e3a213" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9803,51 +9781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739468e60f686e5e2" w:history="1">
+      <w:hyperlink r:id="rId84076901712e3a455" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10339,51 +10317,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId869068e60f686e9a4" w:history="1">
+      <w:hyperlink r:id="rId54056901712e3a7a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11160,51 +11138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Diptera: Agromyzidae): understanding its pest status and management globally. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17(1), 1-27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811768e60f686ef10" w:history="1">
+      <w:hyperlink r:id="rId43796901712e3aced" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iew121</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11270,51 +11248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId498768e60f686efca" w:history="1">
+      <w:hyperlink r:id="rId46666901712e3adaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11345,63 +11323,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85161988" name="name352768e60f68704d5" descr="eu_funding_250.png"/>
+            <wp:docPr id="88408996" name="name72266901712e3afcd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId789168e60f68704d2" cstate="print"/>
+                    <a:blip r:embed="rId69126901712e3afcc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11499,137 +11477,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63280660">
+  <w:abstractNum w:abstractNumId="56106620">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36623675">
+    <w:lvl w:ilvl="0" w:tplc="89156168">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36623675" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89156168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36623675" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89156168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36623675" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89156168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36623675" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89156168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36623675" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89156168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36623675" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89156168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36623675" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89156168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36623675" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89156168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63280659">
+  <w:abstractNum w:abstractNumId="56106619">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89672551">
+    <w:lvl w:ilvl="0" w:tplc="53398856">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12381,55 +12359,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63280659">
-    <w:abstractNumId w:val="63280659"/>
+  <w:num w:numId="56106619">
+    <w:abstractNumId w:val="56106619"/>
   </w:num>
-  <w:num w:numId="63280660">
-    <w:abstractNumId w:val="63280660"/>
+  <w:num w:numId="56106620">
+    <w:abstractNumId w:val="56106620"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23979,51 +23957,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId574958389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId481628424" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId779268e60f6867f81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId588768e60f6867ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId471368e60f6868878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId883968e60f686cee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId276168e60f686d02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId332768e60f686d1db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId773268e60f686d25c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId989168e60f686d2c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId378768e60f686d340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId739468e60f686e5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId869068e60f686e9a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId811768e60f686ef10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId498768e60f686efca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId263668e60f686878d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263668e60f686878d.jpg"/><Relationship Id="rId965168e60f686bc76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId965168e60f686bc76.jpg"/><Relationship Id="rId789168e60f68704d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId789168e60f68704d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId177101441" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754818629" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30026901712e34fd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId48816901712e3503e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId21716901712e3594b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId54406901712e39e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId77396901712e39f57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId96146901712e3a0cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId84836901712e3a150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId64056901712e3a1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId95986901712e3a213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId84076901712e3a455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId54056901712e3a7a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId43796901712e3aced" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId46666901712e3adaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61566901712e35819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61566901712e35819.jpg"/><Relationship Id="rId92456901712e38c61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92456901712e38c61.jpg"/><Relationship Id="rId69126901712e3afcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69126901712e3afcc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>