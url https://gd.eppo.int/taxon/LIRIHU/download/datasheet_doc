--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -267,120 +267,76 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Blanchard, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Liriomyza cucumifoliae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Blanchard, </w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> Frick</w:t>
+              <w:t xml:space="preserve"> Blanchard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American leaf miner, pea leaf miner, serpentine leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30026901712e34fd2" w:history="1">
+            <w:hyperlink r:id="rId5425691cc4f7b7de6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48816901712e3503e" w:history="1">
+            <w:hyperlink r:id="rId2810691cc4f7b7e7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIHU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51258997" name="name66476901712e3581b" descr="974.jpg"/>
+                  <wp:docPr id="83369506" name="name6106691cc4f7b802e" descr="974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId61566901712e35819" cstate="print"/>
+                          <a:blip r:embed="rId8327691cc4f7b802c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId21716901712e3594b" w:history="1">
+            <w:hyperlink r:id="rId9374691cc4f7b82b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6672,63 +6628,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in Central and South America and was absent from other continents until the 1980s. It was first detected in the EPPO region in 1987 in the Netherlands where it was found on glasshouse lettuces. It has since spread to several other European countries, Asia, Africa, North America and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21361172" name="name36896901712e38c64" descr="LIRIHU_distribution_map.jpg"/>
+            <wp:docPr id="15383445" name="name1720691cc4f7bcf69" descr="LIRIHU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIHU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92456901712e38c61" cstate="print"/>
+                    <a:blip r:embed="rId7955691cc4f7bcf66" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8817,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54406901712e39e2c" w:history="1">
+      <w:hyperlink r:id="rId3630691cc4f7beaa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8996,51 +8952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77396901712e39f57" w:history="1">
+      <w:hyperlink r:id="rId7325691cc4f7bec1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9220,51 +9176,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96146901712e3a0cf" w:history="1">
+      <w:hyperlink r:id="rId7306691cc4f7bed8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9299,101 +9255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84836901712e3a150" w:history="1">
+      <w:hyperlink r:id="rId7383691cc4f7bee0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64056901712e3a1a2" w:history="1">
+      <w:hyperlink r:id="rId3285691cc4f7bee5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9419,51 +9375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95986901712e3a213" w:history="1">
+      <w:hyperlink r:id="rId3238691cc4f7bef2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9781,51 +9737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84076901712e3a455" w:history="1">
+      <w:hyperlink r:id="rId9245691cc4f7bf1fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10317,51 +10273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54056901712e3a7a5" w:history="1">
+      <w:hyperlink r:id="rId4714691cc4f7bf6ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11138,51 +11094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Diptera: Agromyzidae): understanding its pest status and management globally. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17(1), 1-27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43796901712e3aced" w:history="1">
+      <w:hyperlink r:id="rId9953691cc4f7bfe2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iew121</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11248,51 +11204,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46666901712e3adaf" w:history="1">
+      <w:hyperlink r:id="rId4403691cc4f7bfee6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11323,63 +11279,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88408996" name="name72266901712e3afcd" descr="eu_funding_250.png"/>
+            <wp:docPr id="84833213" name="name9623691cc4f7bffdf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69126901712e3afcc" cstate="print"/>
+                    <a:blip r:embed="rId3598691cc4f7bffde" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11477,137 +11433,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56106620">
+  <w:abstractNum w:abstractNumId="59969700">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89156168">
+    <w:lvl w:ilvl="0" w:tplc="83935780">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89156168" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83935780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89156168" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83935780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89156168" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83935780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89156168" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83935780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89156168" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83935780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89156168" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83935780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89156168" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83935780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89156168" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83935780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56106619">
+  <w:abstractNum w:abstractNumId="59969699">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53398856">
+    <w:lvl w:ilvl="0" w:tplc="79722892">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12359,55 +12315,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56106619">
-    <w:abstractNumId w:val="56106619"/>
+  <w:num w:numId="59969699">
+    <w:abstractNumId w:val="59969699"/>
   </w:num>
-  <w:num w:numId="56106620">
-    <w:abstractNumId w:val="56106620"/>
+  <w:num w:numId="59969700">
+    <w:abstractNumId w:val="59969700"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23957,51 +23913,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId177101441" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754818629" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30026901712e34fd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId48816901712e3503e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId21716901712e3594b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId54406901712e39e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId77396901712e39f57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId96146901712e3a0cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId84836901712e3a150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId64056901712e3a1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId95986901712e3a213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId84076901712e3a455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId54056901712e3a7a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId43796901712e3aced" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId46666901712e3adaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61566901712e35819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61566901712e35819.jpg"/><Relationship Id="rId92456901712e38c61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92456901712e38c61.jpg"/><Relationship Id="rId69126901712e3afcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69126901712e3afcc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId635553155" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId144490063" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5425691cc4f7b7de6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId2810691cc4f7b7e7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId9374691cc4f7b82b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId3630691cc4f7beaa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId7325691cc4f7bec1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId7306691cc4f7bed8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId7383691cc4f7bee0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId3285691cc4f7bee5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId3238691cc4f7bef2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId9245691cc4f7bf1fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId4714691cc4f7bf6ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId9953691cc4f7bfe2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId4403691cc4f7bfee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8327691cc4f7b802c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8327691cc4f7b802c.jpg"/><Relationship Id="rId7955691cc4f7bcf66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7955691cc4f7bcf66.jpg"/><Relationship Id="rId3598691cc4f7bffde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3598691cc4f7bffde.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>