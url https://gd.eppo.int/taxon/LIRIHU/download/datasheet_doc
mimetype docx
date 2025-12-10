--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Blanchard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American leaf miner, pea leaf miner, serpentine leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5425691cc4f7b7de6" w:history="1">
+            <w:hyperlink r:id="rId40966939d07c4e0b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2810691cc4f7b7e7e" w:history="1">
+            <w:hyperlink r:id="rId75676939d07c4e124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIHU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83369506" name="name6106691cc4f7b802e" descr="974.jpg"/>
+                  <wp:docPr id="65766637" name="name74656939d07c4e828" descr="974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8327691cc4f7b802c" cstate="print"/>
+                          <a:blip r:embed="rId85136939d07c4e826" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9374691cc4f7b82b8" w:history="1">
+            <w:hyperlink r:id="rId11936939d07c4e98c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6628,63 +6628,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in Central and South America and was absent from other continents until the 1980s. It was first detected in the EPPO region in 1987 in the Netherlands where it was found on glasshouse lettuces. It has since spread to several other European countries, Asia, Africa, North America and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15383445" name="name1720691cc4f7bcf69" descr="LIRIHU_distribution_map.jpg"/>
+            <wp:docPr id="97232915" name="name92976939d07c520ca" descr="LIRIHU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIHU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7955691cc4f7bcf66" cstate="print"/>
+                    <a:blip r:embed="rId79596939d07c520c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3630691cc4f7beaa0" w:history="1">
+      <w:hyperlink r:id="rId31286939d07c5345e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8952,51 +8952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7325691cc4f7bec1a" w:history="1">
+      <w:hyperlink r:id="rId25316939d07c53589" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9176,51 +9176,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7306691cc4f7bed8b" w:history="1">
+      <w:hyperlink r:id="rId73626939d07c536f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9255,101 +9255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7383691cc4f7bee0c" w:history="1">
+      <w:hyperlink r:id="rId81926939d07c53775" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3285691cc4f7bee5f" w:history="1">
+      <w:hyperlink r:id="rId91776939d07c537c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9375,51 +9375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3238691cc4f7bef2e" w:history="1">
+      <w:hyperlink r:id="rId99406939d07c53842" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9737,51 +9737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9245691cc4f7bf1fb" w:history="1">
+      <w:hyperlink r:id="rId10816939d07c53a98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10273,51 +10273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4714691cc4f7bf6ec" w:history="1">
+      <w:hyperlink r:id="rId73626939d07c53e4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11094,51 +11094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Diptera: Agromyzidae): understanding its pest status and management globally. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17(1), 1-27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9953691cc4f7bfe2f" w:history="1">
+      <w:hyperlink r:id="rId86826939d07c543fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iew121</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11204,51 +11204,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4403691cc4f7bfee6" w:history="1">
+      <w:hyperlink r:id="rId68376939d07c544cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11279,63 +11279,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84833213" name="name9623691cc4f7bffdf" descr="eu_funding_250.png"/>
+            <wp:docPr id="48081957" name="name63266939d07c545d0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3598691cc4f7bffde" cstate="print"/>
+                    <a:blip r:embed="rId99866939d07c545cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11433,137 +11433,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59969700">
+  <w:abstractNum w:abstractNumId="78965039">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83935780">
+    <w:lvl w:ilvl="0" w:tplc="23791996">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83935780" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23791996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83935780" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23791996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83935780" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23791996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83935780" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23791996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83935780" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23791996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83935780" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23791996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83935780" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23791996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83935780" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23791996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59969699">
+  <w:abstractNum w:abstractNumId="78965038">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79722892">
+    <w:lvl w:ilvl="0" w:tplc="53804743">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12315,55 +12315,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59969699">
-    <w:abstractNumId w:val="59969699"/>
+  <w:num w:numId="78965038">
+    <w:abstractNumId w:val="78965038"/>
   </w:num>
-  <w:num w:numId="59969700">
-    <w:abstractNumId w:val="59969700"/>
+  <w:num w:numId="78965039">
+    <w:abstractNumId w:val="78965039"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23913,51 +23913,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId635553155" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId144490063" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5425691cc4f7b7de6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId2810691cc4f7b7e7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId9374691cc4f7b82b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId3630691cc4f7beaa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId7325691cc4f7bec1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId7306691cc4f7bed8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId7383691cc4f7bee0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId3285691cc4f7bee5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId3238691cc4f7bef2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId9245691cc4f7bf1fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId4714691cc4f7bf6ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId9953691cc4f7bfe2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId4403691cc4f7bfee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8327691cc4f7b802c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8327691cc4f7b802c.jpg"/><Relationship Id="rId7955691cc4f7bcf66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7955691cc4f7bcf66.jpg"/><Relationship Id="rId3598691cc4f7bffde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3598691cc4f7bffde.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId693065843" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId431462879" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId40966939d07c4e0b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId75676939d07c4e124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId11936939d07c4e98c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId31286939d07c5345e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId25316939d07c53589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId73626939d07c536f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId81926939d07c53775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId91776939d07c537c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId99406939d07c53842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId10816939d07c53a98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId73626939d07c53e4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId86826939d07c543fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId68376939d07c544cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85136939d07c4e826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85136939d07c4e826.jpg"/><Relationship Id="rId79596939d07c520c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79596939d07c520c6.jpg"/><Relationship Id="rId99866939d07c545cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99866939d07c545cf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>