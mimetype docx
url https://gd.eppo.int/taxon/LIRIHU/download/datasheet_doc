--- v3 (2025-12-10)
+++ v4 (2025-12-14)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Blanchard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American leaf miner, pea leaf miner, serpentine leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40966939d07c4e0b8" w:history="1">
+            <w:hyperlink r:id="rId7175693ed6de0ec79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75676939d07c4e124" w:history="1">
+            <w:hyperlink r:id="rId6509693ed6de0ece5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIHU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65766637" name="name74656939d07c4e828" descr="974.jpg"/>
+                  <wp:docPr id="29372138" name="name2287693ed6de0f36b" descr="974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId85136939d07c4e826" cstate="print"/>
+                          <a:blip r:embed="rId1937693ed6de0f369" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId11936939d07c4e98c" w:history="1">
+            <w:hyperlink r:id="rId5053693ed6de0f4a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6628,63 +6628,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in Central and South America and was absent from other continents until the 1980s. It was first detected in the EPPO region in 1987 in the Netherlands where it was found on glasshouse lettuces. It has since spread to several other European countries, Asia, Africa, North America and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97232915" name="name92976939d07c520ca" descr="LIRIHU_distribution_map.jpg"/>
+            <wp:docPr id="52160137" name="name1897693ed6de128bc" descr="LIRIHU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIHU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId79596939d07c520c6" cstate="print"/>
+                    <a:blip r:embed="rId3117693ed6de128b8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31286939d07c5345e" w:history="1">
+      <w:hyperlink r:id="rId1650693ed6de13acd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8952,51 +8952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25316939d07c53589" w:history="1">
+      <w:hyperlink r:id="rId1874693ed6de13bf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9176,51 +9176,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73626939d07c536f4" w:history="1">
+      <w:hyperlink r:id="rId6328693ed6de13d6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9255,101 +9255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81926939d07c53775" w:history="1">
+      <w:hyperlink r:id="rId4668693ed6de13dee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91776939d07c537c7" w:history="1">
+      <w:hyperlink r:id="rId4545693ed6de13e3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9375,51 +9375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99406939d07c53842" w:history="1">
+      <w:hyperlink r:id="rId9173693ed6de13eb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9737,51 +9737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10816939d07c53a98" w:history="1">
+      <w:hyperlink r:id="rId3060693ed6de140f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10273,51 +10273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73626939d07c53e4e" w:history="1">
+      <w:hyperlink r:id="rId3512693ed6de14449" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11094,51 +11094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Diptera: Agromyzidae): understanding its pest status and management globally. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17(1), 1-27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86826939d07c543fd" w:history="1">
+      <w:hyperlink r:id="rId9753693ed6de1497f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iew121</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11204,51 +11204,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68376939d07c544cd" w:history="1">
+      <w:hyperlink r:id="rId2155693ed6de14a33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11279,63 +11279,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48081957" name="name63266939d07c545d0" descr="eu_funding_250.png"/>
+            <wp:docPr id="34369036" name="name9604693ed6de14b36" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId99866939d07c545cf" cstate="print"/>
+                    <a:blip r:embed="rId8398693ed6de14b34" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11433,137 +11433,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78965039">
+  <w:abstractNum w:abstractNumId="94211089">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23791996">
+    <w:lvl w:ilvl="0" w:tplc="49089369">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23791996" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49089369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23791996" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49089369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23791996" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49089369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23791996" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49089369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23791996" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49089369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23791996" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49089369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23791996" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49089369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23791996" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49089369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78965038">
+  <w:abstractNum w:abstractNumId="94211088">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53804743">
+    <w:lvl w:ilvl="0" w:tplc="31563628">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12315,55 +12315,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78965038">
-    <w:abstractNumId w:val="78965038"/>
+  <w:num w:numId="94211088">
+    <w:abstractNumId w:val="94211088"/>
   </w:num>
-  <w:num w:numId="78965039">
-    <w:abstractNumId w:val="78965039"/>
+  <w:num w:numId="94211089">
+    <w:abstractNumId w:val="94211089"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23913,51 +23913,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId693065843" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId431462879" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId40966939d07c4e0b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId75676939d07c4e124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId11936939d07c4e98c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId31286939d07c5345e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId25316939d07c53589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId73626939d07c536f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId81926939d07c53775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId91776939d07c537c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId99406939d07c53842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId10816939d07c53a98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId73626939d07c53e4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId86826939d07c543fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId68376939d07c544cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85136939d07c4e826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85136939d07c4e826.jpg"/><Relationship Id="rId79596939d07c520c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79596939d07c520c6.jpg"/><Relationship Id="rId99866939d07c545cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99866939d07c545cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId783195887" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId652475368" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7175693ed6de0ec79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId6509693ed6de0ece5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId5053693ed6de0f4a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId1650693ed6de13acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId1874693ed6de13bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId6328693ed6de13d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId4668693ed6de13dee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId4545693ed6de13e3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId9173693ed6de13eb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId3060693ed6de140f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId3512693ed6de14449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId9753693ed6de1497f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId2155693ed6de14a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1937693ed6de0f369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1937693ed6de0f369.jpg"/><Relationship Id="rId3117693ed6de128b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3117693ed6de128b8.jpg"/><Relationship Id="rId8398693ed6de14b34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8398693ed6de14b34.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>