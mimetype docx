--- v4 (2025-12-14)
+++ v5 (2026-01-19)
@@ -290,53 +290,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Blanchard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> South American leaf miner, pea leaf miner, serpentine leaf miner</w:t>
+              <w:t xml:space="preserve"> South American leaf miner, pea leaf miner, potato leaf miner, serpentine leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7175693ed6de0ec79" w:history="1">
+            <w:hyperlink r:id="rId6653696d7d8638366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6509693ed6de0ece5" w:history="1">
+            <w:hyperlink r:id="rId3773696d7d86383f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIHU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29372138" name="name2287693ed6de0f36b" descr="974.jpg"/>
+                  <wp:docPr id="25537564" name="name1586696d7d86384c9" descr="974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1937693ed6de0f369" cstate="print"/>
+                          <a:blip r:embed="rId9792696d7d86384c8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5053693ed6de0f4a5" w:history="1">
+            <w:hyperlink r:id="rId9735696d7d86385fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6628,63 +6628,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in Central and South America and was absent from other continents until the 1980s. It was first detected in the EPPO region in 1987 in the Netherlands where it was found on glasshouse lettuces. It has since spread to several other European countries, Asia, Africa, North America and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52160137" name="name1897693ed6de128bc" descr="LIRIHU_distribution_map.jpg"/>
+            <wp:docPr id="75839445" name="name1455696d7d863b6dd" descr="LIRIHU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIHU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3117693ed6de128b8" cstate="print"/>
+                    <a:blip r:embed="rId6728696d7d863b6da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1650693ed6de13acd" w:history="1">
+      <w:hyperlink r:id="rId4869696d7d863c869" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8952,51 +8952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1874693ed6de13bf8" w:history="1">
+      <w:hyperlink r:id="rId2083696d7d863c9ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9176,51 +9176,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6328693ed6de13d6c" w:history="1">
+      <w:hyperlink r:id="rId6877696d7d863cb14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9255,101 +9255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4668693ed6de13dee" w:history="1">
+      <w:hyperlink r:id="rId4850696d7d863cb95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4545693ed6de13e3f" w:history="1">
+      <w:hyperlink r:id="rId6704696d7d863cbe6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9375,51 +9375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9173693ed6de13eb1" w:history="1">
+      <w:hyperlink r:id="rId7048696d7d863cc55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9737,51 +9737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3060693ed6de140f4" w:history="1">
+      <w:hyperlink r:id="rId7513696d7d863cea8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10273,51 +10273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3512693ed6de14449" w:history="1">
+      <w:hyperlink r:id="rId9212696d7d863d200" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11094,51 +11094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Diptera: Agromyzidae): understanding its pest status and management globally. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17(1), 1-27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9753693ed6de1497f" w:history="1">
+      <w:hyperlink r:id="rId4357696d7d863d71d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iew121</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11182,73 +11182,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2155693ed6de14a33" w:history="1">
+      <w:hyperlink r:id="rId3165696d7d863d7cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11279,63 +11279,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34369036" name="name9604693ed6de14b36" descr="eu_funding_250.png"/>
+            <wp:docPr id="54397911" name="name2686696d7d863d8c7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8398693ed6de14b34" cstate="print"/>
+                    <a:blip r:embed="rId9126696d7d863d8c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11433,137 +11433,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94211089">
+  <w:abstractNum w:abstractNumId="33081230">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49089369">
+    <w:lvl w:ilvl="0" w:tplc="61140492">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49089369" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61140492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49089369" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61140492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49089369" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61140492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49089369" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61140492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49089369" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61140492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49089369" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61140492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49089369" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61140492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49089369" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61140492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94211088">
+  <w:abstractNum w:abstractNumId="33081229">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31563628">
+    <w:lvl w:ilvl="0" w:tplc="84607082">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12315,55 +12315,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94211088">
-    <w:abstractNumId w:val="94211088"/>
+  <w:num w:numId="33081229">
+    <w:abstractNumId w:val="33081229"/>
   </w:num>
-  <w:num w:numId="94211089">
-    <w:abstractNumId w:val="94211089"/>
+  <w:num w:numId="33081230">
+    <w:abstractNumId w:val="33081230"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23913,51 +23913,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId783195887" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId652475368" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7175693ed6de0ec79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId6509693ed6de0ece5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId5053693ed6de0f4a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId1650693ed6de13acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId1874693ed6de13bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId6328693ed6de13d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId4668693ed6de13dee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId4545693ed6de13e3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId9173693ed6de13eb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId3060693ed6de140f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId3512693ed6de14449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId9753693ed6de1497f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId2155693ed6de14a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1937693ed6de0f369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1937693ed6de0f369.jpg"/><Relationship Id="rId3117693ed6de128b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3117693ed6de128b8.jpg"/><Relationship Id="rId8398693ed6de14b34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8398693ed6de14b34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId950275179" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId388277932" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6653696d7d8638366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId3773696d7d86383f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId9735696d7d86385fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId4869696d7d863c869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId2083696d7d863c9ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId6877696d7d863cb14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId4850696d7d863cb95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId6704696d7d863cbe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId7048696d7d863cc55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId7513696d7d863cea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId9212696d7d863d200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId4357696d7d863d71d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId3165696d7d863d7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9792696d7d86384c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9792696d7d86384c8.jpg"/><Relationship Id="rId6728696d7d863b6da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6728696d7d863b6da.jpg"/><Relationship Id="rId9126696d7d863d8c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9126696d7d863d8c6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>