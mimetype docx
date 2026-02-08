--- v5 (2026-01-19)
+++ v6 (2026-02-08)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Blanchard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American leaf miner, pea leaf miner, potato leaf miner, serpentine leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6653696d7d8638366" w:history="1">
+            <w:hyperlink r:id="rId537969888b7495cab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3773696d7d86383f1" w:history="1">
+            <w:hyperlink r:id="rId368669888b7495d18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIHU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25537564" name="name1586696d7d86384c9" descr="974.jpg"/>
+                  <wp:docPr id="54806379" name="name872269888b7495e34" descr="974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9792696d7d86384c8" cstate="print"/>
+                          <a:blip r:embed="rId202369888b7495e32" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9735696d7d86385fb" w:history="1">
+            <w:hyperlink r:id="rId360669888b7495f6f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5610,71 +5610,71 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scilla luciliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sechium edule</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Setaria viridis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sicyos edulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sida sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -6628,63 +6628,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in Central and South America and was absent from other continents until the 1980s. It was first detected in the EPPO region in 1987 in the Netherlands where it was found on glasshouse lettuces. It has since spread to several other European countries, Asia, Africa, North America and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75839445" name="name1455696d7d863b6dd" descr="LIRIHU_distribution_map.jpg"/>
+            <wp:docPr id="49115134" name="name861669888b74993bc" descr="LIRIHU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIHU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6728696d7d863b6da" cstate="print"/>
+                    <a:blip r:embed="rId734069888b74993b9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4869696d7d863c869" w:history="1">
+      <w:hyperlink r:id="rId601069888b749a6ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8952,51 +8952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2083696d7d863c9ab" w:history="1">
+      <w:hyperlink r:id="rId964769888b749a7dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9176,51 +9176,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6877696d7d863cb14" w:history="1">
+      <w:hyperlink r:id="rId748769888b749a9c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9255,101 +9255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4850696d7d863cb95" w:history="1">
+      <w:hyperlink r:id="rId904769888b749aa7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6704696d7d863cbe6" w:history="1">
+      <w:hyperlink r:id="rId735069888b749aadd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9375,51 +9375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7048696d7d863cc55" w:history="1">
+      <w:hyperlink r:id="rId430769888b749ab7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9737,51 +9737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7513696d7d863cea8" w:history="1">
+      <w:hyperlink r:id="rId408869888b749adce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10273,51 +10273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9212696d7d863d200" w:history="1">
+      <w:hyperlink r:id="rId273369888b749b126" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11094,51 +11094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Diptera: Agromyzidae): understanding its pest status and management globally. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17(1), 1-27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4357696d7d863d71d" w:history="1">
+      <w:hyperlink r:id="rId189169888b749b693" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iew121</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11204,51 +11204,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3165696d7d863d7cd" w:history="1">
+      <w:hyperlink r:id="rId269469888b749b747" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11279,63 +11279,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54397911" name="name2686696d7d863d8c7" descr="eu_funding_250.png"/>
+            <wp:docPr id="43034146" name="name426369888b749b841" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9126696d7d863d8c6" cstate="print"/>
+                    <a:blip r:embed="rId954469888b749b840" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11433,137 +11433,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33081230">
+  <w:abstractNum w:abstractNumId="39445269">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61140492">
+    <w:lvl w:ilvl="0" w:tplc="52459969">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61140492" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52459969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61140492" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52459969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61140492" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52459969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61140492" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52459969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61140492" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52459969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61140492" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52459969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61140492" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52459969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61140492" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52459969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33081229">
+  <w:abstractNum w:abstractNumId="39445268">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84607082">
+    <w:lvl w:ilvl="0" w:tplc="33070256">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12315,55 +12315,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33081229">
-    <w:abstractNumId w:val="33081229"/>
+  <w:num w:numId="39445268">
+    <w:abstractNumId w:val="39445268"/>
   </w:num>
-  <w:num w:numId="33081230">
-    <w:abstractNumId w:val="33081230"/>
+  <w:num w:numId="39445269">
+    <w:abstractNumId w:val="39445269"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23913,51 +23913,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId950275179" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId388277932" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6653696d7d8638366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId3773696d7d86383f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId9735696d7d86385fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId4869696d7d863c869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId2083696d7d863c9ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId6877696d7d863cb14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId4850696d7d863cb95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId6704696d7d863cbe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId7048696d7d863cc55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId7513696d7d863cea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId9212696d7d863d200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId4357696d7d863d71d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId3165696d7d863d7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9792696d7d86384c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9792696d7d86384c8.jpg"/><Relationship Id="rId6728696d7d863b6da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6728696d7d863b6da.jpg"/><Relationship Id="rId9126696d7d863d8c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9126696d7d863d8c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401604196" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId475013767" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId537969888b7495cab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId368669888b7495d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId360669888b7495f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId601069888b749a6ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId964769888b749a7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId748769888b749a9c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId904769888b749aa7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId735069888b749aadd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId430769888b749ab7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId408869888b749adce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId273369888b749b126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId189169888b749b693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId269469888b749b747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId202369888b7495e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId202369888b7495e32.jpg"/><Relationship Id="rId734069888b74993b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734069888b74993b9.jpg"/><Relationship Id="rId954469888b749b840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954469888b749b840.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>