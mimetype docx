--- v6 (2026-02-08)
+++ v7 (2026-03-01)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Blanchard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American leaf miner, pea leaf miner, potato leaf miner, serpentine leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId537969888b7495cab" w:history="1">
+            <w:hyperlink r:id="rId884469a43f1ebdb96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368669888b7495d18" w:history="1">
+            <w:hyperlink r:id="rId955869a43f1ebdc00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIHU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54806379" name="name872269888b7495e34" descr="974.jpg"/>
+                  <wp:docPr id="19726021" name="name834569a43f1ebe234" descr="974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId202369888b7495e32" cstate="print"/>
+                          <a:blip r:embed="rId734669a43f1ebe231" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId360669888b7495f6f" w:history="1">
+            <w:hyperlink r:id="rId545769a43f1ebe358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6628,63 +6628,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in Central and South America and was absent from other continents until the 1980s. It was first detected in the EPPO region in 1987 in the Netherlands where it was found on glasshouse lettuces. It has since spread to several other European countries, Asia, Africa, North America and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49115134" name="name861669888b74993bc" descr="LIRIHU_distribution_map.jpg"/>
+            <wp:docPr id="40834400" name="name206369a43f1ec1773" descr="LIRIHU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIHU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId734069888b74993b9" cstate="print"/>
+                    <a:blip r:embed="rId962469a43f1ec176f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601069888b749a6ae" w:history="1">
+      <w:hyperlink r:id="rId583469a43f1ec2877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8952,51 +8952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964769888b749a7dc" w:history="1">
+      <w:hyperlink r:id="rId329569a43f1ec29a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9176,51 +9176,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId748769888b749a9c9" w:history="1">
+      <w:hyperlink r:id="rId376669a43f1ec2b11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9255,101 +9255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904769888b749aa7b" w:history="1">
+      <w:hyperlink r:id="rId517469a43f1ec2b9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735069888b749aadd" w:history="1">
+      <w:hyperlink r:id="rId141869a43f1ec2bef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9375,51 +9375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId430769888b749ab7b" w:history="1">
+      <w:hyperlink r:id="rId192569a43f1ec2c60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9737,51 +9737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408869888b749adce" w:history="1">
+      <w:hyperlink r:id="rId907369a43f1ec2eab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10273,51 +10273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273369888b749b126" w:history="1">
+      <w:hyperlink r:id="rId953469a43f1ec3221" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11094,51 +11094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Diptera: Agromyzidae): understanding its pest status and management globally. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17(1), 1-27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189169888b749b693" w:history="1">
+      <w:hyperlink r:id="rId793969a43f1ec3b03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iew121</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11204,51 +11204,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId269469888b749b747" w:history="1">
+      <w:hyperlink r:id="rId421169a43f1ec3c17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11279,63 +11279,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43034146" name="name426369888b749b841" descr="eu_funding_250.png"/>
+            <wp:docPr id="91414667" name="name333869a43f1ec3e17" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId954469888b749b840" cstate="print"/>
+                    <a:blip r:embed="rId898269a43f1ec3e15" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11433,137 +11433,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39445269">
+  <w:abstractNum w:abstractNumId="64972929">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52459969">
+    <w:lvl w:ilvl="0" w:tplc="46080765">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52459969" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46080765" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52459969" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46080765" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52459969" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46080765" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52459969" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46080765" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52459969" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46080765" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52459969" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46080765" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52459969" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46080765" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52459969" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46080765" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39445268">
+  <w:abstractNum w:abstractNumId="64972928">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33070256">
+    <w:lvl w:ilvl="0" w:tplc="18603840">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12315,55 +12315,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39445268">
-    <w:abstractNumId w:val="39445268"/>
+  <w:num w:numId="64972928">
+    <w:abstractNumId w:val="64972928"/>
   </w:num>
-  <w:num w:numId="39445269">
-    <w:abstractNumId w:val="39445269"/>
+  <w:num w:numId="64972929">
+    <w:abstractNumId w:val="64972929"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23913,51 +23913,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401604196" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId475013767" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId537969888b7495cab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId368669888b7495d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId360669888b7495f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId601069888b749a6ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId964769888b749a7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId748769888b749a9c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId904769888b749aa7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId735069888b749aadd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId430769888b749ab7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId408869888b749adce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId273369888b749b126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId189169888b749b693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId269469888b749b747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId202369888b7495e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId202369888b7495e32.jpg"/><Relationship Id="rId734069888b74993b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734069888b74993b9.jpg"/><Relationship Id="rId954469888b749b840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954469888b749b840.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId336402069" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId616775536" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId884469a43f1ebdb96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId955869a43f1ebdc00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId545769a43f1ebe358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId583469a43f1ec2877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId329569a43f1ec29a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId376669a43f1ec2b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId517469a43f1ec2b9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId141869a43f1ec2bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId192569a43f1ec2c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId907369a43f1ec2eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId953469a43f1ec3221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId793969a43f1ec3b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId421169a43f1ec3c17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId734669a43f1ebe231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734669a43f1ebe231.jpg"/><Relationship Id="rId962469a43f1ec176f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId962469a43f1ec176f.jpg"/><Relationship Id="rId898269a43f1ec3e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId898269a43f1ec3e15.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>