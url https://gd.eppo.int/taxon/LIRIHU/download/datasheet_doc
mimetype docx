--- v7 (2026-03-01)
+++ v8 (2026-03-21)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Blanchard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American leaf miner, pea leaf miner, potato leaf miner, serpentine leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId884469a43f1ebdb96" w:history="1">
+            <w:hyperlink r:id="rId917269bf02508acf8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId955869a43f1ebdc00" w:history="1">
+            <w:hyperlink r:id="rId130569bf02508ad68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIHU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19726021" name="name834569a43f1ebe234" descr="974.jpg"/>
+                  <wp:docPr id="45667035" name="name386069bf02508da99" descr="974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId734669a43f1ebe231" cstate="print"/>
+                          <a:blip r:embed="rId301769bf02508da96" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId545769a43f1ebe358" w:history="1">
+            <w:hyperlink r:id="rId519069bf02508dbe2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6628,63 +6628,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in Central and South America and was absent from other continents until the 1980s. It was first detected in the EPPO region in 1987 in the Netherlands where it was found on glasshouse lettuces. It has since spread to several other European countries, Asia, Africa, North America and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40834400" name="name206369a43f1ec1773" descr="LIRIHU_distribution_map.jpg"/>
+            <wp:docPr id="1995702" name="name135869bf025094036" descr="LIRIHU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIHU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId962469a43f1ec176f" cstate="print"/>
+                    <a:blip r:embed="rId862469bf025094032" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583469a43f1ec2877" w:history="1">
+      <w:hyperlink r:id="rId403869bf0250950c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8952,51 +8952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329569a43f1ec29a5" w:history="1">
+      <w:hyperlink r:id="rId944569bf0250951eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9176,51 +9176,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2023) Interceptions of harmful organisms in imported plants and other objects. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId376669a43f1ec2b11" w:history="1">
+      <w:hyperlink r:id="rId581669bf025095355" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 2023-10].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9255,101 +9255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517469a43f1ec2b9f" w:history="1">
+      <w:hyperlink r:id="rId184169bf0250953e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId141869a43f1ec2bef" w:history="1">
+      <w:hyperlink r:id="rId737869bf02509543d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9375,51 +9375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192569a43f1ec2c60" w:history="1">
+      <w:hyperlink r:id="rId562269bf0250954af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9737,51 +9737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId907369a43f1ec2eab" w:history="1">
+      <w:hyperlink r:id="rId267869bf025095719" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10273,51 +10273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953469a43f1ec3221" w:history="1">
+      <w:hyperlink r:id="rId201569bf025095a82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11094,51 +11094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Diptera: Agromyzidae): understanding its pest status and management globally. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17(1), 1-27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793969a43f1ec3b03" w:history="1">
+      <w:hyperlink r:id="rId467869bf025095fb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iew121</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11204,51 +11204,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza huidobrensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421169a43f1ec3c17" w:history="1">
+      <w:hyperlink r:id="rId416569bf02509606e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11279,63 +11279,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91414667" name="name333869a43f1ec3e17" descr="eu_funding_250.png"/>
+            <wp:docPr id="71093590" name="name944369bf025098592" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId898269a43f1ec3e15" cstate="print"/>
+                    <a:blip r:embed="rId775069bf02509858e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11433,137 +11433,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64972929">
+  <w:abstractNum w:abstractNumId="60485613">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46080765">
+    <w:lvl w:ilvl="0" w:tplc="50402268">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46080765" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50402268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46080765" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50402268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46080765" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50402268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46080765" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50402268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46080765" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50402268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46080765" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50402268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46080765" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50402268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46080765" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50402268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64972928">
+  <w:abstractNum w:abstractNumId="60485612">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18603840">
+    <w:lvl w:ilvl="0" w:tplc="64942722">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12315,55 +12315,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64972928">
-    <w:abstractNumId w:val="64972928"/>
+  <w:num w:numId="60485612">
+    <w:abstractNumId w:val="60485612"/>
   </w:num>
-  <w:num w:numId="64972929">
-    <w:abstractNumId w:val="64972929"/>
+  <w:num w:numId="60485613">
+    <w:abstractNumId w:val="60485613"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23913,51 +23913,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId336402069" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId616775536" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId884469a43f1ebdb96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId955869a43f1ebdc00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId545769a43f1ebe358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId583469a43f1ec2877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId329569a43f1ec29a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId376669a43f1ec2b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId517469a43f1ec2b9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId141869a43f1ec2bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId192569a43f1ec2c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId907369a43f1ec2eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId953469a43f1ec3221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId793969a43f1ec3b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId421169a43f1ec3c17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId734669a43f1ebe231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734669a43f1ebe231.jpg"/><Relationship Id="rId962469a43f1ec176f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId962469a43f1ec176f.jpg"/><Relationship Id="rId898269a43f1ec3e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId898269a43f1ec3e15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId689148651" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582178564" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId917269bf02508acf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/" TargetMode="External"/><Relationship Id="rId130569bf02508ad68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/categorization" TargetMode="External"/><Relationship Id="rId519069bf02508dbe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIHU/photos" TargetMode="External"/><Relationship Id="rId403869bf0250950c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30956" TargetMode="External"/><Relationship Id="rId944569bf0250951eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3028" TargetMode="External"/><Relationship Id="rId581669bf025095355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId184169bf0250953e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId737869bf02509543d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId562269bf0250954af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId267869bf025095719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId201569bf025095a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId467869bf025095fb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iew121" TargetMode="External"/><Relationship Id="rId416569bf02509606e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId301769bf02508da96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId301769bf02508da96.jpg"/><Relationship Id="rId862469bf025094032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId862469bf025094032.jpg"/><Relationship Id="rId775069bf02509858e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId775069bf02509858e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>