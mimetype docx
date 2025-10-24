--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Frey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato leaf miner, potato leafminer, tomato leaf miner, tomato leafminer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId930868e095a44096d" w:history="1">
+            <w:hyperlink r:id="rId239668fba4699070f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId587068e095a4409b1" w:history="1">
+            <w:hyperlink r:id="rId184868fba46990798" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13845662" name="name812068e095a440abf" descr="965.jpg"/>
+                  <wp:docPr id="21378682" name="name126568fba46990e61" descr="965.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="965.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId128568e095a440abe" cstate="print"/>
+                          <a:blip r:embed="rId630668fba46990e5f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId606768e095a440bae" w:history="1">
+            <w:hyperlink r:id="rId601668fba46990f79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1165,63 +1165,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> attacks crops grown in open fields.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19583713" name="name934168e095a441e2e" descr="LIRIBO_distribution_map.jpg"/>
+            <wp:docPr id="21305593" name="name918268fba46991f49" descr="LIRIBO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIBO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId117668e095a441e2b" cstate="print"/>
+                    <a:blip r:embed="rId576768fba46991f47" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2997,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6038. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315168e095a442bd2" w:history="1">
+      <w:hyperlink r:id="rId880568fba46992d13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6038</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,101 +3261,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359368e095a442d79" w:history="1">
+      <w:hyperlink r:id="rId852068fba46992ec3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322368e095a442dcb" w:history="1">
+      <w:hyperlink r:id="rId758268fba46992f16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3381,51 +3381,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642168e095a442e3a" w:history="1">
+      <w:hyperlink r:id="rId587968fba46992f87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3743,51 +3743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441268e095a443073" w:history="1">
+      <w:hyperlink r:id="rId904768fba469931c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4185,51 +4185,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-255. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108968e095a443327" w:history="1">
+      <w:hyperlink r:id="rId538768fba4699348e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4509,51 +4509,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId526168e095a44353a" w:history="1">
+      <w:hyperlink r:id="rId602768fba4699369c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4619,51 +4619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812068e095a443602" w:history="1">
+      <w:hyperlink r:id="rId326868fba4699375f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4694,63 +4694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1888978" name="name564668e095a4436c0" descr="eu_funding_250.png"/>
+            <wp:docPr id="60550310" name="name287768fba4699384a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId553468e095a4436bf" cstate="print"/>
+                    <a:blip r:embed="rId933968fba46993849" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4848,137 +4848,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37698709">
+  <w:abstractNum w:abstractNumId="62968096">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76748626">
+    <w:lvl w:ilvl="0" w:tplc="55224074">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76748626" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55224074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76748626" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55224074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76748626" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55224074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76748626" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55224074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76748626" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55224074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76748626" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55224074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76748626" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55224074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76748626" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55224074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37698708">
+  <w:abstractNum w:abstractNumId="62968095">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64889782">
+    <w:lvl w:ilvl="0" w:tplc="73680911">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5730,55 +5730,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37698708">
-    <w:abstractNumId w:val="37698708"/>
+  <w:num w:numId="62968095">
+    <w:abstractNumId w:val="62968095"/>
   </w:num>
-  <w:num w:numId="37698709">
-    <w:abstractNumId w:val="37698709"/>
+  <w:num w:numId="62968096">
+    <w:abstractNumId w:val="62968096"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17328,51 +17328,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId125133448" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId210533367" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId930868e095a44096d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId587068e095a4409b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId606768e095a440bae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId315168e095a442bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId359368e095a442d79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId322368e095a442dcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId642168e095a442e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId441268e095a443073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId108968e095a443327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId526168e095a44353a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId812068e095a443602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId128568e095a440abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId128568e095a440abe.jpg"/><Relationship Id="rId117668e095a441e2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId117668e095a441e2b.jpg"/><Relationship Id="rId553468e095a4436bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId553468e095a4436bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454042373" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId463749817" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId239668fba4699070f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId184868fba46990798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId601668fba46990f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId880568fba46992d13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId852068fba46992ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId758268fba46992f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId587968fba46992f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId904768fba469931c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId538768fba4699348e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId602768fba4699369c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId326868fba4699375f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId630668fba46990e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630668fba46990e5f.jpg"/><Relationship Id="rId576768fba46991f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId576768fba46991f47.jpg"/><Relationship Id="rId933968fba46993849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId933968fba46993849.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>