--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Frey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato leaf miner, potato leafminer, tomato leaf miner, tomato leafminer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239668fba4699070f" w:history="1">
+            <w:hyperlink r:id="rId48576918613757578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184868fba46990798" w:history="1">
+            <w:hyperlink r:id="rId157669186137575bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21378682" name="name126568fba46990e61" descr="965.jpg"/>
+                  <wp:docPr id="50681665" name="name65526918613757d1d" descr="965.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="965.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId630668fba46990e5f" cstate="print"/>
+                          <a:blip r:embed="rId13036918613757d1b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId601668fba46990f79" w:history="1">
+            <w:hyperlink r:id="rId46576918613757df8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1165,63 +1165,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> attacks crops grown in open fields.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21305593" name="name918268fba46991f49" descr="LIRIBO_distribution_map.jpg"/>
+            <wp:docPr id="99235455" name="name64026918613758e33" descr="LIRIBO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIBO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId576768fba46991f47" cstate="print"/>
+                    <a:blip r:embed="rId86616918613758e30" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2997,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6038. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId880568fba46992d13" w:history="1">
+      <w:hyperlink r:id="rId80836918613759b95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6038</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,101 +3261,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852068fba46992ec3" w:history="1">
+      <w:hyperlink r:id="rId81476918613759d56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId758268fba46992f16" w:history="1">
+      <w:hyperlink r:id="rId60576918613759dad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3381,51 +3381,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587968fba46992f87" w:history="1">
+      <w:hyperlink r:id="rId50026918613759e20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3743,51 +3743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904768fba469931c4" w:history="1">
+      <w:hyperlink r:id="rId4568691861375a066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4185,51 +4185,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-255. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538768fba4699348e" w:history="1">
+      <w:hyperlink r:id="rId2040691861375a33f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4509,51 +4509,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602768fba4699369c" w:history="1">
+      <w:hyperlink r:id="rId2307691861375a795" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4619,51 +4619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326868fba4699375f" w:history="1">
+      <w:hyperlink r:id="rId9503691861375a85a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4694,63 +4694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60550310" name="name287768fba4699384a" descr="eu_funding_250.png"/>
+            <wp:docPr id="28551627" name="name4934691861375a94f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId933968fba46993849" cstate="print"/>
+                    <a:blip r:embed="rId9438691861375a94d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4848,137 +4848,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62968096">
+  <w:abstractNum w:abstractNumId="49136586">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55224074">
+    <w:lvl w:ilvl="0" w:tplc="80894356">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55224074" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80894356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55224074" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80894356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55224074" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80894356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55224074" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80894356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55224074" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80894356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55224074" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80894356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55224074" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80894356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55224074" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80894356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62968095">
+  <w:abstractNum w:abstractNumId="49136585">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73680911">
+    <w:lvl w:ilvl="0" w:tplc="97844782">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5730,55 +5730,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62968095">
-    <w:abstractNumId w:val="62968095"/>
+  <w:num w:numId="49136585">
+    <w:abstractNumId w:val="49136585"/>
   </w:num>
-  <w:num w:numId="62968096">
-    <w:abstractNumId w:val="62968096"/>
+  <w:num w:numId="49136586">
+    <w:abstractNumId w:val="49136586"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17328,51 +17328,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454042373" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId463749817" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId239668fba4699070f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId184868fba46990798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId601668fba46990f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId880568fba46992d13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId852068fba46992ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId758268fba46992f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId587968fba46992f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId904768fba469931c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId538768fba4699348e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId602768fba4699369c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId326868fba4699375f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId630668fba46990e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630668fba46990e5f.jpg"/><Relationship Id="rId576768fba46991f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId576768fba46991f47.jpg"/><Relationship Id="rId933968fba46993849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId933968fba46993849.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId578061300" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId258065569" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48576918613757578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId157669186137575bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId46576918613757df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId80836918613759b95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId81476918613759d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId60576918613759dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId50026918613759e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId4568691861375a066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId2040691861375a33f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId2307691861375a795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId9503691861375a85a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13036918613757d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13036918613757d1b.jpg"/><Relationship Id="rId86616918613758e30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86616918613758e30.jpg"/><Relationship Id="rId9438691861375a94d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9438691861375a94d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>