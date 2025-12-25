--- v2 (2025-11-15)
+++ v3 (2025-12-25)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Frey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato leaf miner, potato leafminer, tomato leaf miner, tomato leafminer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48576918613757578" w:history="1">
+            <w:hyperlink r:id="rId8254694d9658c9ac3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157669186137575bc" w:history="1">
+            <w:hyperlink r:id="rId7792694d9658c9b11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50681665" name="name65526918613757d1d" descr="965.jpg"/>
+                  <wp:docPr id="47353202" name="name6829694d9658cc183" descr="965.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="965.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13036918613757d1b" cstate="print"/>
+                          <a:blip r:embed="rId7702694d9658cc182" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId46576918613757df8" w:history="1">
+            <w:hyperlink r:id="rId6260694d9658cc251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1165,63 +1165,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> attacks crops grown in open fields.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99235455" name="name64026918613758e33" descr="LIRIBO_distribution_map.jpg"/>
+            <wp:docPr id="88251560" name="name4375694d9658cd329" descr="LIRIBO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIBO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86616918613758e30" cstate="print"/>
+                    <a:blip r:embed="rId1819694d9658cd326" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2997,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6038. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80836918613759b95" w:history="1">
+      <w:hyperlink r:id="rId6069694d9658ce044" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6038</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,101 +3261,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81476918613759d56" w:history="1">
+      <w:hyperlink r:id="rId5263694d9658ce203" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60576918613759dad" w:history="1">
+      <w:hyperlink r:id="rId2726694d9658ce257" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3381,51 +3381,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50026918613759e20" w:history="1">
+      <w:hyperlink r:id="rId2775694d9658ce2c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3743,51 +3743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4568691861375a066" w:history="1">
+      <w:hyperlink r:id="rId1701694d9658ce517" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4185,51 +4185,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-255. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2040691861375a33f" w:history="1">
+      <w:hyperlink r:id="rId1480694d9658ce7d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4509,51 +4509,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2307691861375a795" w:history="1">
+      <w:hyperlink r:id="rId8065694d9658cea3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4619,51 +4619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9503691861375a85a" w:history="1">
+      <w:hyperlink r:id="rId7663694d9658ceaff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4694,63 +4694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28551627" name="name4934691861375a94f" descr="eu_funding_250.png"/>
+            <wp:docPr id="12894581" name="name1237694d9658cebb0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9438691861375a94d" cstate="print"/>
+                    <a:blip r:embed="rId6313694d9658cebaf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4848,137 +4848,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49136586">
+  <w:abstractNum w:abstractNumId="84137644">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80894356">
+    <w:lvl w:ilvl="0" w:tplc="35883416">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80894356" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35883416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80894356" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35883416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80894356" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35883416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80894356" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35883416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80894356" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35883416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80894356" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35883416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80894356" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35883416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80894356" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35883416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49136585">
+  <w:abstractNum w:abstractNumId="84137643">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97844782">
+    <w:lvl w:ilvl="0" w:tplc="36953757">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5730,55 +5730,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49136585">
-    <w:abstractNumId w:val="49136585"/>
+  <w:num w:numId="84137643">
+    <w:abstractNumId w:val="84137643"/>
   </w:num>
-  <w:num w:numId="49136586">
-    <w:abstractNumId w:val="49136586"/>
+  <w:num w:numId="84137644">
+    <w:abstractNumId w:val="84137644"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17328,51 +17328,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId578061300" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId258065569" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48576918613757578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId157669186137575bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId46576918613757df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId80836918613759b95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId81476918613759d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId60576918613759dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId50026918613759e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId4568691861375a066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId2040691861375a33f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId2307691861375a795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId9503691861375a85a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13036918613757d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13036918613757d1b.jpg"/><Relationship Id="rId86616918613758e30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86616918613758e30.jpg"/><Relationship Id="rId9438691861375a94d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9438691861375a94d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId239585552" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId587491821" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8254694d9658c9ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId7792694d9658c9b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId6260694d9658cc251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId6069694d9658ce044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId5263694d9658ce203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId2726694d9658ce257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId2775694d9658ce2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId1701694d9658ce517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId1480694d9658ce7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId8065694d9658cea3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId7663694d9658ceaff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7702694d9658cc182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7702694d9658cc182.jpg"/><Relationship Id="rId1819694d9658cd326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1819694d9658cd326.jpg"/><Relationship Id="rId6313694d9658cebaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6313694d9658cebaf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>