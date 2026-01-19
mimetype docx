--- v3 (2025-12-25)
+++ v4 (2026-01-19)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Frey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato leaf miner, potato leafminer, tomato leaf miner, tomato leafminer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8254694d9658c9ac3" w:history="1">
+            <w:hyperlink r:id="rId5633696d7d6c3e4d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7792694d9658c9b11" w:history="1">
+            <w:hyperlink r:id="rId9364696d7d6c3e51b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47353202" name="name6829694d9658cc183" descr="965.jpg"/>
+                  <wp:docPr id="46878011" name="name6179696d7d6c3e5d8" descr="965.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="965.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7702694d9658cc182" cstate="print"/>
+                          <a:blip r:embed="rId2621696d7d6c3e5d6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6260694d9658cc251" w:history="1">
+            <w:hyperlink r:id="rId4927696d7d6c3e6d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1165,63 +1165,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> attacks crops grown in open fields.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88251560" name="name4375694d9658cd329" descr="LIRIBO_distribution_map.jpg"/>
+            <wp:docPr id="26365861" name="name9813696d7d6c3fcd9" descr="LIRIBO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIBO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1819694d9658cd326" cstate="print"/>
+                    <a:blip r:embed="rId2894696d7d6c3fcd6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2997,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6038. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6069694d9658ce044" w:history="1">
+      <w:hyperlink r:id="rId2394696d7d6c40ab3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6038</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,101 +3261,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5263694d9658ce203" w:history="1">
+      <w:hyperlink r:id="rId1610696d7d6c40c8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2726694d9658ce257" w:history="1">
+      <w:hyperlink r:id="rId5790696d7d6c40cdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3381,51 +3381,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2775694d9658ce2c9" w:history="1">
+      <w:hyperlink r:id="rId9559696d7d6c40d51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3743,51 +3743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1701694d9658ce517" w:history="1">
+      <w:hyperlink r:id="rId6647696d7d6c40fa2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4185,51 +4185,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-255. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1480694d9658ce7d5" w:history="1">
+      <w:hyperlink r:id="rId6670696d7d6c412ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4509,51 +4509,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8065694d9658cea3b" w:history="1">
+      <w:hyperlink r:id="rId5186696d7d6c41539" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4597,73 +4597,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7663694d9658ceaff" w:history="1">
+      <w:hyperlink r:id="rId9119696d7d6c415f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4694,63 +4694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12894581" name="name1237694d9658cebb0" descr="eu_funding_250.png"/>
+            <wp:docPr id="38240682" name="name7586696d7d6c41705" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6313694d9658cebaf" cstate="print"/>
+                    <a:blip r:embed="rId6011696d7d6c41704" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4848,137 +4848,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84137644">
+  <w:abstractNum w:abstractNumId="24435433">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35883416">
+    <w:lvl w:ilvl="0" w:tplc="71735676">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35883416" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71735676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35883416" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71735676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35883416" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71735676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35883416" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71735676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35883416" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71735676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35883416" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71735676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35883416" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71735676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35883416" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71735676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84137643">
+  <w:abstractNum w:abstractNumId="24435432">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36953757">
+    <w:lvl w:ilvl="0" w:tplc="80473531">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5730,55 +5730,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84137643">
-    <w:abstractNumId w:val="84137643"/>
+  <w:num w:numId="24435432">
+    <w:abstractNumId w:val="24435432"/>
   </w:num>
-  <w:num w:numId="84137644">
-    <w:abstractNumId w:val="84137644"/>
+  <w:num w:numId="24435433">
+    <w:abstractNumId w:val="24435433"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17328,51 +17328,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId239585552" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId587491821" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8254694d9658c9ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId7792694d9658c9b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId6260694d9658cc251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId6069694d9658ce044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId5263694d9658ce203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId2726694d9658ce257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId2775694d9658ce2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId1701694d9658ce517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId1480694d9658ce7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId8065694d9658cea3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId7663694d9658ceaff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7702694d9658cc182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7702694d9658cc182.jpg"/><Relationship Id="rId1819694d9658cd326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1819694d9658cd326.jpg"/><Relationship Id="rId6313694d9658cebaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6313694d9658cebaf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId784803787" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId753314343" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5633696d7d6c3e4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId9364696d7d6c3e51b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId4927696d7d6c3e6d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId2394696d7d6c40ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId1610696d7d6c40c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId5790696d7d6c40cdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId9559696d7d6c40d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId6647696d7d6c40fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId6670696d7d6c412ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId5186696d7d6c41539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId9119696d7d6c415f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2621696d7d6c3e5d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2621696d7d6c3e5d6.jpg"/><Relationship Id="rId2894696d7d6c3fcd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2894696d7d6c3fcd6.jpg"/><Relationship Id="rId6011696d7d6c41704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6011696d7d6c41704.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>