--- v4 (2026-01-19)
+++ v5 (2026-02-08)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Frey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato leaf miner, potato leafminer, tomato leaf miner, tomato leafminer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5633696d7d6c3e4d6" w:history="1">
+            <w:hyperlink r:id="rId9882698869168b205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9364696d7d6c3e51b" w:history="1">
+            <w:hyperlink r:id="rId7463698869168b24a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46878011" name="name6179696d7d6c3e5d8" descr="965.jpg"/>
+                  <wp:docPr id="93994327" name="name9163698869168b981" descr="965.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="965.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2621696d7d6c3e5d6" cstate="print"/>
+                          <a:blip r:embed="rId5233698869168b97f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4927696d7d6c3e6d1" w:history="1">
+            <w:hyperlink r:id="rId1120698869168bb6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1160,110 +1160,78 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> probably originates from Southern Europe but has now spread to Central and Northern Europe as well as North Africa and Asia. In Central and Northern Europe, it is primarily found in glasshouses. In the more southern parts of its distribution range, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> attacks crops grown in open fields.</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Armenia, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland, Sicilia), Latvia, Malta, Moldova, Republic of, Montenegro, Morocco, Netherlands, Norway, Poland, Portugal (mainland, Azores), Romania, Russian Federation (the) (Central Russia, Southern Russia, Western Siberia), Serbia, Slovenia, Spain (mainland), Sweden, Türkiye, Ukraine, United Kingdom (Channel Islands, England)</w:t>
+        <w:t xml:space="preserve"> Albania, Armenia, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland, Sicilia), Latvia, Malta, Moldova, Republic of, Montenegro, Morocco, Netherlands, Norway, Poland, Portugal (mainland, Azores), Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovenia, Spain (mainland), Sweden, Türkiye, Ukraine, United Kingdom (Channel Islands, England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Libya, Morocco</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2997,51 +2965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6038. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2394696d7d6c40ab3" w:history="1">
+      <w:hyperlink r:id="rId3461698869168ce44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6038</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,101 +3229,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1610696d7d6c40c8b" w:history="1">
+      <w:hyperlink r:id="rId6588698869168cfeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5790696d7d6c40cdf" w:history="1">
+      <w:hyperlink r:id="rId1478698869168d03b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3381,51 +3349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9559696d7d6c40d51" w:history="1">
+      <w:hyperlink r:id="rId5215698869168d0aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3743,51 +3711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6647696d7d6c40fa2" w:history="1">
+      <w:hyperlink r:id="rId7953698869168d2e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4185,51 +4153,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-255. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6670696d7d6c412ae" w:history="1">
+      <w:hyperlink r:id="rId3921698869168d596" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4509,51 +4477,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5186696d7d6c41539" w:history="1">
+      <w:hyperlink r:id="rId2272698869168d79e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4619,51 +4587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9119696d7d6c415f3" w:history="1">
+      <w:hyperlink r:id="rId2676698869168d866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4694,63 +4662,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38240682" name="name7586696d7d6c41705" descr="eu_funding_250.png"/>
+            <wp:docPr id="11091785" name="name4492698869168d947" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6011696d7d6c41704" cstate="print"/>
+                    <a:blip r:embed="rId7845698869168d946" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4848,137 +4816,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24435433">
+  <w:abstractNum w:abstractNumId="17983748">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71735676">
+    <w:lvl w:ilvl="0" w:tplc="23198724">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71735676" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23198724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71735676" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23198724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71735676" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23198724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71735676" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23198724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71735676" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23198724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71735676" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23198724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71735676" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23198724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71735676" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23198724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24435432">
+  <w:abstractNum w:abstractNumId="17983747">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80473531">
+    <w:lvl w:ilvl="0" w:tplc="15218841">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5730,55 +5698,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24435432">
-    <w:abstractNumId w:val="24435432"/>
+  <w:num w:numId="17983747">
+    <w:abstractNumId w:val="17983747"/>
   </w:num>
-  <w:num w:numId="24435433">
-    <w:abstractNumId w:val="24435433"/>
+  <w:num w:numId="17983748">
+    <w:abstractNumId w:val="17983748"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17328,51 +17296,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId784803787" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId753314343" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5633696d7d6c3e4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId9364696d7d6c3e51b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId4927696d7d6c3e6d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId2394696d7d6c40ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId1610696d7d6c40c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId5790696d7d6c40cdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId9559696d7d6c40d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId6647696d7d6c40fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId6670696d7d6c412ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId5186696d7d6c41539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId9119696d7d6c415f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2621696d7d6c3e5d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2621696d7d6c3e5d6.jpg"/><Relationship Id="rId2894696d7d6c3fcd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2894696d7d6c3fcd6.jpg"/><Relationship Id="rId6011696d7d6c41704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6011696d7d6c41704.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId484351743" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId826043233" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9882698869168b205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId7463698869168b24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId1120698869168bb6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId3461698869168ce44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId6588698869168cfeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId1478698869168d03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId5215698869168d0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId7953698869168d2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId3921698869168d596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId2272698869168d79e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId2676698869168d866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5233698869168b97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5233698869168b97f.jpg"/><Relationship Id="rId7845698869168d946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7845698869168d946.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>