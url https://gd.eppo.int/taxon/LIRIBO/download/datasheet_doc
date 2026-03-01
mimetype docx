--- v5 (2026-02-08)
+++ v6 (2026-03-01)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Frey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato leaf miner, potato leafminer, tomato leaf miner, tomato leafminer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9882698869168b205" w:history="1">
+            <w:hyperlink r:id="rId885969a43f0b216fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7463698869168b24a" w:history="1">
+            <w:hyperlink r:id="rId970069a43f0b2173e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93994327" name="name9163698869168b981" descr="965.jpg"/>
+                  <wp:docPr id="28933736" name="name734969a43f0b21f62" descr="965.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="965.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5233698869168b97f" cstate="print"/>
+                          <a:blip r:embed="rId107669a43f0b21f5f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1120698869168bb6a" w:history="1">
+            <w:hyperlink r:id="rId582969a43f0b2208f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1160,68 +1160,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> probably originates from Southern Europe but has now spread to Central and Northern Europe as well as North Africa and Asia. In Central and Northern Europe, it is primarily found in glasshouses. In the more southern parts of its distribution range, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> attacks crops grown in open fields.</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="52938196" name="name550969a43f0b23482" descr="LIRIBO_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="LIRIBO_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId263469a43f0b2347e" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Albania, Armenia, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland, Sicilia), Latvia, Malta, Moldova, Republic of, Montenegro, Morocco, Netherlands, Norway, Poland, Portugal (mainland, Azores), Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovenia, Spain (mainland), Sweden, Türkiye, Ukraine, United Kingdom (Channel Islands, England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2965,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6038. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3461698869168ce44" w:history="1">
+      <w:hyperlink r:id="rId175869a43f0b25a47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6038</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3229,101 +3261,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6588698869168cfeb" w:history="1">
+      <w:hyperlink r:id="rId615769a43f0b25c30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1478698869168d03b" w:history="1">
+      <w:hyperlink r:id="rId564469a43f0b25c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3349,51 +3381,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5215698869168d0aa" w:history="1">
+      <w:hyperlink r:id="rId530569a43f0b25cfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3711,51 +3743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7953698869168d2e4" w:history="1">
+      <w:hyperlink r:id="rId257269a43f0b25f78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4153,51 +4185,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-255. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3921698869168d596" w:history="1">
+      <w:hyperlink r:id="rId405469a43f0b2628c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4477,51 +4509,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2272698869168d79e" w:history="1">
+      <w:hyperlink r:id="rId604769a43f0b264a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4587,51 +4619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2676698869168d866" w:history="1">
+      <w:hyperlink r:id="rId233169a43f0b2655e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4662,63 +4694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11091785" name="name4492698869168d947" descr="eu_funding_250.png"/>
+            <wp:docPr id="77090049" name="name159269a43f0b2667a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7845698869168d946" cstate="print"/>
+                    <a:blip r:embed="rId768869a43f0b26679" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4816,137 +4848,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17983748">
+  <w:abstractNum w:abstractNumId="37107943">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23198724">
+    <w:lvl w:ilvl="0" w:tplc="93695954">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23198724" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93695954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23198724" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93695954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23198724" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93695954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23198724" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93695954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23198724" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93695954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23198724" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93695954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23198724" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93695954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23198724" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93695954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17983747">
+  <w:abstractNum w:abstractNumId="37107942">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15218841">
+    <w:lvl w:ilvl="0" w:tplc="70916226">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5698,55 +5730,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17983747">
-    <w:abstractNumId w:val="17983747"/>
+  <w:num w:numId="37107942">
+    <w:abstractNumId w:val="37107942"/>
   </w:num>
-  <w:num w:numId="17983748">
-    <w:abstractNumId w:val="17983748"/>
+  <w:num w:numId="37107943">
+    <w:abstractNumId w:val="37107943"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17296,51 +17328,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId484351743" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId826043233" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9882698869168b205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId7463698869168b24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId1120698869168bb6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId3461698869168ce44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId6588698869168cfeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId1478698869168d03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId5215698869168d0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId7953698869168d2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId3921698869168d596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId2272698869168d79e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId2676698869168d866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5233698869168b97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5233698869168b97f.jpg"/><Relationship Id="rId7845698869168d946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7845698869168d946.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394081497" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId832660538" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId885969a43f0b216fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId970069a43f0b2173e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId582969a43f0b2208f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId175869a43f0b25a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId615769a43f0b25c30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId564469a43f0b25c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId530569a43f0b25cfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId257269a43f0b25f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId405469a43f0b2628c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId604769a43f0b264a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId233169a43f0b2655e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId107669a43f0b21f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId107669a43f0b21f5f.jpg"/><Relationship Id="rId263469a43f0b2347e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263469a43f0b2347e.jpg"/><Relationship Id="rId768869a43f0b26679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId768869a43f0b26679.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>