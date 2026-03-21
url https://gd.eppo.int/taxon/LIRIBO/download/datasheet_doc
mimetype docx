--- v6 (2026-03-01)
+++ v7 (2026-03-21)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Frey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato leaf miner, potato leafminer, tomato leaf miner, tomato leafminer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId885969a43f0b216fb" w:history="1">
+            <w:hyperlink r:id="rId428169bf023e68785" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId970069a43f0b2173e" w:history="1">
+            <w:hyperlink r:id="rId723269bf023e687fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIRIBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28933736" name="name734969a43f0b21f62" descr="965.jpg"/>
+                  <wp:docPr id="26196257" name="name277169bf023e68db9" descr="965.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="965.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId107669a43f0b21f5f" cstate="print"/>
+                          <a:blip r:embed="rId509069bf023e68db7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId582969a43f0b2208f" w:history="1">
+            <w:hyperlink r:id="rId658969bf023e68ef5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1165,105 +1165,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> attacks crops grown in open fields.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52938196" name="name550969a43f0b23482" descr="LIRIBO_distribution_map.jpg"/>
+            <wp:docPr id="13151817" name="name619269bf023e69db3" descr="LIRIBO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIRIBO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId263469a43f0b2347e" cstate="print"/>
+                    <a:blip r:embed="rId659469bf023e69db0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Armenia, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland, Sicilia), Latvia, Malta, Moldova, Republic of, Montenegro, Morocco, Netherlands, Norway, Poland, Portugal (mainland, Azores), Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovenia, Spain (mainland), Sweden, Türkiye, Ukraine, United Kingdom (Channel Islands, England)</w:t>
+        <w:t xml:space="preserve"> Albania, Armenia, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland, Sicilia), Latvia, Malta, Moldova, Republic of, Montenegro, Morocco, Netherlands, Norway, Poland, Portugal (mainland, Azores), Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Türkiye, Ukraine, United Kingdom (Channel Islands, England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Libya, Morocco</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2997,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6038. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175869a43f0b25a47" w:history="1">
+      <w:hyperlink r:id="rId338169bf023e6ab8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6038</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,101 +3261,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e0270897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615769a43f0b25c30" w:history="1">
+      <w:hyperlink r:id="rId568369bf023e6ad64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0270897</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mik, 1894 in GBIF Secretariat. GBIF Backbone Taxonomy. Checklist dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564469a43f0b25c89" w:history="1">
+      <w:hyperlink r:id="rId553969bf023e6adb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/39omei</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed via GBIF.org on 2023-10-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3381,51 +3381,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza. International Standard for Phytosanitary measures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, annex 16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530569a43f0b25cfb" w:history="1">
+      <w:hyperlink r:id="rId758069bf023e6ae29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3743,51 +3743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malipatil M, Blacket M, Wainer J, Ridland P &amp; Reviewer Jones DC (Subcommittee on Plant Health Diagnostics) (2016) National Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza trifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – NDP27 V1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId257269a43f0b25f78" w:history="1">
+      <w:hyperlink r:id="rId331269bf023e6b082" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4185,51 +4185,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-255. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insecticides. Development of safer and more effective technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. Trdan S) IntechOpen, 235-255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405469a43f0b2628c" w:history="1">
+      <w:hyperlink r:id="rId836769bf023e6b34a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5772/53874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4509,51 +4509,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604769a43f0b264a2" w:history="1">
+      <w:hyperlink r:id="rId936769bf023e6b569" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4619,51 +4619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liriomyza bryoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233169a43f0b2655e" w:history="1">
+      <w:hyperlink r:id="rId726469bf023e6b623" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4694,63 +4694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77090049" name="name159269a43f0b2667a" descr="eu_funding_250.png"/>
+            <wp:docPr id="2674150" name="name483869bf023e6b904" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId768869a43f0b26679" cstate="print"/>
+                    <a:blip r:embed="rId517969bf023e6b902" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4848,137 +4848,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37107943">
+  <w:abstractNum w:abstractNumId="70159740">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93695954">
+    <w:lvl w:ilvl="0" w:tplc="56601369">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93695954" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56601369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93695954" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56601369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93695954" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56601369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93695954" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56601369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93695954" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56601369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93695954" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56601369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93695954" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56601369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93695954" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56601369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37107942">
+  <w:abstractNum w:abstractNumId="70159739">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70916226">
+    <w:lvl w:ilvl="0" w:tplc="95607974">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5730,55 +5730,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37107942">
-    <w:abstractNumId w:val="37107942"/>
+  <w:num w:numId="70159739">
+    <w:abstractNumId w:val="70159739"/>
   </w:num>
-  <w:num w:numId="37107943">
-    <w:abstractNumId w:val="37107943"/>
+  <w:num w:numId="70159740">
+    <w:abstractNumId w:val="70159740"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17328,51 +17328,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394081497" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId832660538" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId885969a43f0b216fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId970069a43f0b2173e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId582969a43f0b2208f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId175869a43f0b25a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId615769a43f0b25c30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId564469a43f0b25c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId530569a43f0b25cfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId257269a43f0b25f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId405469a43f0b2628c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId604769a43f0b264a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId233169a43f0b2655e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId107669a43f0b21f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId107669a43f0b21f5f.jpg"/><Relationship Id="rId263469a43f0b2347e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263469a43f0b2347e.jpg"/><Relationship Id="rId768869a43f0b26679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId768869a43f0b26679.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId506135098" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId129951518" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId428169bf023e68785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/" TargetMode="External"/><Relationship Id="rId723269bf023e687fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/categorization" TargetMode="External"/><Relationship Id="rId658969bf023e68ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIRIBO/photos" TargetMode="External"/><Relationship Id="rId338169bf023e6ab8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6038" TargetMode="External"/><Relationship Id="rId568369bf023e6ad64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0270897" TargetMode="External"/><Relationship Id="rId553969bf023e6adb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/39omei" TargetMode="External"/><Relationship Id="rId758069bf023e6ae29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2017/01/DP_16_2016_En_2017-01-30.pdf" TargetMode="External"/><Relationship Id="rId331269bf023e6b082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiosecuritydiagnostics.net.au/app/uploads/2018/11/NDP-27-American-serpentine-leaf-miner-Liriomyza-trifolii-V1.pdf" TargetMode="External"/><Relationship Id="rId836769bf023e6b34a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5772/53874" TargetMode="External"/><Relationship Id="rId936769bf023e6b569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.30950" TargetMode="External"/><Relationship Id="rId726469bf023e6b623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId509069bf023e68db7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId509069bf023e68db7.jpg"/><Relationship Id="rId659469bf023e69db0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId659469bf023e69db0.jpg"/><Relationship Id="rId517969bf023e6b902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId517969bf023e6b902.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>