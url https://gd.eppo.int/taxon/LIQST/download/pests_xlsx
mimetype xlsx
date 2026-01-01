--- v0 (2025-10-08)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LIQST" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t xml:space="preserve">* Bright DE (1987) The metallic wood-boring beetles of Canada and Alaska, Coleoptera: Buprestidae. In The insects and arachnids of Canada (p. part. 15). Ottawa: Biosystematics Research Center.
 ------- 5 species of the femorata complex (at the time) considered together. Mentions that some of the records may refer to other species in the complex. Publication pre-dates Wellso &amp; Manley, 2007.
 * EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
@@ -278,50 +278,60 @@
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Hizal E, Oztemiz S, Gjonov I (2019) Ricania shantungensis Chou &amp; Lu 1977 (Hemiptera: Fulgoromorpha: Ricaniidae) a new invasive insect species in European Turkey. Fresenius Environmental Bulletin 28 (12A), 9816-9820.
 ------ new host in Turkey.</t>
+  </si>
+  <si>
+    <t>SCITDO</t>
+  </si>
+  <si>
+    <t>Scirtothrips dorsalis</t>
+  </si>
+  <si>
+    <t>* Lahiri S, Perry C (2025) Expanding host range of invasive pest Scirtothrips dorsalis Hood. Advances in Entomology.  IntechOpen. DOI: 10.5772/intechopen.1010077
+------- reproductive host.</t>
   </si>
   <si>
     <t>SLENRU</t>
   </si>
   <si>
     <t>Selenothrips rubrocinctus</t>
   </si>
   <si>
     <t>* Lima Bezerra EF, Thomazini M, Souza Santos R, Novais Lopes E, Saito L, Zucchi RA (2016) New findings of thrips (Thysanoptera: Thripidae) on plants in Brazil. Florida Entomologist 99(1), 146-149.
 * Taddei A, Vono G, Vierbergen G, Wojnar A, Zugno M, Marullo R (2021) First field record of the tropical red-banded thrips Selenothrips rubrocinctus (Thripidae: Panchaetothripinae) in Europe. Forests 12(11),1484. https://doi.org/10.3390/f12111484
 ------- host in Italy.</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Ward KE, Sayer MAS (2004) Susceptibility of potted sweetgum seedlings to insect herbivore damage as influenced by fertilization. Res. Pap. SRS-33. Asheville, NC: USDA, Forest Service, Southern Research Station, 7 pp.</t>
   </si>
   <si>
     <t>XIPHRI</t>
   </si>
@@ -718,51 +728,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1216,63 +1226,77 @@
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
         <v>101</v>
       </c>
       <c r="C34" t="s">
         <v>102</v>
       </c>
       <c r="D34" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
         <v>104</v>
       </c>
       <c r="C35" t="s">
         <v>105</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="B36" t="s">
         <v>107</v>
       </c>
       <c r="C36" t="s">
         <v>108</v>
       </c>
       <c r="D36"/>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>109</v>
+      </c>
+      <c r="B37" t="s">
+        <v>110</v>
+      </c>
+      <c r="C37" t="s">
+        <v>111</v>
+      </c>
+      <c r="D37"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>