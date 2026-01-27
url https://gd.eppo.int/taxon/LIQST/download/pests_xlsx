--- v1 (2026-01-01)
+++ v2 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LIQST" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t xml:space="preserve">* Bright DE (1987) The metallic wood-boring beetles of Canada and Alaska, Coleoptera: Buprestidae. In The insects and arachnids of Canada (p. part. 15). Ottawa: Biosystematics Research Center.
 ------- 5 species of the femorata complex (at the time) considered together. Mentions that some of the records may refer to other species in the complex. Publication pre-dates Wellso &amp; Manley, 2007.
 * EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
@@ -309,50 +309,59 @@
   </si>
   <si>
     <t>* Lahiri S, Perry C (2025) Expanding host range of invasive pest Scirtothrips dorsalis Hood. Advances in Entomology.  IntechOpen. DOI: 10.5772/intechopen.1010077
 ------- reproductive host.</t>
   </si>
   <si>
     <t>SLENRU</t>
   </si>
   <si>
     <t>Selenothrips rubrocinctus</t>
   </si>
   <si>
     <t>* Lima Bezerra EF, Thomazini M, Souza Santos R, Novais Lopes E, Saito L, Zucchi RA (2016) New findings of thrips (Thysanoptera: Thripidae) on plants in Brazil. Florida Entomologist 99(1), 146-149.
 * Taddei A, Vono G, Vierbergen G, Wojnar A, Zugno M, Marullo R (2021) First field record of the tropical red-banded thrips Selenothrips rubrocinctus (Thripidae: Panchaetothripinae) in Europe. Forests 12(11),1484. https://doi.org/10.3390/f12111484
 ------- host in Italy.</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Ward KE, Sayer MAS (2004) Susceptibility of potted sweetgum seedlings to insect herbivore damage as influenced by fertilization. Res. Pap. SRS-33. Asheville, NC: USDA, Forest Service, Southern Research Station, 7 pp.</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE</t>
   </si>
   <si>
     <t>XIPHRI</t>
   </si>
   <si>
     <t>Xiphinema rivesi</t>
   </si>
   <si>
     <t>* Cho MR, Robbins RT (1991) Morphological variation among 23 Xiphinema americanum populations. Journal of Nematology 23, 134-144.</t>
   </si>
   <si>
     <t>XYLBFE</t>
   </si>
   <si>
     <t>Xyleborus ferrugineus</t>
   </si>
   <si>
     <t xml:space="preserve">* Aguilar-Perez H, Rodriguez-del-Bosque LA, Aguilar-Perez CH, de la Pena ND (2007) Seasonal abundance of Xyleborus ferrugineus (Coleoptera : Curculionidae) on pecan trees in northern Coahuila, Mexico. Southwestern Entomologist 32, 105-109. </t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
@@ -728,51 +737,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1240,63 +1249,77 @@
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
         <v>104</v>
       </c>
       <c r="C35" t="s">
         <v>105</v>
       </c>
       <c r="D35" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
         <v>107</v>
       </c>
       <c r="C36" t="s">
         <v>108</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>109</v>
+        <v>11</v>
       </c>
       <c r="B37" t="s">
         <v>110</v>
       </c>
       <c r="C37" t="s">
         <v>111</v>
       </c>
       <c r="D37"/>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>112</v>
+      </c>
+      <c r="B38" t="s">
+        <v>113</v>
+      </c>
+      <c r="C38" t="s">
+        <v>114</v>
+      </c>
+      <c r="D38"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>