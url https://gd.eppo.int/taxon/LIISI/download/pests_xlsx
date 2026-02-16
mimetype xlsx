--- v0 (2025-11-04)
+++ v1 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LIISI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>COLLFC</t>
   </si>
   <si>
     <t>Colletotrichum fructicola</t>
   </si>
   <si>
     <t>* Weir BS, Johnston PR, Damm U (2012) The Colletotrichum gloeosporioides species complex. Studies in Mycology, 73, 115-180.</t>
   </si>
   <si>
@@ -66,50 +66,59 @@
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* Werkman AW, Verhoeven JThJ, Roenhorst JW (undated) Plant species found infected by Tomato spotted wilt virus and Impatiens necrotic spot virus at the Dutch Plant Protection Service since 1989. https://edepot.wur.nl/341977 (last accessed 2022-05)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PSDMCA</t>
   </si>
   <si>
     <t>Paraburkholderia caryophylli</t>
   </si>
   <si>
     <t>* Nishiyama J, Kobayashi T, Azegami K (1988) Bacterial wilt of statice caused by Pseudomonas caryophylli. Annals of the Phytopathological Society of Japan 54, 444-452.
 * EFSA (2013) Scientific Opinion on the risk to plant health posed by Burkholderia caryophylli for the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 11(1), 3071. 91 pp. doi:10.2903/j.efsa.2013.3071
 ------- incidental host</t>
+  </si>
+  <si>
+    <t>PHENPR</t>
+  </si>
+  <si>
+    <t>Phenacoccus peruvianus</t>
+  </si>
+  <si>
+    <t>* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -413,51 +422,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="292.5" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -495,50 +504,64 @@
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">