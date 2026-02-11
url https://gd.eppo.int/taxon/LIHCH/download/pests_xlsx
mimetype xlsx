--- v0 (2025-10-12)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LIHCH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Mentioned in World crop pests 3(A). Fruit flies; their biology, natural enemies and control (Ed. by Robinson AS, Hooper G), pp. 51-58. Elsevier, Amsterdam, Netherlands.
 This record (1989) predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
@@ -155,50 +155,59 @@
   </si>
   <si>
     <t>Fiorinia phantasma</t>
   </si>
   <si>
     <t>ECDYAU</t>
   </si>
   <si>
     <t>Gymnandrosoma aurantianum</t>
   </si>
   <si>
     <t>* EPPO (2020) Pest Risk Analysis for Gymnandrosoma aurantianum (Lepidoptera: Tortricidae), citrus fruit borer, macadamia fruit borer. EPPO, Paris. Available at https://gd.eppo.int/taxon/ECDYAU/documents
 ------- Uncertain hosts. No evidence was found if the pest completes its life cycle.
 ------- Intercepted in the USA on this host.
 * Lima AM da C (1945) Insetos do Brasil 5° Tomo Lepidópteros parte 1. Escola Nacional de Agronomia, Série Didática, (7), 470. Retrieved from http://www.acervodigital.ufrrj.br/insetos/insetos.htm</t>
   </si>
   <si>
     <t>LYMAMA</t>
   </si>
   <si>
     <t>Lymantria mathura</t>
   </si>
   <si>
     <t>* Roonwal ML (1979) Field-ecological studies on mass eruption, seasonal life-history, nocturnal feeding and activity rhythm, and protective behavior and coloration in the sal defoliator, Lymantria mathura (Lepidoptera: Lymantriidae), in sub-Himalayan forests. Records of the Zoological Survey of India 75, 209-236.
 ------- A host plant in India.</t>
+  </si>
+  <si>
+    <t>PHENHI</t>
+  </si>
+  <si>
+    <t>Maconellicoccus hirsutus</t>
+  </si>
+  <si>
+    <t>* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
   </si>
   <si>
     <t>OLIGPU</t>
   </si>
   <si>
     <t>Oligonychus punicae</t>
   </si>
   <si>
     <t>* Bolland HR, Gutierrez J, Flechtmann CH (1988) World catalogue of the spider mite family (Acari: Tetranychidae). Brill, 392 pp.
 * Migeon A, Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae.  https://www1.montpellier.inrae.fr/CBGP/spmweb
 * Sidhu AS, Singh G (1972) Studies on the chemical control of Oligonychus mangiferus (Rahman and Sapra) on grapevine. Journal of Research, Punjab Agricultural University (1971, pub. in 1972), 8(4), 462-465.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
@@ -624,51 +633,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -882,65 +891,65 @@
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>50</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>54</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>55</v>
       </c>
       <c r="C20" t="s">
         <v>56</v>
       </c>
       <c r="D20" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
       <c r="C21" t="s">
         <v>59</v>
       </c>
@@ -970,86 +979,100 @@
         <v>64</v>
       </c>
       <c r="C23" t="s">
         <v>65</v>
       </c>
       <c r="D23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" t="s">
         <v>68</v>
       </c>
       <c r="D24" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
         <v>70</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>71</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>72</v>
       </c>
-      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>75</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B27" t="s">
         <v>76</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>77</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>78</v>
       </c>
-      <c r="D27" t="s">
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
         <v>79</v>
+      </c>
+      <c r="B28" t="s">
+        <v>80</v>
+      </c>
+      <c r="C28" t="s">
+        <v>81</v>
+      </c>
+      <c r="D28" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">