--- v0 (2025-10-05)
+++ v1 (2025-11-03)
@@ -331,51 +331,51 @@
               <w:t xml:space="preserve"> Liefting, Perez-Egusquiza &amp; Clover</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> zebra chip disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389768e1bfb84e22a" w:history="1">
+            <w:hyperlink r:id="rId11196909255de8d70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138468e1bfb84e29d" w:history="1">
+            <w:hyperlink r:id="rId66506909255de8ddb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -449,86 +449,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46076246" name="name255768e1bfb84e382" descr="4306.jpg"/>
+                  <wp:docPr id="28662010" name="name94226909255de8ec6" descr="4306.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4306.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId493768e1bfb84e381" cstate="print"/>
+                          <a:blip r:embed="rId35566909255de8ec5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId515768e1bfb84e4d6" w:history="1">
+            <w:hyperlink r:id="rId63066909255de8feb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2866,63 +2866,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum umbelliferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) collected in 1970 in California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42488918" name="name653768e1bfb850276" descr="LIBEPS_distribution_map.jpg"/>
+            <wp:docPr id="80296447" name="name48496909255deae7d" descr="LIBEPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId756068e1bfb850273" cstate="print"/>
+                    <a:blip r:embed="rId69606909255deae7a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7878,51 +7878,51 @@
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">rd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> joint annual meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Ajaccio, 28-30 October 2019. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293368e1bfb8523f5" w:history="1">
+      <w:hyperlink r:id="rId89136909255ded21f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 27/11/2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7937,51 +7937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Winter C (2019) Economic impact of ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ in carrot farming in the EU. Master thesis business economics. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981868e1bfb852466" w:history="1">
+      <w:hyperlink r:id="rId82406909255ded287" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/496773</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last access 17/12/2019)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7996,51 +7996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ haplotype E detected on potatoes in Spain. EPPO Reporting Service article 2017/134. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId563168e1bfb8524cb" w:history="1">
+      <w:hyperlink r:id="rId14326909255ded2eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6102</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11738,51 +11738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palomo JL, Bertolini E, Martín-Robles MJ, Teresani G, Lopez MM, Cambra M (2014) Detección en patata en España de un haplotipo de '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum' no descrito en solanáceas. In ‘XVII National meeting of Spanish society of phytopathology’, Lleida. 7-10 October 2014. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273268e1bfb853df8" w:history="1">
+      <w:hyperlink r:id="rId15616909255deeba5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 30 March 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12877,51 +12877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter solanacearum'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId200368e1bfb854558" w:history="1">
+      <w:hyperlink r:id="rId25916909255def2ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12997,81 +12997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 197-201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId457368e1bfb854620" w:history="1">
+      <w:hyperlink r:id="rId21816909255def3c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12043</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63239620" name="name832568e1bfb8546ab" descr="eu_funding_250.png"/>
+            <wp:docPr id="20423183" name="name32846909255def44a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId793768e1bfb8546a9" cstate="print"/>
+                    <a:blip r:embed="rId15056909255def449" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13169,137 +13169,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83711729">
+  <w:abstractNum w:abstractNumId="78026572">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42668814">
+    <w:lvl w:ilvl="0" w:tplc="87788142">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42668814" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87788142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42668814" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87788142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42668814" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87788142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42668814" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87788142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42668814" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87788142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42668814" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87788142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42668814" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87788142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42668814" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87788142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83711728">
+  <w:abstractNum w:abstractNumId="78026571">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86393833">
+    <w:lvl w:ilvl="0" w:tplc="81327440">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14051,55 +14051,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83711728">
-    <w:abstractNumId w:val="83711728"/>
+  <w:num w:numId="78026571">
+    <w:abstractNumId w:val="78026571"/>
   </w:num>
-  <w:num w:numId="83711729">
-    <w:abstractNumId w:val="83711729"/>
+  <w:num w:numId="78026572">
+    <w:abstractNumId w:val="78026572"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25649,51 +25649,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId168034100" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434395078" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId389768e1bfb84e22a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId138468e1bfb84e29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId515768e1bfb84e4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId293368e1bfb8523f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId981868e1bfb852466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId563168e1bfb8524cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId273268e1bfb853df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId200368e1bfb854558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId457368e1bfb854620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId493768e1bfb84e381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId493768e1bfb84e381.jpg"/><Relationship Id="rId756068e1bfb850273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId756068e1bfb850273.jpg"/><Relationship Id="rId793768e1bfb8546a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId793768e1bfb8546a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId678674048" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706828056" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11196909255de8d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId66506909255de8ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId63066909255de8feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId89136909255ded21f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId82406909255ded287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId14326909255ded2eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId15616909255deeba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId25916909255def2ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21816909255def3c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId35566909255de8ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35566909255de8ec5.jpg"/><Relationship Id="rId69606909255deae7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69606909255deae7a.jpg"/><Relationship Id="rId15056909255def449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15056909255def449.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>