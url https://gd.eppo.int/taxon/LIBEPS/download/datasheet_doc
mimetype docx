--- v1 (2025-11-03)
+++ v2 (2025-11-26)
@@ -331,51 +331,51 @@
               <w:t xml:space="preserve"> Liefting, Perez-Egusquiza &amp; Clover</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> zebra chip disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11196909255de8d70" w:history="1">
+            <w:hyperlink r:id="rId55696926a90e75ea8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66506909255de8ddb" w:history="1">
+            <w:hyperlink r:id="rId45086926a90e75f18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -449,86 +449,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28662010" name="name94226909255de8ec6" descr="4306.jpg"/>
+                  <wp:docPr id="50040787" name="name21246926a90e75fdb" descr="4306.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4306.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId35566909255de8ec5" cstate="print"/>
+                          <a:blip r:embed="rId45126926a90e75fd9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId63066909255de8feb" w:history="1">
+            <w:hyperlink r:id="rId22966926a90e76119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2866,63 +2866,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum umbelliferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) collected in 1970 in California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80296447" name="name48496909255deae7d" descr="LIBEPS_distribution_map.jpg"/>
+            <wp:docPr id="31420155" name="name77276926a90e77c4b" descr="LIBEPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69606909255deae7a" cstate="print"/>
+                    <a:blip r:embed="rId98856926a90e77c48" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7878,51 +7878,51 @@
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">rd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> joint annual meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Ajaccio, 28-30 October 2019. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89136909255ded21f" w:history="1">
+      <w:hyperlink r:id="rId98216926a90e79d74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 27/11/2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7937,51 +7937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Winter C (2019) Economic impact of ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ in carrot farming in the EU. Master thesis business economics. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82406909255ded287" w:history="1">
+      <w:hyperlink r:id="rId66916926a90e79e04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/496773</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last access 17/12/2019)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7996,51 +7996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ haplotype E detected on potatoes in Spain. EPPO Reporting Service article 2017/134. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14326909255ded2eb" w:history="1">
+      <w:hyperlink r:id="rId70026926a90e79e67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6102</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11738,51 +11738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palomo JL, Bertolini E, Martín-Robles MJ, Teresani G, Lopez MM, Cambra M (2014) Detección en patata en España de un haplotipo de '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum' no descrito en solanáceas. In ‘XVII National meeting of Spanish society of phytopathology’, Lleida. 7-10 October 2014. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15616909255deeba5" w:history="1">
+      <w:hyperlink r:id="rId77296926a90e7b66b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 30 March 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12877,51 +12877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter solanacearum'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25916909255def2ff" w:history="1">
+      <w:hyperlink r:id="rId52846926a90e7bd8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12997,81 +12997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 197-201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21816909255def3c9" w:history="1">
+      <w:hyperlink r:id="rId57846926a90e7be55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12043</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20423183" name="name32846909255def44a" descr="eu_funding_250.png"/>
+            <wp:docPr id="78494059" name="name26326926a90e7bebc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15056909255def449" cstate="print"/>
+                    <a:blip r:embed="rId15976926a90e7bebb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13169,137 +13169,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78026572">
+  <w:abstractNum w:abstractNumId="13615419">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87788142">
+    <w:lvl w:ilvl="0" w:tplc="70519834">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87788142" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70519834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87788142" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70519834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87788142" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70519834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87788142" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70519834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87788142" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70519834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87788142" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70519834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87788142" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70519834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87788142" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70519834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78026571">
+  <w:abstractNum w:abstractNumId="13615418">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81327440">
+    <w:lvl w:ilvl="0" w:tplc="36385048">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14051,55 +14051,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78026571">
-    <w:abstractNumId w:val="78026571"/>
+  <w:num w:numId="13615418">
+    <w:abstractNumId w:val="13615418"/>
   </w:num>
-  <w:num w:numId="78026572">
-    <w:abstractNumId w:val="78026572"/>
+  <w:num w:numId="13615419">
+    <w:abstractNumId w:val="13615419"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25649,51 +25649,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId678674048" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706828056" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11196909255de8d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId66506909255de8ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId63066909255de8feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId89136909255ded21f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId82406909255ded287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId14326909255ded2eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId15616909255deeba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId25916909255def2ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21816909255def3c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId35566909255de8ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35566909255de8ec5.jpg"/><Relationship Id="rId69606909255deae7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69606909255deae7a.jpg"/><Relationship Id="rId15056909255def449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15056909255def449.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId943741549" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId176749556" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId55696926a90e75ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId45086926a90e75f18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId22966926a90e76119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId98216926a90e79d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId66916926a90e79e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId70026926a90e79e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId77296926a90e7b66b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId52846926a90e7bd8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57846926a90e7be55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId45126926a90e75fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45126926a90e75fd9.jpg"/><Relationship Id="rId98856926a90e77c48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98856926a90e77c48.jpg"/><Relationship Id="rId15976926a90e7bebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15976926a90e7bebb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>