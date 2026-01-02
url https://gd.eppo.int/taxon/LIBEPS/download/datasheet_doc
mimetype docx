--- v2 (2025-11-26)
+++ v3 (2026-01-02)
@@ -331,51 +331,51 @@
               <w:t xml:space="preserve"> Liefting, Perez-Egusquiza &amp; Clover</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> zebra chip disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55696926a90e75ea8" w:history="1">
+            <w:hyperlink r:id="rId413169580f752d786" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45086926a90e75f18" w:history="1">
+            <w:hyperlink r:id="rId497569580f752d7f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -449,86 +449,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50040787" name="name21246926a90e75fdb" descr="4306.jpg"/>
+                  <wp:docPr id="34913925" name="name764069580f752decd" descr="4306.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4306.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId45126926a90e75fd9" cstate="print"/>
+                          <a:blip r:embed="rId249569580f752decc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId22966926a90e76119" w:history="1">
+            <w:hyperlink r:id="rId544069580f752e00a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2866,63 +2866,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum umbelliferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) collected in 1970 in California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31420155" name="name77276926a90e77c4b" descr="LIBEPS_distribution_map.jpg"/>
+            <wp:docPr id="71275355" name="name332169580f752fc63" descr="LIBEPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId98856926a90e77c48" cstate="print"/>
+                    <a:blip r:embed="rId983269580f752fc5f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7878,51 +7878,51 @@
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">rd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> joint annual meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Ajaccio, 28-30 October 2019. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98216926a90e79d74" w:history="1">
+      <w:hyperlink r:id="rId104869580f7532627" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 27/11/2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7937,51 +7937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Winter C (2019) Economic impact of ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ in carrot farming in the EU. Master thesis business economics. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66916926a90e79e04" w:history="1">
+      <w:hyperlink r:id="rId967969580f753268f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/496773</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last access 17/12/2019)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7996,51 +7996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ haplotype E detected on potatoes in Spain. EPPO Reporting Service article 2017/134. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70026926a90e79e67" w:history="1">
+      <w:hyperlink r:id="rId721769580f75326f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6102</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11738,51 +11738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palomo JL, Bertolini E, Martín-Robles MJ, Teresani G, Lopez MM, Cambra M (2014) Detección en patata en España de un haplotipo de '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum' no descrito en solanáceas. In ‘XVII National meeting of Spanish society of phytopathology’, Lleida. 7-10 October 2014. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77296926a90e7b66b" w:history="1">
+      <w:hyperlink r:id="rId421669580f753439f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 30 March 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12855,73 +12855,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter solanacearum'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52846926a90e7bd8e" w:history="1">
+      <w:hyperlink r:id="rId836369580f7534b07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12997,81 +12997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 197-201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57846926a90e7be55" w:history="1">
+      <w:hyperlink r:id="rId509569580f7534bf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12043</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78494059" name="name26326926a90e7bebc" descr="eu_funding_250.png"/>
+            <wp:docPr id="89734305" name="name780569580f7534ed4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15976926a90e7bebb" cstate="print"/>
+                    <a:blip r:embed="rId844669580f7534ed2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13169,137 +13169,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13615419">
+  <w:abstractNum w:abstractNumId="19561464">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70519834">
+    <w:lvl w:ilvl="0" w:tplc="68061110">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70519834" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68061110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70519834" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68061110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70519834" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68061110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70519834" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68061110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70519834" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68061110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70519834" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68061110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70519834" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68061110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70519834" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68061110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13615418">
+  <w:abstractNum w:abstractNumId="19561463">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36385048">
+    <w:lvl w:ilvl="0" w:tplc="83682333">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14051,55 +14051,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13615418">
-    <w:abstractNumId w:val="13615418"/>
+  <w:num w:numId="19561463">
+    <w:abstractNumId w:val="19561463"/>
   </w:num>
-  <w:num w:numId="13615419">
-    <w:abstractNumId w:val="13615419"/>
+  <w:num w:numId="19561464">
+    <w:abstractNumId w:val="19561464"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25649,51 +25649,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId943741549" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId176749556" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId55696926a90e75ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId45086926a90e75f18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId22966926a90e76119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId98216926a90e79d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId66916926a90e79e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId70026926a90e79e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId77296926a90e7b66b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId52846926a90e7bd8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57846926a90e7be55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId45126926a90e75fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45126926a90e75fd9.jpg"/><Relationship Id="rId98856926a90e77c48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98856926a90e77c48.jpg"/><Relationship Id="rId15976926a90e7bebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15976926a90e7bebb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId559501448" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId650367301" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId413169580f752d786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId497569580f752d7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId544069580f752e00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId104869580f7532627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId967969580f753268f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId721769580f75326f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId421669580f753439f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId836369580f7534b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId509569580f7534bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId249569580f752decc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId249569580f752decc.jpg"/><Relationship Id="rId983269580f752fc5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId983269580f752fc5f.jpg"/><Relationship Id="rId844669580f7534ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId844669580f7534ed2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>