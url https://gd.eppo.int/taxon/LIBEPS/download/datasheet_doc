--- v3 (2026-01-02)
+++ v4 (2026-01-23)
@@ -331,51 +331,51 @@
               <w:t xml:space="preserve"> Liefting, Perez-Egusquiza &amp; Clover</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> zebra chip disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413169580f752d786" w:history="1">
+            <w:hyperlink r:id="rId147469736adb6ff91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497569580f752d7f2" w:history="1">
+            <w:hyperlink r:id="rId489469736adb6fffb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -449,86 +449,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34913925" name="name764069580f752decd" descr="4306.jpg"/>
+                  <wp:docPr id="86672522" name="name100269736adb70614" descr="4306.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4306.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId249569580f752decc" cstate="print"/>
+                          <a:blip r:embed="rId401669736adb70612" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId544069580f752e00a" w:history="1">
+            <w:hyperlink r:id="rId202269736adb70759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2866,63 +2866,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum umbelliferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) collected in 1970 in California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71275355" name="name332169580f752fc63" descr="LIBEPS_distribution_map.jpg"/>
+            <wp:docPr id="81990874" name="name826769736adb72537" descr="LIBEPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId983269580f752fc5f" cstate="print"/>
+                    <a:blip r:embed="rId681769736adb72534" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7878,51 +7878,51 @@
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">rd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> joint annual meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Ajaccio, 28-30 October 2019. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104869580f7532627" w:history="1">
+      <w:hyperlink r:id="rId417169736adb74665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 27/11/2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7937,51 +7937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Winter C (2019) Economic impact of ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ in carrot farming in the EU. Master thesis business economics. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId967969580f753268f" w:history="1">
+      <w:hyperlink r:id="rId408269736adb746ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/496773</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last access 17/12/2019)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7996,51 +7996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ haplotype E detected on potatoes in Spain. EPPO Reporting Service article 2017/134. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721769580f75326f1" w:history="1">
+      <w:hyperlink r:id="rId704469736adb7472a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6102</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11738,51 +11738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palomo JL, Bertolini E, Martín-Robles MJ, Teresani G, Lopez MM, Cambra M (2014) Detección en patata en España de un haplotipo de '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum' no descrito en solanáceas. In ‘XVII National meeting of Spanish society of phytopathology’, Lleida. 7-10 October 2014. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421669580f753439f" w:history="1">
+      <w:hyperlink r:id="rId875969736adb75f02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 30 March 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12877,51 +12877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter solanacearum'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836369580f7534b07" w:history="1">
+      <w:hyperlink r:id="rId214669736adb7664c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12997,81 +12997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 197-201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509569580f7534bf0" w:history="1">
+      <w:hyperlink r:id="rId729669736adb76714" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12043</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89734305" name="name780569580f7534ed4" descr="eu_funding_250.png"/>
+            <wp:docPr id="57942094" name="name415669736adb7677d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId844669580f7534ed2" cstate="print"/>
+                    <a:blip r:embed="rId203269736adb7677c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13169,137 +13169,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19561464">
+  <w:abstractNum w:abstractNumId="43469481">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68061110">
+    <w:lvl w:ilvl="0" w:tplc="10159921">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68061110" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10159921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68061110" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10159921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68061110" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10159921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68061110" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10159921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68061110" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10159921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68061110" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10159921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68061110" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10159921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68061110" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10159921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19561463">
+  <w:abstractNum w:abstractNumId="43469480">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83682333">
+    <w:lvl w:ilvl="0" w:tplc="39689157">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14051,55 +14051,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19561463">
-    <w:abstractNumId w:val="19561463"/>
+  <w:num w:numId="43469480">
+    <w:abstractNumId w:val="43469480"/>
   </w:num>
-  <w:num w:numId="19561464">
-    <w:abstractNumId w:val="19561464"/>
+  <w:num w:numId="43469481">
+    <w:abstractNumId w:val="43469481"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25649,51 +25649,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId559501448" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId650367301" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId413169580f752d786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId497569580f752d7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId544069580f752e00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId104869580f7532627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId967969580f753268f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId721769580f75326f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId421669580f753439f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId836369580f7534b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId509569580f7534bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId249569580f752decc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId249569580f752decc.jpg"/><Relationship Id="rId983269580f752fc5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId983269580f752fc5f.jpg"/><Relationship Id="rId844669580f7534ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId844669580f7534ed2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId658137019" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId212459929" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId147469736adb6ff91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId489469736adb6fffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId202269736adb70759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId417169736adb74665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId408269736adb746ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId704469736adb7472a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId875969736adb75f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId214669736adb7664c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId729669736adb76714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId401669736adb70612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId401669736adb70612.jpg"/><Relationship Id="rId681769736adb72534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId681769736adb72534.jpg"/><Relationship Id="rId203269736adb7677c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId203269736adb7677c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>