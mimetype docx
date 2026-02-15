--- v4 (2026-01-23)
+++ v5 (2026-02-15)
@@ -331,51 +331,51 @@
               <w:t xml:space="preserve"> Liefting, Perez-Egusquiza &amp; Clover</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> zebra chip disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147469736adb6ff91" w:history="1">
+            <w:hyperlink r:id="rId499569918cf3198c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -389,53 +389,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489469736adb6fffb" w:history="1">
+            <w:hyperlink r:id="rId391669918cf31992c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -449,86 +449,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86672522" name="name100269736adb70614" descr="4306.jpg"/>
+                  <wp:docPr id="86611280" name="name201569918cf319a21" descr="4306.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4306.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId401669736adb70612" cstate="print"/>
+                          <a:blip r:embed="rId196469918cf319a1f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId202269736adb70759" w:history="1">
+            <w:hyperlink r:id="rId256069918cf319b53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2866,63 +2866,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum umbelliferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) collected in 1970 in California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81990874" name="name826769736adb72537" descr="LIBEPS_distribution_map.jpg"/>
+            <wp:docPr id="95880819" name="name628369918cf31bde8" descr="LIBEPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId681769736adb72534" cstate="print"/>
+                    <a:blip r:embed="rId991669918cf31bde4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7878,51 +7878,51 @@
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">rd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> joint annual meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Ajaccio, 28-30 October 2019. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417169736adb74665" w:history="1">
+      <w:hyperlink r:id="rId104869918cf31dfe3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 27/11/2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7937,51 +7937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Winter C (2019) Economic impact of ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ in carrot farming in the EU. Master thesis business economics. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408269736adb746ca" w:history="1">
+      <w:hyperlink r:id="rId659369918cf31e050" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/496773</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last access 17/12/2019)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7996,51 +7996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ haplotype E detected on potatoes in Spain. EPPO Reporting Service article 2017/134. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId704469736adb7472a" w:history="1">
+      <w:hyperlink r:id="rId958569918cf31e0b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6102</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11738,51 +11738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palomo JL, Bertolini E, Martín-Robles MJ, Teresani G, Lopez MM, Cambra M (2014) Detección en patata en España de un haplotipo de '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum' no descrito en solanáceas. In ‘XVII National meeting of Spanish society of phytopathology’, Lleida. 7-10 October 2014. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875969736adb75f02" w:history="1">
+      <w:hyperlink r:id="rId733869918cf31f97d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 30 March 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12877,51 +12877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter solanacearum'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214669736adb7664c" w:history="1">
+      <w:hyperlink r:id="rId426169918cf3200ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12997,81 +12997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 197-201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId729669736adb76714" w:history="1">
+      <w:hyperlink r:id="rId105769918cf320184" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12043</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57942094" name="name415669736adb7677d" descr="eu_funding_250.png"/>
+            <wp:docPr id="27082842" name="name937069918cf3203bf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId203269736adb7677c" cstate="print"/>
+                    <a:blip r:embed="rId920369918cf3203be" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13169,137 +13169,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43469481">
+  <w:abstractNum w:abstractNumId="77433503">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10159921">
+    <w:lvl w:ilvl="0" w:tplc="58087665">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10159921" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58087665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10159921" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58087665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10159921" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58087665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10159921" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58087665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10159921" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58087665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10159921" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58087665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10159921" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58087665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10159921" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58087665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43469480">
+  <w:abstractNum w:abstractNumId="77433502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39689157">
+    <w:lvl w:ilvl="0" w:tplc="79977735">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14051,55 +14051,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43469480">
-    <w:abstractNumId w:val="43469480"/>
+  <w:num w:numId="77433502">
+    <w:abstractNumId w:val="77433502"/>
   </w:num>
-  <w:num w:numId="43469481">
-    <w:abstractNumId w:val="43469481"/>
+  <w:num w:numId="77433503">
+    <w:abstractNumId w:val="77433503"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25649,51 +25649,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId658137019" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId212459929" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId147469736adb6ff91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId489469736adb6fffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId202269736adb70759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId417169736adb74665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId408269736adb746ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId704469736adb7472a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId875969736adb75f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId214669736adb7664c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId729669736adb76714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId401669736adb70612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId401669736adb70612.jpg"/><Relationship Id="rId681769736adb72534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId681769736adb72534.jpg"/><Relationship Id="rId203269736adb7677c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId203269736adb7677c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId731079199" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661401494" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId499569918cf3198c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId391669918cf31992c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId256069918cf319b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId104869918cf31dfe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId659369918cf31e050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId958569918cf31e0b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId733869918cf31f97d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId426169918cf3200ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId105769918cf320184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId196469918cf319a1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId196469918cf319a1f.jpg"/><Relationship Id="rId991669918cf31bde4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId991669918cf31bde4.jpg"/><Relationship Id="rId920369918cf3203be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId920369918cf3203be.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>