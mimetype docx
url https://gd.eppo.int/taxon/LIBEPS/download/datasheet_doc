--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -331,51 +331,51 @@
               <w:t xml:space="preserve"> Liefting, Perez-Egusquiza &amp; Clover</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> zebra chip disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId499569918cf3198c0" w:history="1">
+            <w:hyperlink r:id="rId303269ac488127f9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391669918cf31992c" w:history="1">
+            <w:hyperlink r:id="rId141769ac48812800b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -449,86 +449,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86611280" name="name201569918cf319a21" descr="4306.jpg"/>
+                  <wp:docPr id="12602682" name="name846669ac4881289e1" descr="4306.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4306.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId196469918cf319a1f" cstate="print"/>
+                          <a:blip r:embed="rId328369ac4881289de" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId256069918cf319b53" w:history="1">
+            <w:hyperlink r:id="rId982769ac488128b02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2866,63 +2866,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum umbelliferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) collected in 1970 in California, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95880819" name="name628369918cf31bde8" descr="LIBEPS_distribution_map.jpg"/>
+            <wp:docPr id="20766421" name="name895669ac48812a72f" descr="LIBEPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId991669918cf31bde4" cstate="print"/>
+                    <a:blip r:embed="rId555369ac48812a72b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7878,51 +7878,51 @@
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">rd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> joint annual meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Ajaccio, 28-30 October 2019. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104869918cf31dfe3" w:history="1">
+      <w:hyperlink r:id="rId403069ac48812ccb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 27/11/2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7937,51 +7937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Winter C (2019) Economic impact of ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ in carrot farming in the EU. Master thesis business economics. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId659369918cf31e050" w:history="1">
+      <w:hyperlink r:id="rId615269ac48812cd1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/496773</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last access 17/12/2019)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7996,51 +7996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum’ haplotype E detected on potatoes in Spain. EPPO Reporting Service article 2017/134. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958569918cf31e0b3" w:history="1">
+      <w:hyperlink r:id="rId512369ac48812ce9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6102</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11738,51 +11738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palomo JL, Bertolini E, Martín-Robles MJ, Teresani G, Lopez MM, Cambra M (2014) Detección en patata en España de un haplotipo de '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liberibacter solanacearum' no descrito en solanáceas. In ‘XVII National meeting of Spanish society of phytopathology’, Lleida. 7-10 October 2014. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId733869918cf31f97d" w:history="1">
+      <w:hyperlink r:id="rId741569ac48812eadc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 30 March 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12877,51 +12877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter solanacearum'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426169918cf3200ba" w:history="1">
+      <w:hyperlink r:id="rId843469ac48812f346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12997,81 +12997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 197-201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105769918cf320184" w:history="1">
+      <w:hyperlink r:id="rId684569ac48812f413" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12043</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27082842" name="name937069918cf3203bf" descr="eu_funding_250.png"/>
+            <wp:docPr id="58566689" name="name992769ac48812f74b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId920369918cf3203be" cstate="print"/>
+                    <a:blip r:embed="rId383669ac48812f74a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13169,137 +13169,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77433503">
+  <w:abstractNum w:abstractNumId="21320989">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58087665">
+    <w:lvl w:ilvl="0" w:tplc="19939616">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58087665" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19939616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58087665" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19939616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58087665" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19939616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58087665" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19939616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58087665" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19939616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58087665" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19939616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58087665" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19939616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58087665" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19939616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77433502">
+  <w:abstractNum w:abstractNumId="21320988">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79977735">
+    <w:lvl w:ilvl="0" w:tplc="86913567">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14051,55 +14051,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77433502">
-    <w:abstractNumId w:val="77433502"/>
+  <w:num w:numId="21320988">
+    <w:abstractNumId w:val="21320988"/>
   </w:num>
-  <w:num w:numId="77433503">
-    <w:abstractNumId w:val="77433503"/>
+  <w:num w:numId="21320989">
+    <w:abstractNumId w:val="21320989"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25649,51 +25649,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId731079199" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661401494" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId499569918cf3198c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId391669918cf31992c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId256069918cf319b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId104869918cf31dfe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId659369918cf31e050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId958569918cf31e0b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId733869918cf31f97d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId426169918cf3200ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId105769918cf320184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId196469918cf319a1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId196469918cf319a1f.jpg"/><Relationship Id="rId991669918cf31bde4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId991669918cf31bde4.jpg"/><Relationship Id="rId920369918cf3203be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId920369918cf3203be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId557348106" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId385925621" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId303269ac488127f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/" TargetMode="External"/><Relationship Id="rId141769ac48812800b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/categorization" TargetMode="External"/><Relationship Id="rId982769ac488128b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/photos" TargetMode="External"/><Relationship Id="rId403069ac48812ccb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ponteproject.eu/scientific-publications/ponte-xf-actors-3rd-joint-annual-meeting-ajaccio-2019-book-of-abstracts/" TargetMode="External"/><Relationship Id="rId615269ac48812cd1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/496773" TargetMode="External"/><Relationship Id="rId512369ac48812ce9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6102" TargetMode="External"/><Relationship Id="rId741569ac48812eadc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sasa.gov.uk/sites/default/files/6%20Current%20situation%20of%20%E2%80%98Ca%20Liberibacter%20%20solanacearum%E2%80%99%20in%20Spain.%20Mariano%20Cambra.pdf" TargetMode="External"/><Relationship Id="rId843469ac48812f346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId684569ac48812f413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12043" TargetMode="External"/><Relationship Id="rId328369ac4881289de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId328369ac4881289de.jpg"/><Relationship Id="rId555369ac48812a72b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId555369ac48812a72b.jpg"/><Relationship Id="rId383669ac48812f74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId383669ac48812f74a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>