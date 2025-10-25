--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId486268e095bf528d3" w:history="1">
+      <w:hyperlink r:id="rId116968fc224e289fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624668e095bf52935" w:history="1">
+      <w:hyperlink r:id="rId744768fc224e28a60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter asiaticus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotchy mottle disease of citrus, citrus dieback, decline of citrus, greening of citrus, huanglongbing, leaf mottling of citrus, likubin, vein phloem degeneration of citrus deactivated, yellow branch of citrus, yellow shoot disease, yellow shoot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId646068e095bf52b4f" w:history="1">
+            <w:hyperlink r:id="rId494068fc224e28c7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId574668e095bf52bb4" w:history="1">
+            <w:hyperlink r:id="rId789068fc224e28cde" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="61834562" name="name412768e095bf52c86" descr="17883.jpg"/>
+                  <wp:docPr id="52588063" name="name702168fc224e28dc0" descr="17883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId139868e095bf52c85" cstate="print"/>
+                          <a:blip r:embed="rId954968fc224e28dbf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId693868e095bf52d90" w:history="1">
+            <w:hyperlink r:id="rId311068fc224e28ee6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3239,145 +3239,145 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter asiaticus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId153968e095bf53f37" w:history="1">
+      <w:hyperlink r:id="rId306768fc224e2a5ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId684168e095bf53f7c" w:history="1">
+      <w:hyperlink r:id="rId243968fc224e2a667" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43819705" name="name992068e095bf54bc9" descr="LIBEAS_distribution_map.jpg"/>
+            <wp:docPr id="95724630" name="name631968fc224e2b4f4" descr="LIBEAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId473368e095bf54bc6" cstate="print"/>
+                    <a:blip r:embed="rId222868fc224e2b4f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7562,51 +7562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821168e095bf56acb" w:history="1">
+      <w:hyperlink r:id="rId662068fc224e2df36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7806,51 +7806,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId758068e095bf56c74" w:history="1">
+      <w:hyperlink r:id="rId214468fc224e2e0d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8204,51 +8204,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507268e095bf56f21" w:history="1">
+      <w:hyperlink r:id="rId640068fc224e2e370" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216068e095bf57334" w:history="1">
+      <w:hyperlink r:id="rId612968fc224e2e866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9048,101 +9048,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435768e095bf57482" w:history="1">
+      <w:hyperlink r:id="rId206468fc224e2e9bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732868e095bf574d6" w:history="1">
+      <w:hyperlink r:id="rId785768fc224e2ea16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9188,51 +9188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573368e095bf57568" w:history="1">
+      <w:hyperlink r:id="rId302268fc224e2eaac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9327,51 +9327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId662868e095bf57642" w:history="1">
+      <w:hyperlink r:id="rId112268fc224e2eb8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10039,51 +10039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101868e095bf57ae8" w:history="1">
+      <w:hyperlink r:id="rId128768fc224e2f03a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10129,51 +10129,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId385168e095bf57b7b" w:history="1">
+      <w:hyperlink r:id="rId411768fc224e2f0dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11202,51 +11202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943068e095bf58264" w:history="1">
+      <w:hyperlink r:id="rId156768fc224e2f7af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12070,51 +12070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872268e095bf587f9" w:history="1">
+      <w:hyperlink r:id="rId474068fc224e2fd3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13134,51 +13134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter asiaticus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543768e095bf58f56" w:history="1">
+      <w:hyperlink r:id="rId324368fc224e3041a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13375,63 +13375,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90887617" name="name556068e095bf59123" descr="eu_funding_250.png"/>
+            <wp:docPr id="70506769" name="name525268fc224e30601" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId223068e095bf59122" cstate="print"/>
+                    <a:blip r:embed="rId125668fc224e30600" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13529,137 +13529,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93339736">
+  <w:abstractNum w:abstractNumId="24889672">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92371631">
+    <w:lvl w:ilvl="0" w:tplc="34906841">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92371631" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34906841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92371631" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34906841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92371631" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34906841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92371631" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34906841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92371631" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34906841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92371631" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34906841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92371631" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34906841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92371631" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34906841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93339735">
+  <w:abstractNum w:abstractNumId="24889671">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17818650">
+    <w:lvl w:ilvl="0" w:tplc="23011643">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14411,55 +14411,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93339735">
-    <w:abstractNumId w:val="93339735"/>
+  <w:num w:numId="24889671">
+    <w:abstractNumId w:val="24889671"/>
   </w:num>
-  <w:num w:numId="93339736">
-    <w:abstractNumId w:val="93339736"/>
+  <w:num w:numId="24889672">
+    <w:abstractNumId w:val="24889672"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26009,51 +26009,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId271987926" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId283703717" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId486268e095bf528d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId624668e095bf52935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId646068e095bf52b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId574668e095bf52bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId693868e095bf52d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId153968e095bf53f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId684168e095bf53f7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId821168e095bf56acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId758068e095bf56c74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId507268e095bf56f21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId216068e095bf57334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId435768e095bf57482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId732868e095bf574d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId573368e095bf57568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId662868e095bf57642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId101868e095bf57ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId385168e095bf57b7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId943068e095bf58264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId872268e095bf587f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId543768e095bf58f56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId139868e095bf52c85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId139868e095bf52c85.jpg"/><Relationship Id="rId473368e095bf54bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId473368e095bf54bc6.jpg"/><Relationship Id="rId223068e095bf59122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId223068e095bf59122.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId611912991" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId358442508" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId116968fc224e289fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId744768fc224e28a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId494068fc224e28c7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId789068fc224e28cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId311068fc224e28ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId306768fc224e2a5ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId243968fc224e2a667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId662068fc224e2df36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId214468fc224e2e0d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId640068fc224e2e370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId612968fc224e2e866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId206468fc224e2e9bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId785768fc224e2ea16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId302268fc224e2eaac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId112268fc224e2eb8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId128768fc224e2f03a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId411768fc224e2f0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId156768fc224e2f7af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId474068fc224e2fd3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId324368fc224e3041a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId954968fc224e28dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954968fc224e28dbf.jpg"/><Relationship Id="rId222868fc224e2b4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId222868fc224e2b4f2.jpg"/><Relationship Id="rId125668fc224e30600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId125668fc224e30600.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>