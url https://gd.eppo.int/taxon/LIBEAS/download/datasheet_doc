--- v1 (2025-10-25)
+++ v2 (2025-11-16)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId116968fc224e289fe" w:history="1">
+      <w:hyperlink r:id="rId7959691a2f5f00d5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744768fc224e28a60" w:history="1">
+      <w:hyperlink r:id="rId9160691a2f5f00dbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter asiaticus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotchy mottle disease of citrus, citrus dieback, decline of citrus, greening of citrus, huanglongbing, leaf mottling of citrus, likubin, vein phloem degeneration of citrus deactivated, yellow branch of citrus, yellow shoot disease, yellow shoot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId494068fc224e28c7a" w:history="1">
+            <w:hyperlink r:id="rId5228691a2f5f00fd9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId789068fc224e28cde" w:history="1">
+            <w:hyperlink r:id="rId8107691a2f5f0103c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52588063" name="name702168fc224e28dc0" descr="17883.jpg"/>
+                  <wp:docPr id="9250563" name="name5433691a2f5f0170f" descr="17883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId954968fc224e28dbf" cstate="print"/>
+                          <a:blip r:embed="rId2589691a2f5f0170d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId311068fc224e28ee6" w:history="1">
+            <w:hyperlink r:id="rId8723691a2f5f0181b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3239,145 +3239,145 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter asiaticus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306768fc224e2a5ee" w:history="1">
+      <w:hyperlink r:id="rId8780691a2f5f0299e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId243968fc224e2a667" w:history="1">
+      <w:hyperlink r:id="rId2684691a2f5f029e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95724630" name="name631968fc224e2b4f4" descr="LIBEAS_distribution_map.jpg"/>
+            <wp:docPr id="63182800" name="name4774691a2f5f038d0" descr="LIBEAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId222868fc224e2b4f2" cstate="print"/>
+                    <a:blip r:embed="rId5978691a2f5f038ce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7562,51 +7562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId662068fc224e2df36" w:history="1">
+      <w:hyperlink r:id="rId6289691a2f5f055fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7806,51 +7806,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214468fc224e2e0d4" w:history="1">
+      <w:hyperlink r:id="rId3175691a2f5f05789" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8204,51 +8204,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640068fc224e2e370" w:history="1">
+      <w:hyperlink r:id="rId2431691a2f5f05a16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId612968fc224e2e866" w:history="1">
+      <w:hyperlink r:id="rId7197691a2f5f05e23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9048,101 +9048,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206468fc224e2e9bf" w:history="1">
+      <w:hyperlink r:id="rId5524691a2f5f05f78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785768fc224e2ea16" w:history="1">
+      <w:hyperlink r:id="rId2933691a2f5f05fcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9188,51 +9188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302268fc224e2eaac" w:history="1">
+      <w:hyperlink r:id="rId7205691a2f5f0605c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9327,51 +9327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId112268fc224e2eb8b" w:history="1">
+      <w:hyperlink r:id="rId5504691a2f5f061c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10039,51 +10039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId128768fc224e2f03a" w:history="1">
+      <w:hyperlink r:id="rId8497691a2f5f0666d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10129,51 +10129,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411768fc224e2f0dd" w:history="1">
+      <w:hyperlink r:id="rId6027691a2f5f06701" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11202,51 +11202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId156768fc224e2f7af" w:history="1">
+      <w:hyperlink r:id="rId8216691a2f5f06dea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12070,51 +12070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId474068fc224e2fd3f" w:history="1">
+      <w:hyperlink r:id="rId2933691a2f5f07355" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13134,51 +13134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter asiaticus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId324368fc224e3041a" w:history="1">
+      <w:hyperlink r:id="rId7817691a2f5f07a12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13375,63 +13375,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70506769" name="name525268fc224e30601" descr="eu_funding_250.png"/>
+            <wp:docPr id="83864786" name="name4429691a2f5f07bd7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId125668fc224e30600" cstate="print"/>
+                    <a:blip r:embed="rId7649691a2f5f07bd5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13529,137 +13529,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24889672">
+  <w:abstractNum w:abstractNumId="28249493">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34906841">
+    <w:lvl w:ilvl="0" w:tplc="72255096">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34906841" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72255096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34906841" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72255096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34906841" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72255096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34906841" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72255096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34906841" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72255096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34906841" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72255096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34906841" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72255096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34906841" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72255096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24889671">
+  <w:abstractNum w:abstractNumId="28249492">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23011643">
+    <w:lvl w:ilvl="0" w:tplc="15381562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14411,55 +14411,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24889671">
-    <w:abstractNumId w:val="24889671"/>
+  <w:num w:numId="28249492">
+    <w:abstractNumId w:val="28249492"/>
   </w:num>
-  <w:num w:numId="24889672">
-    <w:abstractNumId w:val="24889672"/>
+  <w:num w:numId="28249493">
+    <w:abstractNumId w:val="28249493"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26009,51 +26009,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId611912991" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId358442508" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId116968fc224e289fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId744768fc224e28a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId494068fc224e28c7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId789068fc224e28cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId311068fc224e28ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId306768fc224e2a5ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId243968fc224e2a667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId662068fc224e2df36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId214468fc224e2e0d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId640068fc224e2e370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId612968fc224e2e866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId206468fc224e2e9bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId785768fc224e2ea16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId302268fc224e2eaac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId112268fc224e2eb8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId128768fc224e2f03a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId411768fc224e2f0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId156768fc224e2f7af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId474068fc224e2fd3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId324368fc224e3041a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId954968fc224e28dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954968fc224e28dbf.jpg"/><Relationship Id="rId222868fc224e2b4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId222868fc224e2b4f2.jpg"/><Relationship Id="rId125668fc224e30600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId125668fc224e30600.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId521739852" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId473031931" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7959691a2f5f00d5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId9160691a2f5f00dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId5228691a2f5f00fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId8107691a2f5f0103c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId8723691a2f5f0181b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId8780691a2f5f0299e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId2684691a2f5f029e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId6289691a2f5f055fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId3175691a2f5f05789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId2431691a2f5f05a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId7197691a2f5f05e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId5524691a2f5f05f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId2933691a2f5f05fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId7205691a2f5f0605c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId5504691a2f5f061c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId8497691a2f5f0666d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId6027691a2f5f06701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId8216691a2f5f06dea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId2933691a2f5f07355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId7817691a2f5f07a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2589691a2f5f0170d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2589691a2f5f0170d.jpg"/><Relationship Id="rId5978691a2f5f038ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5978691a2f5f038ce.jpg"/><Relationship Id="rId7649691a2f5f07bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7649691a2f5f07bd5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>