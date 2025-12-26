--- v2 (2025-11-16)
+++ v3 (2025-12-26)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7959691a2f5f00d5e" w:history="1">
+      <w:hyperlink r:id="rId3233694f05130c86a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9160691a2f5f00dbb" w:history="1">
+      <w:hyperlink r:id="rId6612694f05130c8c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter asiaticus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotchy mottle disease of citrus, citrus dieback, decline of citrus, greening of citrus, huanglongbing, leaf mottling of citrus, likubin, vein phloem degeneration of citrus deactivated, yellow branch of citrus, yellow shoot disease, yellow shoot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5228691a2f5f00fd9" w:history="1">
+            <w:hyperlink r:id="rId6000694f05130cad4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8107691a2f5f0103c" w:history="1">
+            <w:hyperlink r:id="rId2492694f05130cb54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9250563" name="name5433691a2f5f0170f" descr="17883.jpg"/>
+                  <wp:docPr id="73434177" name="name7811694f05130d206" descr="17883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2589691a2f5f0170d" cstate="print"/>
+                          <a:blip r:embed="rId9925694f05130d204" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8723691a2f5f0181b" w:history="1">
+            <w:hyperlink r:id="rId7855694f05130d323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3239,145 +3239,145 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter asiaticus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8780691a2f5f0299e" w:history="1">
+      <w:hyperlink r:id="rId3621694f05130e45d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2684691a2f5f029e1" w:history="1">
+      <w:hyperlink r:id="rId1589694f05130e4a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63182800" name="name4774691a2f5f038d0" descr="LIBEAS_distribution_map.jpg"/>
+            <wp:docPr id="61979480" name="name7831694f05130f0df" descr="LIBEAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5978691a2f5f038ce" cstate="print"/>
+                    <a:blip r:embed="rId9534694f05130f0dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7562,51 +7562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6289691a2f5f055fd" w:history="1">
+      <w:hyperlink r:id="rId2111694f051310e63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7806,51 +7806,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3175691a2f5f05789" w:history="1">
+      <w:hyperlink r:id="rId4378694f051310ff1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8204,51 +8204,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2431691a2f5f05a16" w:history="1">
+      <w:hyperlink r:id="rId8269694f051311281" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7197691a2f5f05e23" w:history="1">
+      <w:hyperlink r:id="rId3168694f05131167d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9048,101 +9048,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5524691a2f5f05f78" w:history="1">
+      <w:hyperlink r:id="rId3219694f0513117c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2933691a2f5f05fcc" w:history="1">
+      <w:hyperlink r:id="rId2416694f051311819" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9188,51 +9188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7205691a2f5f0605c" w:history="1">
+      <w:hyperlink r:id="rId2400694f0513118a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9327,51 +9327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5504691a2f5f061c1" w:history="1">
+      <w:hyperlink r:id="rId9118694f05131198d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10039,51 +10039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8497691a2f5f0666d" w:history="1">
+      <w:hyperlink r:id="rId4873694f051311e1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10129,51 +10129,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6027691a2f5f06701" w:history="1">
+      <w:hyperlink r:id="rId3744694f051311eac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11202,51 +11202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8216691a2f5f06dea" w:history="1">
+      <w:hyperlink r:id="rId7079694f05131255b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12070,51 +12070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2933691a2f5f07355" w:history="1">
+      <w:hyperlink r:id="rId8484694f051312af7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13134,51 +13134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter asiaticus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7817691a2f5f07a12" w:history="1">
+      <w:hyperlink r:id="rId3518694f051313196" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13375,63 +13375,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83864786" name="name4429691a2f5f07bd7" descr="eu_funding_250.png"/>
+            <wp:docPr id="29294769" name="name3173694f05131364c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7649691a2f5f07bd5" cstate="print"/>
+                    <a:blip r:embed="rId4187694f05131364a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13529,137 +13529,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28249493">
+  <w:abstractNum w:abstractNumId="46793679">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72255096">
+    <w:lvl w:ilvl="0" w:tplc="48672058">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72255096" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48672058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72255096" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48672058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72255096" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48672058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72255096" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48672058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72255096" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48672058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72255096" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48672058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72255096" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48672058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72255096" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48672058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28249492">
+  <w:abstractNum w:abstractNumId="46793678">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15381562">
+    <w:lvl w:ilvl="0" w:tplc="31752665">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14411,55 +14411,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28249492">
-    <w:abstractNumId w:val="28249492"/>
+  <w:num w:numId="46793678">
+    <w:abstractNumId w:val="46793678"/>
   </w:num>
-  <w:num w:numId="28249493">
-    <w:abstractNumId w:val="28249493"/>
+  <w:num w:numId="46793679">
+    <w:abstractNumId w:val="46793679"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26009,51 +26009,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId521739852" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId473031931" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7959691a2f5f00d5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId9160691a2f5f00dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId5228691a2f5f00fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId8107691a2f5f0103c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId8723691a2f5f0181b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId8780691a2f5f0299e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId2684691a2f5f029e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId6289691a2f5f055fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId3175691a2f5f05789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId2431691a2f5f05a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId7197691a2f5f05e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId5524691a2f5f05f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId2933691a2f5f05fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId7205691a2f5f0605c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId5504691a2f5f061c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId8497691a2f5f0666d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId6027691a2f5f06701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId8216691a2f5f06dea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId2933691a2f5f07355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId7817691a2f5f07a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2589691a2f5f0170d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2589691a2f5f0170d.jpg"/><Relationship Id="rId5978691a2f5f038ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5978691a2f5f038ce.jpg"/><Relationship Id="rId7649691a2f5f07bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7649691a2f5f07bd5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940767700" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId156236728" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3233694f05130c86a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId6612694f05130c8c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId6000694f05130cad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId2492694f05130cb54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId7855694f05130d323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId3621694f05130e45d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId1589694f05130e4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId2111694f051310e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId4378694f051310ff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId8269694f051311281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId3168694f05131167d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId3219694f0513117c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId2416694f051311819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId2400694f0513118a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId9118694f05131198d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId4873694f051311e1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId3744694f051311eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId7079694f05131255b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId8484694f051312af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId3518694f051313196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9925694f05130d204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9925694f05130d204.jpg"/><Relationship Id="rId9534694f05130f0dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9534694f05130f0dc.jpg"/><Relationship Id="rId4187694f05131364a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4187694f05131364a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>