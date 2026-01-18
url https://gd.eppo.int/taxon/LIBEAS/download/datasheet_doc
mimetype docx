--- v3 (2025-12-26)
+++ v4 (2026-01-18)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3233694f05130c86a" w:history="1">
+      <w:hyperlink r:id="rId4482696c4aa58011d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6612694f05130c8c9" w:history="1">
+      <w:hyperlink r:id="rId8273696c4aa58017a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter asiaticus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotchy mottle disease of citrus, citrus dieback, decline of citrus, greening of citrus, huanglongbing, leaf mottling of citrus, likubin, vein phloem degeneration of citrus deactivated, yellow branch of citrus, yellow shoot disease, yellow shoot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6000694f05130cad4" w:history="1">
+            <w:hyperlink r:id="rId9187696c4aa580387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2492694f05130cb54" w:history="1">
+            <w:hyperlink r:id="rId8912696c4aa5803ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73434177" name="name7811694f05130d206" descr="17883.jpg"/>
+                  <wp:docPr id="76443002" name="name3713696c4aa580a87" descr="17883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9925694f05130d204" cstate="print"/>
+                          <a:blip r:embed="rId2218696c4aa580a84" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7855694f05130d323" w:history="1">
+            <w:hyperlink r:id="rId5170696c4aa580bab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3239,145 +3239,145 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter asiaticus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3621694f05130e45d" w:history="1">
+      <w:hyperlink r:id="rId2722696c4aa581cea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1589694f05130e4a2" w:history="1">
+      <w:hyperlink r:id="rId5835696c4aa581d2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61979480" name="name7831694f05130f0df" descr="LIBEAS_distribution_map.jpg"/>
+            <wp:docPr id="25889388" name="name7378696c4aa583045" descr="LIBEAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9534694f05130f0dc" cstate="print"/>
+                    <a:blip r:embed="rId6803696c4aa583043" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7562,51 +7562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2111694f051310e63" w:history="1">
+      <w:hyperlink r:id="rId2729696c4aa584e80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7806,51 +7806,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4378694f051310ff1" w:history="1">
+      <w:hyperlink r:id="rId4500696c4aa585010" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8204,51 +8204,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8269694f051311281" w:history="1">
+      <w:hyperlink r:id="rId1052696c4aa5852a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3168694f05131167d" w:history="1">
+      <w:hyperlink r:id="rId9986696c4aa58569f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9048,101 +9048,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3219694f0513117c6" w:history="1">
+      <w:hyperlink r:id="rId6184696c4aa5857e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2416694f051311819" w:history="1">
+      <w:hyperlink r:id="rId7517696c4aa58583c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9188,51 +9188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2400694f0513118a8" w:history="1">
+      <w:hyperlink r:id="rId9824696c4aa5858cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9327,51 +9327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9118694f05131198d" w:history="1">
+      <w:hyperlink r:id="rId4076696c4aa5859a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10039,51 +10039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4873694f051311e1a" w:history="1">
+      <w:hyperlink r:id="rId8874696c4aa585e4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10129,51 +10129,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3744694f051311eac" w:history="1">
+      <w:hyperlink r:id="rId6420696c4aa585edf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11202,51 +11202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7079694f05131255b" w:history="1">
+      <w:hyperlink r:id="rId6323696c4aa586595" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12070,51 +12070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8484694f051312af7" w:history="1">
+      <w:hyperlink r:id="rId2331696c4aa586b61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13112,73 +13112,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter asiaticus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3518694f051313196" w:history="1">
+      <w:hyperlink r:id="rId9635696c4aa58721f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13375,63 +13375,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29294769" name="name3173694f05131364c" descr="eu_funding_250.png"/>
+            <wp:docPr id="82906214" name="name1097696c4aa5875a5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4187694f05131364a" cstate="print"/>
+                    <a:blip r:embed="rId5873696c4aa5875a3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13529,137 +13529,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46793679">
+  <w:abstractNum w:abstractNumId="35759342">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48672058">
+    <w:lvl w:ilvl="0" w:tplc="58500808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48672058" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58500808" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48672058" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58500808" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48672058" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58500808" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48672058" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58500808" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48672058" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58500808" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48672058" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58500808" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48672058" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58500808" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48672058" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58500808" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46793678">
+  <w:abstractNum w:abstractNumId="35759341">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31752665">
+    <w:lvl w:ilvl="0" w:tplc="19411120">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14411,55 +14411,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46793678">
-    <w:abstractNumId w:val="46793678"/>
+  <w:num w:numId="35759341">
+    <w:abstractNumId w:val="35759341"/>
   </w:num>
-  <w:num w:numId="46793679">
-    <w:abstractNumId w:val="46793679"/>
+  <w:num w:numId="35759342">
+    <w:abstractNumId w:val="35759342"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26009,51 +26009,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940767700" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId156236728" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3233694f05130c86a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId6612694f05130c8c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId6000694f05130cad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId2492694f05130cb54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId7855694f05130d323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId3621694f05130e45d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId1589694f05130e4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId2111694f051310e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId4378694f051310ff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId8269694f051311281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId3168694f05131167d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId3219694f0513117c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId2416694f051311819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId2400694f0513118a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId9118694f05131198d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId4873694f051311e1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId3744694f051311eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId7079694f05131255b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId8484694f051312af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId3518694f051313196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9925694f05130d204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9925694f05130d204.jpg"/><Relationship Id="rId9534694f05130f0dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9534694f05130f0dc.jpg"/><Relationship Id="rId4187694f05131364a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4187694f05131364a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId326714044" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793223943" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4482696c4aa58011d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId8273696c4aa58017a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId9187696c4aa580387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId8912696c4aa5803ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId5170696c4aa580bab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId2722696c4aa581cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId5835696c4aa581d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId2729696c4aa584e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId4500696c4aa585010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId1052696c4aa5852a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId9986696c4aa58569f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId6184696c4aa5857e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId7517696c4aa58583c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId9824696c4aa5858cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId4076696c4aa5859a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId8874696c4aa585e4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId6420696c4aa585edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId6323696c4aa586595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId2331696c4aa586b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId9635696c4aa58721f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2218696c4aa580a84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2218696c4aa580a84.jpg"/><Relationship Id="rId6803696c4aa583043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6803696c4aa583043.jpg"/><Relationship Id="rId5873696c4aa5875a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5873696c4aa5875a3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>