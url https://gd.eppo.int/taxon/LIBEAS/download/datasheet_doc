--- v4 (2026-01-18)
+++ v5 (2026-02-08)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4482696c4aa58011d" w:history="1">
+      <w:hyperlink r:id="rId332069891f2fbd8a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8273696c4aa58017a" w:history="1">
+      <w:hyperlink r:id="rId649869891f2fbd8fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter asiaticus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotchy mottle disease of citrus, citrus dieback, decline of citrus, greening of citrus, huanglongbing, leaf mottling of citrus, likubin, vein phloem degeneration of citrus deactivated, yellow branch of citrus, yellow shoot disease, yellow shoot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9187696c4aa580387" w:history="1">
+            <w:hyperlink r:id="rId687269891f2fbdafe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -449,53 +449,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8912696c4aa5803ea" w:history="1">
+            <w:hyperlink r:id="rId243269891f2fbdba2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76443002" name="name3713696c4aa580a87" descr="17883.jpg"/>
+                  <wp:docPr id="85044775" name="name826369891f2fbe1a3" descr="17883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2218696c4aa580a84" cstate="print"/>
+                          <a:blip r:embed="rId766269891f2fbe1a1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5170696c4aa580bab" w:history="1">
+            <w:hyperlink r:id="rId830869891f2fbe2c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3239,145 +3239,145 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter asiaticus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2722696c4aa581cea" w:history="1">
+      <w:hyperlink r:id="rId527269891f2fbf66d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5835696c4aa581d2d" w:history="1">
+      <w:hyperlink r:id="rId830569891f2fbf6b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25889388" name="name7378696c4aa583045" descr="LIBEAS_distribution_map.jpg"/>
+            <wp:docPr id="25148282" name="name873269891f2fbfe4e" descr="LIBEAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6803696c4aa583043" cstate="print"/>
+                    <a:blip r:embed="rId211669891f2fbfe4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7562,51 +7562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2729696c4aa584e80" w:history="1">
+      <w:hyperlink r:id="rId428869891f2fc1bad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7806,51 +7806,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4500696c4aa585010" w:history="1">
+      <w:hyperlink r:id="rId949669891f2fc1d3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8204,51 +8204,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1052696c4aa5852a2" w:history="1">
+      <w:hyperlink r:id="rId701069891f2fc1fbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9986696c4aa58569f" w:history="1">
+      <w:hyperlink r:id="rId355269891f2fc23c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9048,101 +9048,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6184696c4aa5857e9" w:history="1">
+      <w:hyperlink r:id="rId904869891f2fc250f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7517696c4aa58583c" w:history="1">
+      <w:hyperlink r:id="rId717769891f2fc2575" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9188,51 +9188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9824696c4aa5858cb" w:history="1">
+      <w:hyperlink r:id="rId927369891f2fc2606" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9327,51 +9327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4076696c4aa5859a2" w:history="1">
+      <w:hyperlink r:id="rId660269891f2fc26e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10039,51 +10039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8874696c4aa585e4c" w:history="1">
+      <w:hyperlink r:id="rId408769891f2fc2b58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10129,51 +10129,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6420696c4aa585edf" w:history="1">
+      <w:hyperlink r:id="rId121869891f2fc2be8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11202,51 +11202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6323696c4aa586595" w:history="1">
+      <w:hyperlink r:id="rId437369891f2fc32a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12070,51 +12070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2331696c4aa586b61" w:history="1">
+      <w:hyperlink r:id="rId139769891f2fc3859" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13134,51 +13134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter asiaticus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9635696c4aa58721f" w:history="1">
+      <w:hyperlink r:id="rId407169891f2fc3f66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13375,63 +13375,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82906214" name="name1097696c4aa5875a5" descr="eu_funding_250.png"/>
+            <wp:docPr id="86857444" name="name958169891f2fc443e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5873696c4aa5875a3" cstate="print"/>
+                    <a:blip r:embed="rId315969891f2fc443d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13529,137 +13529,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35759342">
+  <w:abstractNum w:abstractNumId="12602768">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58500808">
+    <w:lvl w:ilvl="0" w:tplc="57552534">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58500808" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57552534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58500808" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57552534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58500808" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57552534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58500808" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57552534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58500808" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57552534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58500808" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57552534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58500808" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57552534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58500808" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57552534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35759341">
+  <w:abstractNum w:abstractNumId="12602767">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19411120">
+    <w:lvl w:ilvl="0" w:tplc="27323928">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14411,55 +14411,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35759341">
-    <w:abstractNumId w:val="35759341"/>
+  <w:num w:numId="12602767">
+    <w:abstractNumId w:val="12602767"/>
   </w:num>
-  <w:num w:numId="35759342">
-    <w:abstractNumId w:val="35759342"/>
+  <w:num w:numId="12602768">
+    <w:abstractNumId w:val="12602768"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26009,51 +26009,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId326714044" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793223943" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4482696c4aa58011d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId8273696c4aa58017a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId9187696c4aa580387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId8912696c4aa5803ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId5170696c4aa580bab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId2722696c4aa581cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId5835696c4aa581d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId2729696c4aa584e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId4500696c4aa585010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId1052696c4aa5852a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId9986696c4aa58569f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId6184696c4aa5857e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId7517696c4aa58583c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId9824696c4aa5858cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId4076696c4aa5859a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId8874696c4aa585e4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId6420696c4aa585edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId6323696c4aa586595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId2331696c4aa586b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId9635696c4aa58721f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2218696c4aa580a84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2218696c4aa580a84.jpg"/><Relationship Id="rId6803696c4aa583043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6803696c4aa583043.jpg"/><Relationship Id="rId5873696c4aa5875a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5873696c4aa5875a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId796321189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId127126388" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId332069891f2fbd8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId649869891f2fbd8fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId687269891f2fbdafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId243269891f2fbdba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId830869891f2fbe2c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId527269891f2fbf66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId830569891f2fbf6b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId428869891f2fc1bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId949669891f2fc1d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId701069891f2fc1fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId355269891f2fc23c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId904869891f2fc250f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId717769891f2fc2575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId927369891f2fc2606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId660269891f2fc26e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId408769891f2fc2b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId121869891f2fc2be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId437369891f2fc32a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId139769891f2fc3859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId407169891f2fc3f66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId766269891f2fbe1a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId766269891f2fbe1a1.jpg"/><Relationship Id="rId211669891f2fbfe4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId211669891f2fbfe4c.jpg"/><Relationship Id="rId315969891f2fc443d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId315969891f2fc443d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>