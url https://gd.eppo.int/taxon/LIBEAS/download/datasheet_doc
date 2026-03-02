--- v5 (2026-02-08)
+++ v6 (2026-03-02)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId332069891f2fbd8a2" w:history="1">
+      <w:hyperlink r:id="rId131569a509d5004a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649869891f2fbd8fe" w:history="1">
+      <w:hyperlink r:id="rId279269a509d500545" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter asiaticus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotchy mottle disease of citrus, citrus dieback, decline of citrus, greening of citrus, huanglongbing, leaf mottling of citrus, likubin, vein phloem degeneration of citrus deactivated, yellow branch of citrus, yellow shoot disease, yellow shoot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId687269891f2fbdafe" w:history="1">
+            <w:hyperlink r:id="rId150169a509d50077b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243269891f2fbdba2" w:history="1">
+            <w:hyperlink r:id="rId796869a509d5007e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85044775" name="name826369891f2fbe1a3" descr="17883.jpg"/>
+                  <wp:docPr id="44745774" name="name579769a509d500ceb" descr="17883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId766269891f2fbe1a1" cstate="print"/>
+                          <a:blip r:embed="rId572069a509d500cea" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId830869891f2fbe2c0" w:history="1">
+            <w:hyperlink r:id="rId296269a509d500ded" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3239,145 +3239,145 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter asiaticus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId527269891f2fbf66d" w:history="1">
+      <w:hyperlink r:id="rId389169a509d501f38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId830569891f2fbf6b7" w:history="1">
+      <w:hyperlink r:id="rId377669a509d501f7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25148282" name="name873269891f2fbfe4e" descr="LIBEAS_distribution_map.jpg"/>
+            <wp:docPr id="69759766" name="name475769a509d502bb9" descr="LIBEAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId211669891f2fbfe4c" cstate="print"/>
+                    <a:blip r:embed="rId542569a509d502bb7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7562,51 +7562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428869891f2fc1bad" w:history="1">
+      <w:hyperlink r:id="rId144469a509d504975" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7806,51 +7806,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949669891f2fc1d3d" w:history="1">
+      <w:hyperlink r:id="rId540269a509d504b02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8204,51 +8204,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId701069891f2fc1fbd" w:history="1">
+      <w:hyperlink r:id="rId796469a509d504d90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355269891f2fc23c6" w:history="1">
+      <w:hyperlink r:id="rId207469a509d5051a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9048,101 +9048,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904869891f2fc250f" w:history="1">
+      <w:hyperlink r:id="rId641669a509d5052f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717769891f2fc2575" w:history="1">
+      <w:hyperlink r:id="rId184769a509d505348" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9188,51 +9188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927369891f2fc2606" w:history="1">
+      <w:hyperlink r:id="rId749169a509d5053d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9327,51 +9327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660269891f2fc26e0" w:history="1">
+      <w:hyperlink r:id="rId954269a509d5054af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10039,51 +10039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408769891f2fc2b58" w:history="1">
+      <w:hyperlink r:id="rId738969a509d505a60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10129,51 +10129,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId121869891f2fc2be8" w:history="1">
+      <w:hyperlink r:id="rId606769a509d505b16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11202,51 +11202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437369891f2fc32a3" w:history="1">
+      <w:hyperlink r:id="rId397769a509d506233" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12070,51 +12070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139769891f2fc3859" w:history="1">
+      <w:hyperlink r:id="rId854569a509d50678d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13134,51 +13134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter asiaticus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407169891f2fc3f66" w:history="1">
+      <w:hyperlink r:id="rId451469a509d506e81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13375,63 +13375,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86857444" name="name958169891f2fc443e" descr="eu_funding_250.png"/>
+            <wp:docPr id="76416753" name="name582969a509d50703d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId315969891f2fc443d" cstate="print"/>
+                    <a:blip r:embed="rId994169a509d50703c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13529,137 +13529,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12602768">
+  <w:abstractNum w:abstractNumId="11287413">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57552534">
+    <w:lvl w:ilvl="0" w:tplc="47361386">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57552534" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47361386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57552534" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47361386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57552534" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47361386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57552534" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47361386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57552534" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47361386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57552534" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47361386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57552534" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47361386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57552534" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47361386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12602767">
+  <w:abstractNum w:abstractNumId="11287412">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27323928">
+    <w:lvl w:ilvl="0" w:tplc="40687373">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14411,55 +14411,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12602767">
-    <w:abstractNumId w:val="12602767"/>
+  <w:num w:numId="11287412">
+    <w:abstractNumId w:val="11287412"/>
   </w:num>
-  <w:num w:numId="12602768">
-    <w:abstractNumId w:val="12602768"/>
+  <w:num w:numId="11287413">
+    <w:abstractNumId w:val="11287413"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26009,51 +26009,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId796321189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId127126388" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId332069891f2fbd8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId649869891f2fbd8fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId687269891f2fbdafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId243269891f2fbdba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId830869891f2fbe2c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId527269891f2fbf66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId830569891f2fbf6b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId428869891f2fc1bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId949669891f2fc1d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId701069891f2fc1fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId355269891f2fc23c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId904869891f2fc250f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId717769891f2fc2575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId927369891f2fc2606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId660269891f2fc26e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId408769891f2fc2b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId121869891f2fc2be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId437369891f2fc32a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId139769891f2fc3859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId407169891f2fc3f66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId766269891f2fbe1a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId766269891f2fbe1a1.jpg"/><Relationship Id="rId211669891f2fbfe4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId211669891f2fbfe4c.jpg"/><Relationship Id="rId315969891f2fc443d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId315969891f2fc443d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId344535274" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId577633050" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId131569a509d5004a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId279269a509d500545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId150169a509d50077b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId796869a509d5007e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId296269a509d500ded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId389169a509d501f38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId377669a509d501f7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId144469a509d504975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId540269a509d504b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId796469a509d504d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId207469a509d5051a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId641669a509d5052f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId184769a509d505348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId749169a509d5053d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId954269a509d5054af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId738969a509d505a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId606769a509d505b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId397769a509d506233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId854569a509d50678d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId451469a509d506e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId572069a509d500cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId572069a509d500cea.jpg"/><Relationship Id="rId542569a509d502bb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId542569a509d502bb7.jpg"/><Relationship Id="rId994169a509d50703c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId994169a509d50703c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>