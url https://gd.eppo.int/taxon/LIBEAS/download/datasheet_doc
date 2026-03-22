--- v6 (2026-03-02)
+++ v7 (2026-03-22)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId131569a509d5004a7" w:history="1">
+      <w:hyperlink r:id="rId540369bfe75142e51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId279269a509d500545" w:history="1">
+      <w:hyperlink r:id="rId469269bfe75142eac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter asiaticus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotchy mottle disease of citrus, citrus dieback, decline of citrus, greening of citrus, huanglongbing, leaf mottling of citrus, likubin, vein phloem degeneration of citrus deactivated, yellow branch of citrus, yellow shoot disease, yellow shoot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150169a509d50077b" w:history="1">
+            <w:hyperlink r:id="rId502969bfe751430b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId796869a509d5007e0" w:history="1">
+            <w:hyperlink r:id="rId118869bfe75143118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44745774" name="name579769a509d500ceb" descr="17883.jpg"/>
+                  <wp:docPr id="32634549" name="name257869bfe75143698" descr="17883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId572069a509d500cea" cstate="print"/>
+                          <a:blip r:embed="rId728169bfe75143697" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId296269a509d500ded" w:history="1">
+            <w:hyperlink r:id="rId739269bfe751437be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3239,145 +3239,145 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter asiaticus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389169a509d501f38" w:history="1">
+      <w:hyperlink r:id="rId344769bfe751459aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId377669a509d501f7b" w:history="1">
+      <w:hyperlink r:id="rId835069bfe75145a0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69759766" name="name475769a509d502bb9" descr="LIBEAS_distribution_map.jpg"/>
+            <wp:docPr id="43894645" name="name472769bfe75146a1e" descr="LIBEAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId542569a509d502bb7" cstate="print"/>
+                    <a:blip r:embed="rId109669bfe75146a1c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7562,51 +7562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId144469a509d504975" w:history="1">
+      <w:hyperlink r:id="rId442169bfe751488ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7806,51 +7806,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId540269a509d504b02" w:history="1">
+      <w:hyperlink r:id="rId535869bfe75148a94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8204,51 +8204,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796469a509d504d90" w:history="1">
+      <w:hyperlink r:id="rId344969bfe75148d2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId207469a509d5051a8" w:history="1">
+      <w:hyperlink r:id="rId381869bfe75149136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9048,101 +9048,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641669a509d5052f4" w:history="1">
+      <w:hyperlink r:id="rId811069bfe75149285" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184769a509d505348" w:history="1">
+      <w:hyperlink r:id="rId625569bfe751492d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9188,51 +9188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749169a509d5053d7" w:history="1">
+      <w:hyperlink r:id="rId115869bfe75149368" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9327,51 +9327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954269a509d5054af" w:history="1">
+      <w:hyperlink r:id="rId596369bfe75149458" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10039,51 +10039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738969a509d505a60" w:history="1">
+      <w:hyperlink r:id="rId600569bfe751498fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10129,51 +10129,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606769a509d505b16" w:history="1">
+      <w:hyperlink r:id="rId116969bfe7514998f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11202,51 +11202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397769a509d506233" w:history="1">
+      <w:hyperlink r:id="rId530069bfe7514a082" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12070,51 +12070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854569a509d50678d" w:history="1">
+      <w:hyperlink r:id="rId803169bfe7514a61e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13134,51 +13134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter asiaticus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451469a509d506e81" w:history="1">
+      <w:hyperlink r:id="rId236269bfe7514acd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13375,63 +13375,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76416753" name="name582969a509d50703d" descr="eu_funding_250.png"/>
+            <wp:docPr id="31474757" name="name995969bfe7514aea1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId994169a509d50703c" cstate="print"/>
+                    <a:blip r:embed="rId709769bfe7514aea0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13529,137 +13529,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11287413">
+  <w:abstractNum w:abstractNumId="64552086">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47361386">
+    <w:lvl w:ilvl="0" w:tplc="62421600">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47361386" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62421600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47361386" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62421600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47361386" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62421600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47361386" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62421600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47361386" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62421600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47361386" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62421600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47361386" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62421600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47361386" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62421600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11287412">
+  <w:abstractNum w:abstractNumId="64552085">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40687373">
+    <w:lvl w:ilvl="0" w:tplc="27271512">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14411,55 +14411,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11287412">
-    <w:abstractNumId w:val="11287412"/>
+  <w:num w:numId="64552085">
+    <w:abstractNumId w:val="64552085"/>
   </w:num>
-  <w:num w:numId="11287413">
-    <w:abstractNumId w:val="11287413"/>
+  <w:num w:numId="64552086">
+    <w:abstractNumId w:val="64552086"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26009,51 +26009,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId344535274" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId577633050" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId131569a509d5004a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId279269a509d500545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId150169a509d50077b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId796869a509d5007e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId296269a509d500ded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId389169a509d501f38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId377669a509d501f7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId144469a509d504975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId540269a509d504b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId796469a509d504d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId207469a509d5051a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId641669a509d5052f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId184769a509d505348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId749169a509d5053d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId954269a509d5054af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId738969a509d505a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId606769a509d505b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId397769a509d506233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId854569a509d50678d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId451469a509d506e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId572069a509d500cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId572069a509d500cea.jpg"/><Relationship Id="rId542569a509d502bb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId542569a509d502bb7.jpg"/><Relationship Id="rId994169a509d50703c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId994169a509d50703c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId889617027" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId951433927" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId540369bfe75142e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId469269bfe75142eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId502969bfe751430b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/" TargetMode="External"/><Relationship Id="rId118869bfe75143118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/categorization" TargetMode="External"/><Relationship Id="rId739269bfe751437be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/photos" TargetMode="External"/><Relationship Id="rId344769bfe751459aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId835069bfe75145a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId442169bfe751488ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId535869bfe75148a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId344969bfe75148d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId381869bfe75149136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId811069bfe75149285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId625569bfe751492d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId115869bfe75149368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId596369bfe75149458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId600569bfe751498fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId116969bfe7514998f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId530069bfe7514a082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId803169bfe7514a61e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId236269bfe7514acd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId728169bfe75143697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId728169bfe75143697.jpg"/><Relationship Id="rId109669bfe75146a1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109669bfe75146a1c.jpg"/><Relationship Id="rId709769bfe7514aea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId709769bfe7514aea0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>