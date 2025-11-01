--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId271068e6e6e05b42b" w:history="1">
+      <w:hyperlink r:id="rId88746905cd98ec83e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
-      <w:hyperlink r:id="rId223468e6e6e05b489" w:history="1">
+      <w:hyperlink r:id="rId31996905cd98ec899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">rioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Liberibacter americanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Brazilian citrus greening</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115468e6e6e05b649" w:history="1">
+            <w:hyperlink r:id="rId11496905cd98ecb6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407668e6e6e05b6ba" w:history="1">
+            <w:hyperlink r:id="rId75276905cd98ecbcf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2397,133 +2397,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter americanus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107568e6e6e05c3b2" w:history="1">
+      <w:hyperlink r:id="rId62216905cd98edb53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId490668e6e6e05c3f6" w:history="1">
+      <w:hyperlink r:id="rId16356905cd98edb98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. Liberibacter asiaticus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54355845" name="name465768e6e6e05d264" descr="LIBEAM_distribution_map.jpg"/>
+            <wp:docPr id="99695196" name="name14646905cd98ee413" descr="LIBEAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId946968e6e6e05d261" cstate="print"/>
+                    <a:blip r:embed="rId54016905cd98ee412" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535568e6e6e05f386" w:history="1">
+      <w:hyperlink r:id="rId18396905cd98f0269" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987768e6e6e05f530" w:history="1">
+      <w:hyperlink r:id="rId31726905cd98f0419" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7245,51 +7245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891668e6e6e05f7bf" w:history="1">
+      <w:hyperlink r:id="rId29266905cd98f069a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7883,51 +7883,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793668e6e6e05fbe3" w:history="1">
+      <w:hyperlink r:id="rId41446905cd98f0a8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8089,101 +8089,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951368e6e6e05fd30" w:history="1">
+      <w:hyperlink r:id="rId65326905cd98f0bd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId153368e6e6e05fd85" w:history="1">
+      <w:hyperlink r:id="rId78086905cd98f0c2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8229,51 +8229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId272168e6e6e05fe16" w:history="1">
+      <w:hyperlink r:id="rId13156905cd98f0cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8368,51 +8368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559568e6e6e05feef" w:history="1">
+      <w:hyperlink r:id="rId12166905cd98f0d8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9080,51 +9080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId106668e6e6e06037b" w:history="1">
+      <w:hyperlink r:id="rId45506905cd98f1208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9170,51 +9170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736268e6e6e06040e" w:history="1">
+      <w:hyperlink r:id="rId97736905cd98f1298" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10243,51 +10243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784668e6e6e060ac8" w:history="1">
+      <w:hyperlink r:id="rId49496905cd98f194d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11111,51 +11111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId609668e6e6e061059" w:history="1">
+      <w:hyperlink r:id="rId62026905cd98f1eb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12175,51 +12175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter americanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754668e6e6e061707" w:history="1">
+      <w:hyperlink r:id="rId27596905cd98f255f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12416,63 +12416,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35098390" name="name921868e6e6e061919" descr="eu_funding_250.png"/>
+            <wp:docPr id="15376243" name="name47436905cd98f2746" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId866668e6e6e061917" cstate="print"/>
+                    <a:blip r:embed="rId26856905cd98f2744" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12570,137 +12570,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40350202">
+  <w:abstractNum w:abstractNumId="15014971">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59398855">
+    <w:lvl w:ilvl="0" w:tplc="57360151">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59398855" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57360151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59398855" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57360151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59398855" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57360151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59398855" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57360151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59398855" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57360151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59398855" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57360151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59398855" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57360151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59398855" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57360151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40350201">
+  <w:abstractNum w:abstractNumId="15014970">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72687972">
+    <w:lvl w:ilvl="0" w:tplc="58885031">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13452,55 +13452,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40350201">
-    <w:abstractNumId w:val="40350201"/>
+  <w:num w:numId="15014970">
+    <w:abstractNumId w:val="15014970"/>
   </w:num>
-  <w:num w:numId="40350202">
-    <w:abstractNumId w:val="40350202"/>
+  <w:num w:numId="15014971">
+    <w:abstractNumId w:val="15014971"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25050,51 +25050,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId140982017" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId225049596" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId271068e6e6e05b42b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId223468e6e6e05b489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId115468e6e6e05b649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId407668e6e6e05b6ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId107568e6e6e05c3b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId490668e6e6e05c3f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId535568e6e6e05f386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId987768e6e6e05f530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId891668e6e6e05f7bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId793668e6e6e05fbe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId951368e6e6e05fd30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId153368e6e6e05fd85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId272168e6e6e05fe16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId559568e6e6e05feef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId106668e6e6e06037b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId736268e6e6e06040e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId784668e6e6e060ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId609668e6e6e061059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId754668e6e6e061707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId946968e6e6e05d261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId946968e6e6e05d261.jpg"/><Relationship Id="rId866668e6e6e061917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866668e6e6e061917.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId679161659" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId717432107" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88746905cd98ec83e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId31996905cd98ec899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId11496905cd98ecb6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId75276905cd98ecbcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId62216905cd98edb53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId16356905cd98edb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId18396905cd98f0269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId31726905cd98f0419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId29266905cd98f069a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId41446905cd98f0a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId65326905cd98f0bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId78086905cd98f0c2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId13156905cd98f0cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId12166905cd98f0d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId45506905cd98f1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId97736905cd98f1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId49496905cd98f194d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId62026905cd98f1eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId27596905cd98f255f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54016905cd98ee412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54016905cd98ee412.jpg"/><Relationship Id="rId26856905cd98f2744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26856905cd98f2744.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>