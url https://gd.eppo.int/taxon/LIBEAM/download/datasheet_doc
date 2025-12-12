--- v1 (2025-11-01)
+++ v2 (2025-12-12)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId88746905cd98ec83e" w:history="1">
+      <w:hyperlink r:id="rId4625693c946696e49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
-      <w:hyperlink r:id="rId31996905cd98ec899" w:history="1">
+      <w:hyperlink r:id="rId7073693c946696eab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">rioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Liberibacter americanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Brazilian citrus greening</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11496905cd98ecb6a" w:history="1">
+            <w:hyperlink r:id="rId2116693c946697069" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75276905cd98ecbcf" w:history="1">
+            <w:hyperlink r:id="rId1670693c9466970cd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2397,175 +2397,175 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter americanus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62216905cd98edb53" w:history="1">
+      <w:hyperlink r:id="rId9950693c946697e32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId16356905cd98edb98" w:history="1">
+      <w:hyperlink r:id="rId1741693c946697e79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. Liberibacter asiaticus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99695196" name="name14646905cd98ee413" descr="LIBEAM_distribution_map.jpg"/>
+            <wp:docPr id="68315625" name="name9947693c946698c2e" descr="LIBEAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54016905cd98ee412" cstate="print"/>
+                    <a:blip r:embed="rId1179693c946698c2c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Brazil (Minas Gerais, Parana, Santa Catarina, Sao Paulo)</w:t>
+        <w:t xml:space="preserve"> Brazil (Goias, Minas Gerais, Parana, Santa Catarina, Sao Paulo)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18396905cd98f0269" w:history="1">
+      <w:hyperlink r:id="rId5525693c94669abc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31726905cd98f0419" w:history="1">
+      <w:hyperlink r:id="rId4988693c94669adbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7245,51 +7245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29266905cd98f069a" w:history="1">
+      <w:hyperlink r:id="rId9525693c94669b188" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7883,51 +7883,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41446905cd98f0a8f" w:history="1">
+      <w:hyperlink r:id="rId5109693c94669b685" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8089,101 +8089,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65326905cd98f0bd8" w:history="1">
+      <w:hyperlink r:id="rId8722693c94669b80f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78086905cd98f0c2b" w:history="1">
+      <w:hyperlink r:id="rId8177693c94669b867" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8229,51 +8229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13156905cd98f0cb9" w:history="1">
+      <w:hyperlink r:id="rId9976693c94669b8f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8368,51 +8368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12166905cd98f0d8e" w:history="1">
+      <w:hyperlink r:id="rId9150693c94669ba05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9080,51 +9080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45506905cd98f1208" w:history="1">
+      <w:hyperlink r:id="rId2987693c94669bf0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9170,51 +9170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97736905cd98f1298" w:history="1">
+      <w:hyperlink r:id="rId8441693c94669bfa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10243,51 +10243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49496905cd98f194d" w:history="1">
+      <w:hyperlink r:id="rId3530693c94669c6f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11111,51 +11111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62026905cd98f1eb7" w:history="1">
+      <w:hyperlink r:id="rId6893693c94669cd2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12175,51 +12175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter americanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27596905cd98f255f" w:history="1">
+      <w:hyperlink r:id="rId1035693c94669d481" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12416,63 +12416,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15376243" name="name47436905cd98f2746" descr="eu_funding_250.png"/>
+            <wp:docPr id="56064065" name="name5359693c94669d6ad" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26856905cd98f2744" cstate="print"/>
+                    <a:blip r:embed="rId7206693c94669d6ab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12570,137 +12570,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15014971">
+  <w:abstractNum w:abstractNumId="88841053">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57360151">
+    <w:lvl w:ilvl="0" w:tplc="46534119">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57360151" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46534119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57360151" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46534119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57360151" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46534119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57360151" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46534119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57360151" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46534119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57360151" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46534119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57360151" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46534119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57360151" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46534119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15014970">
+  <w:abstractNum w:abstractNumId="88841052">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58885031">
+    <w:lvl w:ilvl="0" w:tplc="65169694">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13452,55 +13452,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15014970">
-    <w:abstractNumId w:val="15014970"/>
+  <w:num w:numId="88841052">
+    <w:abstractNumId w:val="88841052"/>
   </w:num>
-  <w:num w:numId="15014971">
-    <w:abstractNumId w:val="15014971"/>
+  <w:num w:numId="88841053">
+    <w:abstractNumId w:val="88841053"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25050,51 +25050,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId679161659" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId717432107" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88746905cd98ec83e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId31996905cd98ec899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId11496905cd98ecb6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId75276905cd98ecbcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId62216905cd98edb53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId16356905cd98edb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId18396905cd98f0269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId31726905cd98f0419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId29266905cd98f069a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId41446905cd98f0a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId65326905cd98f0bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId78086905cd98f0c2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId13156905cd98f0cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId12166905cd98f0d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId45506905cd98f1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId97736905cd98f1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId49496905cd98f194d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId62026905cd98f1eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId27596905cd98f255f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54016905cd98ee412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54016905cd98ee412.jpg"/><Relationship Id="rId26856905cd98f2744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26856905cd98f2744.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId927462962" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId814312983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4625693c946696e49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId7073693c946696eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId2116693c946697069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId1670693c9466970cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId9950693c946697e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId1741693c946697e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId5525693c94669abc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId4988693c94669adbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId9525693c94669b188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId5109693c94669b685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId8722693c94669b80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId8177693c94669b867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId9976693c94669b8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId9150693c94669ba05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId2987693c94669bf0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId8441693c94669bfa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId3530693c94669c6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId6893693c94669cd2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId1035693c94669d481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1179693c946698c2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1179693c946698c2c.jpg"/><Relationship Id="rId7206693c94669d6ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7206693c94669d6ab.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>