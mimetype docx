--- v2 (2025-12-12)
+++ v3 (2026-01-21)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4625693c946696e49" w:history="1">
+      <w:hyperlink r:id="rId292069707eb686883" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7073693c946696eab" w:history="1">
+      <w:hyperlink r:id="rId134769707eb6868e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">rioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Liberibacter americanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Brazilian citrus greening</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2116693c946697069" w:history="1">
+            <w:hyperlink r:id="rId110669707eb686aa1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1670693c9466970cd" w:history="1">
+            <w:hyperlink r:id="rId157269707eb686b3f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2397,133 +2397,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter americanus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9950693c946697e32" w:history="1">
+      <w:hyperlink r:id="rId286469707eb68783f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1741693c946697e79" w:history="1">
+      <w:hyperlink r:id="rId652469707eb687883" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. Liberibacter asiaticus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68315625" name="name9947693c946698c2e" descr="LIBEAM_distribution_map.jpg"/>
+            <wp:docPr id="81278570" name="name635969707eb688a79" descr="LIBEAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1179693c946698c2c" cstate="print"/>
+                    <a:blip r:embed="rId681069707eb688a74" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5525693c94669abc2" w:history="1">
+      <w:hyperlink r:id="rId979269707eb68ab12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4988693c94669adbc" w:history="1">
+      <w:hyperlink r:id="rId453669707eb68acd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7245,51 +7245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9525693c94669b188" w:history="1">
+      <w:hyperlink r:id="rId233069707eb68af66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7883,51 +7883,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5109693c94669b685" w:history="1">
+      <w:hyperlink r:id="rId902069707eb68b36f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8089,101 +8089,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8722693c94669b80f" w:history="1">
+      <w:hyperlink r:id="rId410969707eb68b4c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8177693c94669b867" w:history="1">
+      <w:hyperlink r:id="rId874269707eb68b516" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8229,51 +8229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9976693c94669b8f8" w:history="1">
+      <w:hyperlink r:id="rId105769707eb68b5a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8368,51 +8368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9150693c94669ba05" w:history="1">
+      <w:hyperlink r:id="rId828369707eb68b67f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9080,51 +9080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2987693c94669bf0f" w:history="1">
+      <w:hyperlink r:id="rId638069707eb68bb26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9170,51 +9170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8441693c94669bfa7" w:history="1">
+      <w:hyperlink r:id="rId824069707eb68bbb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10243,51 +10243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3530693c94669c6f7" w:history="1">
+      <w:hyperlink r:id="rId375669707eb68c27a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11111,51 +11111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6893693c94669cd2c" w:history="1">
+      <w:hyperlink r:id="rId487669707eb68c7f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12153,73 +12153,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter americanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1035693c94669d481" w:history="1">
+      <w:hyperlink r:id="rId483669707eb68cec2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12416,63 +12416,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56064065" name="name5359693c94669d6ad" descr="eu_funding_250.png"/>
+            <wp:docPr id="18108862" name="name614869707eb68d3b0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7206693c94669d6ab" cstate="print"/>
+                    <a:blip r:embed="rId798969707eb68d3ae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12570,137 +12570,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88841053">
+  <w:abstractNum w:abstractNumId="23763211">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46534119">
+    <w:lvl w:ilvl="0" w:tplc="55251866">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46534119" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55251866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46534119" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55251866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46534119" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55251866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46534119" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55251866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46534119" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55251866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46534119" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55251866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46534119" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55251866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46534119" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55251866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88841052">
+  <w:abstractNum w:abstractNumId="23763210">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65169694">
+    <w:lvl w:ilvl="0" w:tplc="69478185">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13452,55 +13452,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88841052">
-    <w:abstractNumId w:val="88841052"/>
+  <w:num w:numId="23763210">
+    <w:abstractNumId w:val="23763210"/>
   </w:num>
-  <w:num w:numId="88841053">
-    <w:abstractNumId w:val="88841053"/>
+  <w:num w:numId="23763211">
+    <w:abstractNumId w:val="23763211"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25050,51 +25050,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId927462962" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId814312983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4625693c946696e49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId7073693c946696eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId2116693c946697069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId1670693c9466970cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId9950693c946697e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId1741693c946697e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId5525693c94669abc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId4988693c94669adbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId9525693c94669b188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId5109693c94669b685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId8722693c94669b80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId8177693c94669b867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId9976693c94669b8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId9150693c94669ba05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId2987693c94669bf0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId8441693c94669bfa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId3530693c94669c6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId6893693c94669cd2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId1035693c94669d481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1179693c946698c2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1179693c946698c2c.jpg"/><Relationship Id="rId7206693c94669d6ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7206693c94669d6ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510230650" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId321993302" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId292069707eb686883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId134769707eb6868e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId110669707eb686aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId157269707eb686b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId286469707eb68783f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId652469707eb687883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId979269707eb68ab12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId453669707eb68acd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId233069707eb68af66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId902069707eb68b36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId410969707eb68b4c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId874269707eb68b516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId105769707eb68b5a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId828369707eb68b67f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId638069707eb68bb26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId824069707eb68bbb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId375669707eb68c27a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId487669707eb68c7f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId483669707eb68cec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId681069707eb688a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId681069707eb688a74.jpg"/><Relationship Id="rId798969707eb68d3ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId798969707eb68d3ae.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>