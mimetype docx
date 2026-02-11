--- v3 (2026-01-21)
+++ v4 (2026-02-11)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId292069707eb686883" w:history="1">
+      <w:hyperlink r:id="rId8052698bdb934f023" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
-      <w:hyperlink r:id="rId134769707eb6868e3" w:history="1">
+      <w:hyperlink r:id="rId6814698bdb934f083" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">rioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Liberibacter americanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Brazilian citrus greening</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110669707eb686aa1" w:history="1">
+            <w:hyperlink r:id="rId7307698bdb934f255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -405,53 +405,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157269707eb686b3f" w:history="1">
+            <w:hyperlink r:id="rId6966698bdb934f2b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2397,133 +2397,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter americanus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286469707eb68783f" w:history="1">
+      <w:hyperlink r:id="rId5366698bdb934ff96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId652469707eb687883" w:history="1">
+      <w:hyperlink r:id="rId4317698bdb934ffda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. Liberibacter asiaticus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81278570" name="name635969707eb688a79" descr="LIBEAM_distribution_map.jpg"/>
+            <wp:docPr id="11954122" name="name9988698bdb9350e62" descr="LIBEAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId681069707eb688a74" cstate="print"/>
+                    <a:blip r:embed="rId3516698bdb9350e60" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979269707eb68ab12" w:history="1">
+      <w:hyperlink r:id="rId8486698bdb9352dc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453669707eb68acd7" w:history="1">
+      <w:hyperlink r:id="rId8685698bdb9352f58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7245,51 +7245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233069707eb68af66" w:history="1">
+      <w:hyperlink r:id="rId7410698bdb9353208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7883,51 +7883,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902069707eb68b36f" w:history="1">
+      <w:hyperlink r:id="rId4481698bdb9353609" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8089,101 +8089,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId410969707eb68b4c2" w:history="1">
+      <w:hyperlink r:id="rId6694698bdb9353753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874269707eb68b516" w:history="1">
+      <w:hyperlink r:id="rId6256698bdb93537a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8229,51 +8229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105769707eb68b5a7" w:history="1">
+      <w:hyperlink r:id="rId9452698bdb9353834" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8368,51 +8368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId828369707eb68b67f" w:history="1">
+      <w:hyperlink r:id="rId5469698bdb935390b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9080,51 +9080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId638069707eb68bb26" w:history="1">
+      <w:hyperlink r:id="rId4990698bdb9353d8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9170,51 +9170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824069707eb68bbb9" w:history="1">
+      <w:hyperlink r:id="rId1762698bdb9353e1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10243,51 +10243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375669707eb68c27a" w:history="1">
+      <w:hyperlink r:id="rId1441698bdb93544ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11111,51 +11111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487669707eb68c7f8" w:history="1">
+      <w:hyperlink r:id="rId8494698bdb9354a63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12175,51 +12175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter americanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId483669707eb68cec2" w:history="1">
+      <w:hyperlink r:id="rId1367698bdb9355118" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12416,63 +12416,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18108862" name="name614869707eb68d3b0" descr="eu_funding_250.png"/>
+            <wp:docPr id="44149672" name="name8388698bdb9355712" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId798969707eb68d3ae" cstate="print"/>
+                    <a:blip r:embed="rId2460698bdb9355710" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12570,137 +12570,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23763211">
+  <w:abstractNum w:abstractNumId="47290871">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55251866">
+    <w:lvl w:ilvl="0" w:tplc="40226531">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55251866" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40226531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55251866" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40226531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55251866" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40226531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55251866" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40226531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55251866" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40226531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55251866" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40226531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55251866" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40226531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55251866" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40226531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23763210">
+  <w:abstractNum w:abstractNumId="47290870">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69478185">
+    <w:lvl w:ilvl="0" w:tplc="19247098">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13452,55 +13452,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23763210">
-    <w:abstractNumId w:val="23763210"/>
+  <w:num w:numId="47290870">
+    <w:abstractNumId w:val="47290870"/>
   </w:num>
-  <w:num w:numId="23763211">
-    <w:abstractNumId w:val="23763211"/>
+  <w:num w:numId="47290871">
+    <w:abstractNumId w:val="47290871"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25050,51 +25050,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510230650" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId321993302" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId292069707eb686883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId134769707eb6868e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId110669707eb686aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId157269707eb686b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId286469707eb68783f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId652469707eb687883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId979269707eb68ab12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId453669707eb68acd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId233069707eb68af66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId902069707eb68b36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId410969707eb68b4c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId874269707eb68b516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId105769707eb68b5a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId828369707eb68b67f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId638069707eb68bb26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId824069707eb68bbb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId375669707eb68c27a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId487669707eb68c7f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId483669707eb68cec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId681069707eb688a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId681069707eb688a74.jpg"/><Relationship Id="rId798969707eb68d3ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId798969707eb68d3ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId146384994" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId962341432" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8052698bdb934f023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId6814698bdb934f083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId7307698bdb934f255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId6966698bdb934f2b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId5366698bdb934ff96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId4317698bdb934ffda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId8486698bdb9352dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId8685698bdb9352f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId7410698bdb9353208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId4481698bdb9353609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId6694698bdb9353753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId6256698bdb93537a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId9452698bdb9353834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId5469698bdb935390b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId4990698bdb9353d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId1762698bdb9353e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId1441698bdb93544ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId8494698bdb9354a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId1367698bdb9355118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3516698bdb9350e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3516698bdb9350e60.jpg"/><Relationship Id="rId2460698bdb9355710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2460698bdb9355710.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>