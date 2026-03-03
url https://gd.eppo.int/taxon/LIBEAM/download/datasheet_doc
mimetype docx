--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8052698bdb934f023" w:history="1">
+      <w:hyperlink r:id="rId105669a68b2d1802e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6814698bdb934f083" w:history="1">
+      <w:hyperlink r:id="rId153269a68b2d1808a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">rioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Liberibacter americanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Brazilian citrus greening</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7307698bdb934f255" w:history="1">
+            <w:hyperlink r:id="rId212569a68b2d1823b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6966698bdb934f2b9" w:history="1">
+            <w:hyperlink r:id="rId636069a68b2d1829f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2397,133 +2397,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter americanus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5366698bdb934ff96" w:history="1">
+      <w:hyperlink r:id="rId400369a68b2d18f71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4317698bdb934ffda" w:history="1">
+      <w:hyperlink r:id="rId158269a68b2d18fb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. Liberibacter asiaticus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11954122" name="name9988698bdb9350e62" descr="LIBEAM_distribution_map.jpg"/>
+            <wp:docPr id="90777005" name="name775369a68b2d19f22" descr="LIBEAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3516698bdb9350e60" cstate="print"/>
+                    <a:blip r:embed="rId171569a68b2d19f1f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8486698bdb9352dc6" w:history="1">
+      <w:hyperlink r:id="rId384769a68b2d1c320" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8685698bdb9352f58" w:history="1">
+      <w:hyperlink r:id="rId789169a68b2d1c4ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7245,51 +7245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7410698bdb9353208" w:history="1">
+      <w:hyperlink r:id="rId589469a68b2d1c741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7883,51 +7883,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4481698bdb9353609" w:history="1">
+      <w:hyperlink r:id="rId955969a68b2d1cb52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8089,101 +8089,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6694698bdb9353753" w:history="1">
+      <w:hyperlink r:id="rId191969a68b2d1cca5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6256698bdb93537a6" w:history="1">
+      <w:hyperlink r:id="rId551269a68b2d1ccf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8229,51 +8229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9452698bdb9353834" w:history="1">
+      <w:hyperlink r:id="rId800669a68b2d1cd85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8368,51 +8368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5469698bdb935390b" w:history="1">
+      <w:hyperlink r:id="rId589069a68b2d1ce59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9080,51 +9080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4990698bdb9353d8c" w:history="1">
+      <w:hyperlink r:id="rId675069a68b2d1d2bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9170,51 +9170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1762698bdb9353e1d" w:history="1">
+      <w:hyperlink r:id="rId807869a68b2d1d356" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10243,51 +10243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1441698bdb93544ee" w:history="1">
+      <w:hyperlink r:id="rId526869a68b2d1da17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11111,51 +11111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8494698bdb9354a63" w:history="1">
+      <w:hyperlink r:id="rId167669a68b2d1dfa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12175,51 +12175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter americanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1367698bdb9355118" w:history="1">
+      <w:hyperlink r:id="rId749369a68b2d1e677" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12416,63 +12416,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44149672" name="name8388698bdb9355712" descr="eu_funding_250.png"/>
+            <wp:docPr id="49528758" name="name753469a68b2d1e88b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2460698bdb9355710" cstate="print"/>
+                    <a:blip r:embed="rId249769a68b2d1e88a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12570,137 +12570,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47290871">
+  <w:abstractNum w:abstractNumId="30362038">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40226531">
+    <w:lvl w:ilvl="0" w:tplc="87770545">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40226531" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87770545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40226531" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87770545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40226531" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87770545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40226531" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87770545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40226531" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87770545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40226531" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87770545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40226531" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87770545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40226531" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87770545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47290870">
+  <w:abstractNum w:abstractNumId="30362037">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19247098">
+    <w:lvl w:ilvl="0" w:tplc="56693043">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13452,55 +13452,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47290870">
-    <w:abstractNumId w:val="47290870"/>
+  <w:num w:numId="30362037">
+    <w:abstractNumId w:val="30362037"/>
   </w:num>
-  <w:num w:numId="47290871">
-    <w:abstractNumId w:val="47290871"/>
+  <w:num w:numId="30362038">
+    <w:abstractNumId w:val="30362038"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25050,51 +25050,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId146384994" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId962341432" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8052698bdb934f023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId6814698bdb934f083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId7307698bdb934f255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId6966698bdb934f2b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId5366698bdb934ff96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId4317698bdb934ffda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId8486698bdb9352dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId8685698bdb9352f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId7410698bdb9353208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId4481698bdb9353609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId6694698bdb9353753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId6256698bdb93537a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId9452698bdb9353834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId5469698bdb935390b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId4990698bdb9353d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId1762698bdb9353e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId1441698bdb93544ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId8494698bdb9354a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId1367698bdb9355118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3516698bdb9350e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3516698bdb9350e60.jpg"/><Relationship Id="rId2460698bdb9355710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2460698bdb9355710.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId182243863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId585375158" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId105669a68b2d1802e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId153269a68b2d1808a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId212569a68b2d1823b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId636069a68b2d1829f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId400369a68b2d18f71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId158269a68b2d18fb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId384769a68b2d1c320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId789169a68b2d1c4ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId589469a68b2d1c741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId955969a68b2d1cb52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId191969a68b2d1cca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId551269a68b2d1ccf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId800669a68b2d1cd85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId589069a68b2d1ce59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId675069a68b2d1d2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId807869a68b2d1d356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId526869a68b2d1da17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId167669a68b2d1dfa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId749369a68b2d1e677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId171569a68b2d19f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId171569a68b2d19f1f.jpg"/><Relationship Id="rId249769a68b2d1e88a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId249769a68b2d1e88a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>