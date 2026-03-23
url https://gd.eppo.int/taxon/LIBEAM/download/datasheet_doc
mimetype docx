--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId105669a68b2d1802e" w:history="1">
+      <w:hyperlink r:id="rId184469c15d8a53a2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
-      <w:hyperlink r:id="rId153269a68b2d1808a" w:history="1">
+      <w:hyperlink r:id="rId971069c15d8a53ad7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">rioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Liberibacter americanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Brazilian citrus greening</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212569a68b2d1823b" w:history="1">
+            <w:hyperlink r:id="rId416369c15d8a53ce9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId636069a68b2d1829f" w:history="1">
+            <w:hyperlink r:id="rId732469c15d8a53d6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2397,133 +2397,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter americanus'. Click on the links to view the distributions of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400369a68b2d18f71" w:history="1">
+      <w:hyperlink r:id="rId700669c15d8a54b02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter africanus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId158269a68b2d18fb4" w:history="1">
+      <w:hyperlink r:id="rId361669c15d8a54b4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca. Liberibacter asiaticus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90777005" name="name775369a68b2d19f22" descr="LIBEAM_distribution_map.jpg"/>
+            <wp:docPr id="56108853" name="name911569c15d8a55984" descr="LIBEAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId171569a68b2d19f1f" cstate="print"/>
+                    <a:blip r:embed="rId437669c15d8a55981" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384769a68b2d1c320" w:history="1">
+      <w:hyperlink r:id="rId879869c15d8a57a58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId789169a68b2d1c4ad" w:history="1">
+      <w:hyperlink r:id="rId162569c15d8a57bf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7245,51 +7245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589469a68b2d1c741" w:history="1">
+      <w:hyperlink r:id="rId543469c15d8a57ebd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7883,51 +7883,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955969a68b2d1cb52" w:history="1">
+      <w:hyperlink r:id="rId766969c15d8a582d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8089,101 +8089,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191969a68b2d1cca5" w:history="1">
+      <w:hyperlink r:id="rId610369c15d8a58425" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId551269a68b2d1ccf7" w:history="1">
+      <w:hyperlink r:id="rId299669c15d8a5847a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8229,51 +8229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId800669a68b2d1cd85" w:history="1">
+      <w:hyperlink r:id="rId793269c15d8a5850b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8368,51 +8368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589069a68b2d1ce59" w:history="1">
+      <w:hyperlink r:id="rId739169c15d8a585e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9080,51 +9080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId675069a68b2d1d2bf" w:history="1">
+      <w:hyperlink r:id="rId824769c15d8a58a83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9170,51 +9170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807869a68b2d1d356" w:history="1">
+      <w:hyperlink r:id="rId839469c15d8a58b15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10243,51 +10243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId526869a68b2d1da17" w:history="1">
+      <w:hyperlink r:id="rId110169c15d8a591ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11111,51 +11111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId167669a68b2d1dfa8" w:history="1">
+      <w:hyperlink r:id="rId248469c15d8a5975a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12175,51 +12175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter americanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749369a68b2d1e677" w:history="1">
+      <w:hyperlink r:id="rId565069c15d8a59e2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12416,63 +12416,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49528758" name="name753469a68b2d1e88b" descr="eu_funding_250.png"/>
+            <wp:docPr id="38634690" name="name439969c15d8a5a0dd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId249769a68b2d1e88a" cstate="print"/>
+                    <a:blip r:embed="rId416069c15d8a5a0dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12570,137 +12570,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30362038">
+  <w:abstractNum w:abstractNumId="59882224">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87770545">
+    <w:lvl w:ilvl="0" w:tplc="47230564">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87770545" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47230564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87770545" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47230564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87770545" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47230564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87770545" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47230564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87770545" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47230564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87770545" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47230564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87770545" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47230564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87770545" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47230564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30362037">
+  <w:abstractNum w:abstractNumId="59882223">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56693043">
+    <w:lvl w:ilvl="0" w:tplc="83720344">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13452,55 +13452,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30362037">
-    <w:abstractNumId w:val="30362037"/>
+  <w:num w:numId="59882223">
+    <w:abstractNumId w:val="59882223"/>
   </w:num>
-  <w:num w:numId="30362038">
-    <w:abstractNumId w:val="30362038"/>
+  <w:num w:numId="59882224">
+    <w:abstractNumId w:val="59882224"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25050,51 +25050,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId182243863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId585375158" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId105669a68b2d1802e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId153269a68b2d1808a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId212569a68b2d1823b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId636069a68b2d1829f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId400369a68b2d18f71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId158269a68b2d18fb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId384769a68b2d1c320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId789169a68b2d1c4ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId589469a68b2d1c741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId955969a68b2d1cb52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId191969a68b2d1cca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId551269a68b2d1ccf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId800669a68b2d1cd85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId589069a68b2d1ce59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId675069a68b2d1d2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId807869a68b2d1d356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId526869a68b2d1da17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId167669a68b2d1dfa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId749369a68b2d1e677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId171569a68b2d19f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId171569a68b2d19f1f.jpg"/><Relationship Id="rId249769a68b2d1e88a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId249769a68b2d1e88a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId290021594" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId914551690" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId184469c15d8a53a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId971069c15d8a53ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId416369c15d8a53ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/" TargetMode="External"/><Relationship Id="rId732469c15d8a53d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/categorization" TargetMode="External"/><Relationship Id="rId700669c15d8a54b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/distribution" TargetMode="External"/><Relationship Id="rId361669c15d8a54b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId879869c15d8a57a58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId162569c15d8a57bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId543469c15d8a57ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId766969c15d8a582d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId610369c15d8a58425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId299669c15d8a5847a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId793269c15d8a5850b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId739169c15d8a585e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId824769c15d8a58a83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId839469c15d8a58b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId110169c15d8a591ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId248469c15d8a5975a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId565069c15d8a59e2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId437669c15d8a55981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId437669c15d8a55981.jpg"/><Relationship Id="rId416069c15d8a5a0dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId416069c15d8a5a0dc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>