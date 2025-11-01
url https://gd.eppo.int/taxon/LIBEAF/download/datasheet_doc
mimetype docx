--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId143868e748bf5d636" w:history="1">
+      <w:hyperlink r:id="rId63226905afa197251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473068e748bf5d697" w:history="1">
+      <w:hyperlink r:id="rId38206905afa1972b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter africanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> greening of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId764868e748bf5d89d" w:history="1">
+            <w:hyperlink r:id="rId79086905afa1974b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170468e748bf5d901" w:history="1">
+            <w:hyperlink r:id="rId45426905afa19751e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79175913" name="name681768e748bf5e0e2" descr="957.jpg"/>
+                  <wp:docPr id="18864540" name="name14326905afa1975f7" descr="957.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="957.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId146568e748bf5e0e0" cstate="print"/>
+                          <a:blip r:embed="rId17376905afa1975f6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId971568e748bf5e204" w:history="1">
+            <w:hyperlink r:id="rId55426905afa197706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2899,123 +2899,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter africanus'. Click on the links to view the distributions of ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId539668e748bf5f19e" w:history="1">
+      <w:hyperlink r:id="rId75686905afa19868e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’ and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406368e748bf5f1dc" w:history="1">
+      <w:hyperlink r:id="rId86986905afa1986c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘Ca. Liberibacter asiaticus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70274730" name="name142868e748bf60515" descr="LIBEAF_distribution_map.jpg"/>
+            <wp:docPr id="24958213" name="name32776905afa19924a" descr="LIBEAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId722268e748bf60512" cstate="print"/>
+                    <a:blip r:embed="rId43716905afa199249" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7116,51 +7116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360768e748bf6226e" w:history="1">
+      <w:hyperlink r:id="rId90506905afa19afbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7360,51 +7360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId718468e748bf62419" w:history="1">
+      <w:hyperlink r:id="rId36496905afa19b150" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7758,51 +7758,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115968e748bf6269b" w:history="1">
+      <w:hyperlink r:id="rId76916905afa19b3df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8396,51 +8396,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661768e748bf62aaf" w:history="1">
+      <w:hyperlink r:id="rId61586905afa19b81c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8602,101 +8602,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100268e748bf62bf9" w:history="1">
+      <w:hyperlink r:id="rId64426905afa19b971" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872268e748bf62c4c" w:history="1">
+      <w:hyperlink r:id="rId45236905afa19b9c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8742,51 +8742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId760568e748bf62cdc" w:history="1">
+      <w:hyperlink r:id="rId81396905afa19ba58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8881,51 +8881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624568e748bf62db3" w:history="1">
+      <w:hyperlink r:id="rId81256905afa19bb32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9595,51 +9595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991668e748bf63260" w:history="1">
+      <w:hyperlink r:id="rId49816905afa19bfc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9685,51 +9685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId997568e748bf632f2" w:history="1">
+      <w:hyperlink r:id="rId65516905afa19c060" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10758,51 +10758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355268e748bf639ed" w:history="1">
+      <w:hyperlink r:id="rId71566905afa19c753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11626,51 +11626,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId860668e748bf63faa" w:history="1">
+      <w:hyperlink r:id="rId53716905afa19cce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12690,51 +12690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter africanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648368e748bf64713" w:history="1">
+      <w:hyperlink r:id="rId84286905afa19d3e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12931,63 +12931,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22646542" name="name591268e748bf64984" descr="eu_funding_250.png"/>
+            <wp:docPr id="83617044" name="name27296905afa19d5aa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId560668e748bf64982" cstate="print"/>
+                    <a:blip r:embed="rId47996905afa19d5a9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13085,137 +13085,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45144314">
+  <w:abstractNum w:abstractNumId="28719358">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23943782">
+    <w:lvl w:ilvl="0" w:tplc="54969917">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23943782" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54969917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23943782" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54969917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23943782" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54969917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23943782" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54969917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23943782" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54969917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23943782" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54969917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23943782" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54969917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23943782" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54969917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45144313">
+  <w:abstractNum w:abstractNumId="28719357">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24815802">
+    <w:lvl w:ilvl="0" w:tplc="29454078">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13967,55 +13967,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45144313">
-    <w:abstractNumId w:val="45144313"/>
+  <w:num w:numId="28719357">
+    <w:abstractNumId w:val="28719357"/>
   </w:num>
-  <w:num w:numId="45144314">
-    <w:abstractNumId w:val="45144314"/>
+  <w:num w:numId="28719358">
+    <w:abstractNumId w:val="28719358"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25565,51 +25565,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId273161304" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId498498115" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId143868e748bf5d636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId473068e748bf5d697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId764868e748bf5d89d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId170468e748bf5d901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId971568e748bf5e204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId539668e748bf5f19e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId406368e748bf5f1dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId360768e748bf6226e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId718468e748bf62419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId115968e748bf6269b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId661768e748bf62aaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId100268e748bf62bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId872268e748bf62c4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId760568e748bf62cdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId624568e748bf62db3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId991668e748bf63260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId997568e748bf632f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId355268e748bf639ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId860668e748bf63faa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId648368e748bf64713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId146568e748bf5e0e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId146568e748bf5e0e0.jpg"/><Relationship Id="rId722268e748bf60512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId722268e748bf60512.jpg"/><Relationship Id="rId560668e748bf64982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId560668e748bf64982.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId764951133" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId521791661" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63226905afa197251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId38206905afa1972b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId79086905afa1974b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId45426905afa19751e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId55426905afa197706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId75686905afa19868e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId86986905afa1986c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId90506905afa19afbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId36496905afa19b150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId76916905afa19b3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId61586905afa19b81c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId64426905afa19b971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId45236905afa19b9c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId81396905afa19ba58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId81256905afa19bb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId49816905afa19bfc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId65516905afa19c060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId71566905afa19c753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId53716905afa19cce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId84286905afa19d3e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17376905afa1975f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17376905afa1975f6.jpg"/><Relationship Id="rId43716905afa199249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43716905afa199249.jpg"/><Relationship Id="rId47996905afa19d5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47996905afa19d5a9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>