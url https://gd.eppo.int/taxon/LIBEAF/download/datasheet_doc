--- v1 (2025-11-01)
+++ v2 (2025-12-06)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId63226905afa197251" w:history="1">
+      <w:hyperlink r:id="rId86616933a7bf9d75c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38206905afa1972b3" w:history="1">
+      <w:hyperlink r:id="rId85746933a7bf9d7ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter africanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> greening of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79086905afa1974b9" w:history="1">
+            <w:hyperlink r:id="rId61316933a7bf9da06" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45426905afa19751e" w:history="1">
+            <w:hyperlink r:id="rId51996933a7bf9da6b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18864540" name="name14326905afa1975f7" descr="957.jpg"/>
+                  <wp:docPr id="79332714" name="name55436933a7bf9db44" descr="957.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="957.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId17376905afa1975f6" cstate="print"/>
+                          <a:blip r:embed="rId73276933a7bf9db43" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId55426905afa197706" w:history="1">
+            <w:hyperlink r:id="rId95886933a7bf9dc67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2899,123 +2899,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter africanus'. Click on the links to view the distributions of ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId75686905afa19868e" w:history="1">
+      <w:hyperlink r:id="rId68616933a7bf9fc5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’ and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86986905afa1986c7" w:history="1">
+      <w:hyperlink r:id="rId91286933a7bf9fc9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘Ca. Liberibacter asiaticus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24958213" name="name32776905afa19924a" descr="LIBEAF_distribution_map.jpg"/>
+            <wp:docPr id="432765" name="name40446933a7bfa0e25" descr="LIBEAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43716905afa199249" cstate="print"/>
+                    <a:blip r:embed="rId73416933a7bfa0e21" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7116,51 +7116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90506905afa19afbb" w:history="1">
+      <w:hyperlink r:id="rId31976933a7bfa2b5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7360,51 +7360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36496905afa19b150" w:history="1">
+      <w:hyperlink r:id="rId87836933a7bfa2ced" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7758,51 +7758,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76916905afa19b3df" w:history="1">
+      <w:hyperlink r:id="rId86206933a7bfa2f81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8396,51 +8396,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61586905afa19b81c" w:history="1">
+      <w:hyperlink r:id="rId72136933a7bfa33ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8602,101 +8602,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64426905afa19b971" w:history="1">
+      <w:hyperlink r:id="rId18496933a7bfa34fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45236905afa19b9c4" w:history="1">
+      <w:hyperlink r:id="rId82686933a7bfa3550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8742,51 +8742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81396905afa19ba58" w:history="1">
+      <w:hyperlink r:id="rId54596933a7bfa35e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8881,51 +8881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81256905afa19bb32" w:history="1">
+      <w:hyperlink r:id="rId21216933a7bfa36b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9595,51 +9595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49816905afa19bfc0" w:history="1">
+      <w:hyperlink r:id="rId20146933a7bfa3b5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9685,51 +9685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65516905afa19c060" w:history="1">
+      <w:hyperlink r:id="rId61666933a7bfa3bee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10758,51 +10758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71566905afa19c753" w:history="1">
+      <w:hyperlink r:id="rId22446933a7bfa4337" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11626,51 +11626,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53716905afa19cce6" w:history="1">
+      <w:hyperlink r:id="rId67036933a7bfa48cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12690,51 +12690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter africanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84286905afa19d3e2" w:history="1">
+      <w:hyperlink r:id="rId14216933a7bfa4f83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12931,63 +12931,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83617044" name="name27296905afa19d5aa" descr="eu_funding_250.png"/>
+            <wp:docPr id="55585480" name="name60596933a7bfa5173" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47996905afa19d5a9" cstate="print"/>
+                    <a:blip r:embed="rId41406933a7bfa5172" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13085,137 +13085,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28719358">
+  <w:abstractNum w:abstractNumId="43359044">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54969917">
+    <w:lvl w:ilvl="0" w:tplc="78225667">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54969917" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78225667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54969917" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78225667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54969917" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78225667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54969917" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78225667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54969917" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78225667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54969917" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78225667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54969917" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78225667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54969917" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78225667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28719357">
+  <w:abstractNum w:abstractNumId="43359043">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29454078">
+    <w:lvl w:ilvl="0" w:tplc="22151574">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13967,55 +13967,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28719357">
-    <w:abstractNumId w:val="28719357"/>
+  <w:num w:numId="43359043">
+    <w:abstractNumId w:val="43359043"/>
   </w:num>
-  <w:num w:numId="28719358">
-    <w:abstractNumId w:val="28719358"/>
+  <w:num w:numId="43359044">
+    <w:abstractNumId w:val="43359044"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25565,51 +25565,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId764951133" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId521791661" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63226905afa197251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId38206905afa1972b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId79086905afa1974b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId45426905afa19751e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId55426905afa197706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId75686905afa19868e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId86986905afa1986c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId90506905afa19afbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId36496905afa19b150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId76916905afa19b3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId61586905afa19b81c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId64426905afa19b971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId45236905afa19b9c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId81396905afa19ba58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId81256905afa19bb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId49816905afa19bfc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId65516905afa19c060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId71566905afa19c753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId53716905afa19cce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId84286905afa19d3e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17376905afa1975f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17376905afa1975f6.jpg"/><Relationship Id="rId43716905afa199249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43716905afa199249.jpg"/><Relationship Id="rId47996905afa19d5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47996905afa19d5a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId809771229" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId431336493" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86616933a7bf9d75c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId85746933a7bf9d7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId61316933a7bf9da06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId51996933a7bf9da6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId95886933a7bf9dc67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId68616933a7bf9fc5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId91286933a7bf9fc9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId31976933a7bfa2b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId87836933a7bfa2ced" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId86206933a7bfa2f81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId72136933a7bfa33ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId18496933a7bfa34fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId82686933a7bfa3550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId54596933a7bfa35e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId21216933a7bfa36b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId20146933a7bfa3b5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId61666933a7bfa3bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId22446933a7bfa4337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId67036933a7bfa48cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId14216933a7bfa4f83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73276933a7bf9db43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73276933a7bf9db43.jpg"/><Relationship Id="rId73416933a7bfa0e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73416933a7bfa0e21.jpg"/><Relationship Id="rId41406933a7bfa5172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41406933a7bfa5172.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>