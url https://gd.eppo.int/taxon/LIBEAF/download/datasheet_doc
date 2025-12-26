--- v2 (2025-12-06)
+++ v3 (2025-12-26)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId86616933a7bf9d75c" w:history="1">
+      <w:hyperlink r:id="rId2441694f06c77dc96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85746933a7bf9d7ec" w:history="1">
+      <w:hyperlink r:id="rId7324694f06c77dcf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter africanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> greening of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61316933a7bf9da06" w:history="1">
+            <w:hyperlink r:id="rId7288694f06c77df10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51996933a7bf9da6b" w:history="1">
+            <w:hyperlink r:id="rId4156694f06c77df8e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79332714" name="name55436933a7bf9db44" descr="957.jpg"/>
+                  <wp:docPr id="18145731" name="name4228694f06c77e786" descr="957.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="957.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId73276933a7bf9db43" cstate="print"/>
+                          <a:blip r:embed="rId2916694f06c77e785" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId95886933a7bf9dc67" w:history="1">
+            <w:hyperlink r:id="rId5568694f06c77e8bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2899,123 +2899,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter africanus'. Click on the links to view the distributions of ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId68616933a7bf9fc5d" w:history="1">
+      <w:hyperlink r:id="rId6142694f06c77f890" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’ and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91286933a7bf9fc9d" w:history="1">
+      <w:hyperlink r:id="rId3886694f06c77f8ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘Ca. Liberibacter asiaticus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="432765" name="name40446933a7bfa0e25" descr="LIBEAF_distribution_map.jpg"/>
+            <wp:docPr id="66532817" name="name4564694f06c78076a" descr="LIBEAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73416933a7bfa0e21" cstate="print"/>
+                    <a:blip r:embed="rId5259694f06c780768" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7116,51 +7116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31976933a7bfa2b5d" w:history="1">
+      <w:hyperlink r:id="rId4730694f06c78259b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7360,51 +7360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87836933a7bfa2ced" w:history="1">
+      <w:hyperlink r:id="rId9452694f06c78273b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7758,51 +7758,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86206933a7bfa2f81" w:history="1">
+      <w:hyperlink r:id="rId7884694f06c7829d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8396,51 +8396,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72136933a7bfa33ac" w:history="1">
+      <w:hyperlink r:id="rId9582694f06c782df8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8602,101 +8602,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18496933a7bfa34fb" w:history="1">
+      <w:hyperlink r:id="rId9010694f06c782f4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82686933a7bfa3550" w:history="1">
+      <w:hyperlink r:id="rId6397694f06c782fa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8742,51 +8742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54596933a7bfa35e1" w:history="1">
+      <w:hyperlink r:id="rId5538694f06c783035" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8881,51 +8881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21216933a7bfa36b9" w:history="1">
+      <w:hyperlink r:id="rId3802694f06c783113" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9595,51 +9595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20146933a7bfa3b5a" w:history="1">
+      <w:hyperlink r:id="rId4140694f06c7835b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9685,51 +9685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61666933a7bfa3bee" w:history="1">
+      <w:hyperlink r:id="rId4287694f06c783644" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10758,51 +10758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22446933a7bfa4337" w:history="1">
+      <w:hyperlink r:id="rId7367694f06c783d38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11626,51 +11626,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67036933a7bfa48cb" w:history="1">
+      <w:hyperlink r:id="rId4984694f06c7842dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12690,51 +12690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter africanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14216933a7bfa4f83" w:history="1">
+      <w:hyperlink r:id="rId1374694f06c78499c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12931,63 +12931,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="55585480" name="name60596933a7bfa5173" descr="eu_funding_250.png"/>
+            <wp:docPr id="64854900" name="name1718694f06c784ba4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId41406933a7bfa5172" cstate="print"/>
+                    <a:blip r:embed="rId4944694f06c784ba3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13085,137 +13085,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43359044">
+  <w:abstractNum w:abstractNumId="24010215">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78225667">
+    <w:lvl w:ilvl="0" w:tplc="85408220">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78225667" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85408220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78225667" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85408220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78225667" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85408220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78225667" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85408220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78225667" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85408220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78225667" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85408220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78225667" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85408220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78225667" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85408220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43359043">
+  <w:abstractNum w:abstractNumId="24010214">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22151574">
+    <w:lvl w:ilvl="0" w:tplc="15399663">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13967,55 +13967,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43359043">
-    <w:abstractNumId w:val="43359043"/>
+  <w:num w:numId="24010214">
+    <w:abstractNumId w:val="24010214"/>
   </w:num>
-  <w:num w:numId="43359044">
-    <w:abstractNumId w:val="43359044"/>
+  <w:num w:numId="24010215">
+    <w:abstractNumId w:val="24010215"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25565,51 +25565,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId809771229" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId431336493" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86616933a7bf9d75c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId85746933a7bf9d7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId61316933a7bf9da06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId51996933a7bf9da6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId95886933a7bf9dc67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId68616933a7bf9fc5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId91286933a7bf9fc9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId31976933a7bfa2b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId87836933a7bfa2ced" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId86206933a7bfa2f81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId72136933a7bfa33ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId18496933a7bfa34fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId82686933a7bfa3550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId54596933a7bfa35e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId21216933a7bfa36b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId20146933a7bfa3b5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId61666933a7bfa3bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId22446933a7bfa4337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId67036933a7bfa48cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId14216933a7bfa4f83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73276933a7bf9db43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73276933a7bf9db43.jpg"/><Relationship Id="rId73416933a7bfa0e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73416933a7bfa0e21.jpg"/><Relationship Id="rId41406933a7bfa5172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41406933a7bfa5172.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId462731582" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId891777370" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2441694f06c77dc96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId7324694f06c77dcf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId7288694f06c77df10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId4156694f06c77df8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId5568694f06c77e8bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId6142694f06c77f890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId3886694f06c77f8ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId4730694f06c78259b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId9452694f06c78273b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId7884694f06c7829d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId9582694f06c782df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId9010694f06c782f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId6397694f06c782fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId5538694f06c783035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId3802694f06c783113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId4140694f06c7835b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId4287694f06c783644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId7367694f06c783d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId4984694f06c7842dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId1374694f06c78499c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2916694f06c77e785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2916694f06c77e785.jpg"/><Relationship Id="rId5259694f06c780768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5259694f06c780768.jpg"/><Relationship Id="rId4944694f06c784ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4944694f06c784ba3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>