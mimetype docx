--- v3 (2025-12-26)
+++ v4 (2026-01-28)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2441694f06c77dc96" w:history="1">
+      <w:hyperlink r:id="rId3043697a058a616ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7324694f06c77dcf6" w:history="1">
+      <w:hyperlink r:id="rId3309697a058a6172d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter africanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> greening of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7288694f06c77df10" w:history="1">
+            <w:hyperlink r:id="rId6668697a058a6198a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4156694f06c77df8e" w:history="1">
+            <w:hyperlink r:id="rId6403697a058a619f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18145731" name="name4228694f06c77e786" descr="957.jpg"/>
+                  <wp:docPr id="76724390" name="name5375697a058a62134" descr="957.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="957.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2916694f06c77e785" cstate="print"/>
+                          <a:blip r:embed="rId5303697a058a62132" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5568694f06c77e8bc" w:history="1">
+            <w:hyperlink r:id="rId5243697a058a6224f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2899,123 +2899,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter africanus'. Click on the links to view the distributions of ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6142694f06c77f890" w:history="1">
+      <w:hyperlink r:id="rId8265697a058a63366" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’ and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3886694f06c77f8ca" w:history="1">
+      <w:hyperlink r:id="rId9079697a058a633a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘Ca. Liberibacter asiaticus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66532817" name="name4564694f06c78076a" descr="LIBEAF_distribution_map.jpg"/>
+            <wp:docPr id="17788913" name="name2242697a058a6411c" descr="LIBEAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5259694f06c780768" cstate="print"/>
+                    <a:blip r:embed="rId3078697a058a64118" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7116,51 +7116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4730694f06c78259b" w:history="1">
+      <w:hyperlink r:id="rId7507697a058a66135" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7360,51 +7360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9452694f06c78273b" w:history="1">
+      <w:hyperlink r:id="rId1312697a058a662c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7758,51 +7758,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7884694f06c7829d0" w:history="1">
+      <w:hyperlink r:id="rId1777697a058a66550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8396,51 +8396,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9582694f06c782df8" w:history="1">
+      <w:hyperlink r:id="rId1828697a058a66997" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8602,101 +8602,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9010694f06c782f4b" w:history="1">
+      <w:hyperlink r:id="rId3885697a058a66bf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6397694f06c782fa0" w:history="1">
+      <w:hyperlink r:id="rId4605697a058a66c7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8742,51 +8742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5538694f06c783035" w:history="1">
+      <w:hyperlink r:id="rId9100697a058a66d54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8881,51 +8881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3802694f06c783113" w:history="1">
+      <w:hyperlink r:id="rId8693697a058a66e98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9595,51 +9595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4140694f06c7835b0" w:history="1">
+      <w:hyperlink r:id="rId5713697a058a6759c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9685,51 +9685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4287694f06c783644" w:history="1">
+      <w:hyperlink r:id="rId1633697a058a67630" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10758,51 +10758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7367694f06c783d38" w:history="1">
+      <w:hyperlink r:id="rId7923697a058a67d23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11626,51 +11626,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4984694f06c7842dd" w:history="1">
+      <w:hyperlink r:id="rId8978697a058a68286" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12668,73 +12668,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter africanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1374694f06c78499c" w:history="1">
+      <w:hyperlink r:id="rId7777697a058a68982" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12931,63 +12931,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64854900" name="name1718694f06c784ba4" descr="eu_funding_250.png"/>
+            <wp:docPr id="62362108" name="name9513697a058a68cc3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4944694f06c784ba3" cstate="print"/>
+                    <a:blip r:embed="rId4679697a058a68cc1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13085,137 +13085,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24010215">
+  <w:abstractNum w:abstractNumId="81858787">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85408220">
+    <w:lvl w:ilvl="0" w:tplc="84050029">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85408220" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84050029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85408220" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84050029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85408220" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84050029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85408220" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84050029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85408220" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84050029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85408220" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84050029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85408220" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84050029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85408220" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84050029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24010214">
+  <w:abstractNum w:abstractNumId="81858786">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15399663">
+    <w:lvl w:ilvl="0" w:tplc="73988385">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13967,55 +13967,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24010214">
-    <w:abstractNumId w:val="24010214"/>
+  <w:num w:numId="81858786">
+    <w:abstractNumId w:val="81858786"/>
   </w:num>
-  <w:num w:numId="24010215">
-    <w:abstractNumId w:val="24010215"/>
+  <w:num w:numId="81858787">
+    <w:abstractNumId w:val="81858787"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25565,51 +25565,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId462731582" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId891777370" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2441694f06c77dc96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId7324694f06c77dcf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId7288694f06c77df10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId4156694f06c77df8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId5568694f06c77e8bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId6142694f06c77f890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId3886694f06c77f8ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId4730694f06c78259b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId9452694f06c78273b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId7884694f06c7829d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId9582694f06c782df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId9010694f06c782f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId6397694f06c782fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId5538694f06c783035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId3802694f06c783113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId4140694f06c7835b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId4287694f06c783644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId7367694f06c783d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId4984694f06c7842dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId1374694f06c78499c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2916694f06c77e785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2916694f06c77e785.jpg"/><Relationship Id="rId5259694f06c780768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5259694f06c780768.jpg"/><Relationship Id="rId4944694f06c784ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4944694f06c784ba3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId270109736" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId189076164" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3043697a058a616ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId3309697a058a6172d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId6668697a058a6198a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId6403697a058a619f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId5243697a058a6224f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId8265697a058a63366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId9079697a058a633a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId7507697a058a66135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId1312697a058a662c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId1777697a058a66550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId1828697a058a66997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId3885697a058a66bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId4605697a058a66c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId9100697a058a66d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId8693697a058a66e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId5713697a058a6759c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId1633697a058a67630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId7923697a058a67d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId8978697a058a68286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId7777697a058a68982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5303697a058a62132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5303697a058a62132.jpg"/><Relationship Id="rId3078697a058a64118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3078697a058a64118.jpg"/><Relationship Id="rId4679697a058a68cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4679697a058a68cc1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>