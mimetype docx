--- v4 (2026-01-28)
+++ v5 (2026-02-21)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3043697a058a616ce" w:history="1">
+      <w:hyperlink r:id="rId753469990938283e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3309697a058a6172d" w:history="1">
+      <w:hyperlink r:id="rId60636999093828440" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter africanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> greening of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6668697a058a6198a" w:history="1">
+            <w:hyperlink r:id="rId63066999093828639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -449,53 +449,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6403697a058a619f2" w:history="1">
+            <w:hyperlink r:id="rId2657699909382869c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76724390" name="name5375697a058a62134" descr="957.jpg"/>
+                  <wp:docPr id="88170603" name="name48096999093828d11" descr="957.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="957.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5303697a058a62132" cstate="print"/>
+                          <a:blip r:embed="rId96816999093828d0f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5243697a058a6224f" w:history="1">
+            <w:hyperlink r:id="rId27836999093828e18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2899,123 +2899,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter africanus'. Click on the links to view the distributions of ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8265697a058a63366" w:history="1">
+      <w:hyperlink r:id="rId97756999093829d97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’ and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9079697a058a633a0" w:history="1">
+      <w:hyperlink r:id="rId11176999093829dd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘Ca. Liberibacter asiaticus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17788913" name="name2242697a058a6411c" descr="LIBEAF_distribution_map.jpg"/>
+            <wp:docPr id="88978389" name="name4957699909382ac4d" descr="LIBEAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3078697a058a64118" cstate="print"/>
+                    <a:blip r:embed="rId9309699909382ac4a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7116,51 +7116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7507697a058a66135" w:history="1">
+      <w:hyperlink r:id="rId8040699909382cf66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7360,51 +7360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1312697a058a662c3" w:history="1">
+      <w:hyperlink r:id="rId7155699909382d1dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7758,51 +7758,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1777697a058a66550" w:history="1">
+      <w:hyperlink r:id="rId6478699909382d60d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8396,51 +8396,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1828697a058a66997" w:history="1">
+      <w:hyperlink r:id="rId3442699909382da8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8602,101 +8602,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3885697a058a66bf1" w:history="1">
+      <w:hyperlink r:id="rId4754699909382dbda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4605697a058a66c7b" w:history="1">
+      <w:hyperlink r:id="rId2452699909382dc2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8742,51 +8742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9100697a058a66d54" w:history="1">
+      <w:hyperlink r:id="rId7834699909382dd6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8881,51 +8881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8693697a058a66e98" w:history="1">
+      <w:hyperlink r:id="rId2422699909382dec1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9595,51 +9595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5713697a058a6759c" w:history="1">
+      <w:hyperlink r:id="rId6754699909382e447" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9685,51 +9685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1633697a058a67630" w:history="1">
+      <w:hyperlink r:id="rId7471699909382e4dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10758,51 +10758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7923697a058a67d23" w:history="1">
+      <w:hyperlink r:id="rId7628699909382ec86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11626,51 +11626,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8978697a058a68286" w:history="1">
+      <w:hyperlink r:id="rId7945699909382f243" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12690,51 +12690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter africanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7777697a058a68982" w:history="1">
+      <w:hyperlink r:id="rId1473699909382f927" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12931,63 +12931,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62362108" name="name9513697a058a68cc3" descr="eu_funding_250.png"/>
+            <wp:docPr id="3037594" name="name28346999093830096" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4679697a058a68cc1" cstate="print"/>
+                    <a:blip r:embed="rId70086999093830094" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13085,137 +13085,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81858787">
+  <w:abstractNum w:abstractNumId="16116718">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84050029">
+    <w:lvl w:ilvl="0" w:tplc="50652482">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84050029" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50652482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84050029" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50652482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84050029" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50652482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84050029" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50652482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84050029" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50652482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84050029" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50652482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84050029" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50652482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84050029" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50652482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81858786">
+  <w:abstractNum w:abstractNumId="16116717">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73988385">
+    <w:lvl w:ilvl="0" w:tplc="27387745">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13967,55 +13967,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81858786">
-    <w:abstractNumId w:val="81858786"/>
+  <w:num w:numId="16116717">
+    <w:abstractNumId w:val="16116717"/>
   </w:num>
-  <w:num w:numId="81858787">
-    <w:abstractNumId w:val="81858787"/>
+  <w:num w:numId="16116718">
+    <w:abstractNumId w:val="16116718"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25565,51 +25565,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId270109736" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId189076164" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3043697a058a616ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId3309697a058a6172d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId6668697a058a6198a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId6403697a058a619f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId5243697a058a6224f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId8265697a058a63366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId9079697a058a633a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId7507697a058a66135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId1312697a058a662c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId1777697a058a66550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId1828697a058a66997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId3885697a058a66bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId4605697a058a66c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId9100697a058a66d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId8693697a058a66e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId5713697a058a6759c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId1633697a058a67630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId7923697a058a67d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId8978697a058a68286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId7777697a058a68982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5303697a058a62132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5303697a058a62132.jpg"/><Relationship Id="rId3078697a058a64118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3078697a058a64118.jpg"/><Relationship Id="rId4679697a058a68cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4679697a058a68cc1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId763991141" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId839663838" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId753469990938283e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId60636999093828440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId63066999093828639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId2657699909382869c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId27836999093828e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId97756999093829d97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId11176999093829dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId8040699909382cf66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId7155699909382d1dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId6478699909382d60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId3442699909382da8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId4754699909382dbda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId2452699909382dc2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId7834699909382dd6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId2422699909382dec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId6754699909382e447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId7471699909382e4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId7628699909382ec86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId7945699909382f243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId1473699909382f927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96816999093828d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96816999093828d0f.jpg"/><Relationship Id="rId9309699909382ac4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9309699909382ac4a.jpg"/><Relationship Id="rId70086999093830094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70086999093830094.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>