--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -80,96 +80,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2020-06-09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the three bacterial species that are associated with huanglongbing (or citrus greening). Huanglongbing is transmitted by two psyllid vectors (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId753469990938283e2" w:history="1">
+      <w:hyperlink r:id="rId182169b4c8c99ef63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Diaphorina citri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60636999093828440" w:history="1">
+      <w:hyperlink r:id="rId448069b4c8c99efc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Trioza erytreae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) which are covered in two other separate datasheets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Liberibacter africanus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> greening of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63066999093828639" w:history="1">
+            <w:hyperlink r:id="rId130169b4c8c99f1de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2657699909382869c" w:history="1">
+            <w:hyperlink r:id="rId622169b4c8c99f244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LIBEAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88170603" name="name48096999093828d11" descr="957.jpg"/>
+                  <wp:docPr id="5457560" name="name343369b4c8c99f858" descr="957.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="957.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId96816999093828d0f" cstate="print"/>
+                          <a:blip r:embed="rId507969b4c8c99f855" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId27836999093828e18" w:history="1">
+            <w:hyperlink r:id="rId837269b4c8c99f976" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2899,123 +2899,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The map below shows the world distribution of '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Liberibacter africanus'. Click on the links to view the distributions of ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId97756999093829d97" w:history="1">
+      <w:hyperlink r:id="rId216869b4c8c9a0a82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ca</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">. Liberibacter americanus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’ and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11176999093829dd0" w:history="1">
+      <w:hyperlink r:id="rId883369b4c8c9a0ac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">‘Ca. Liberibacter asiaticus’</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88978389" name="name4957699909382ac4d" descr="LIBEAF_distribution_map.jpg"/>
+            <wp:docPr id="80441271" name="name789969b4c8c9a1902" descr="LIBEAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LIBEAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9309699909382ac4a" cstate="print"/>
+                    <a:blip r:embed="rId342469b4c8c9a18fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7116,51 +7116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8040699909382cf66" w:history="1">
+      <w:hyperlink r:id="rId285869b4c8c9a36b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7360,51 +7360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7155699909382d1dd" w:history="1">
+      <w:hyperlink r:id="rId565369b4c8c9a3846" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/jpp.v92i2.171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7758,51 +7758,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOCV, University of California, Riverside, USA, pp. 91-97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) Citrus huanglongbing disease. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6478699909382d60d" w:history="1">
+      <w:hyperlink r:id="rId250569b4c8c9a3acb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8396,51 +8396,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Dala-Paula BM, Plotto A, Bai J, Manthey JA, Baldwin EA, Ferrarezi RS &amp; Gloria MBA (2019) Effect of huanglongbing or greening disease on orange juice quality, a review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3442699909382da8c" w:history="1">
+      <w:hyperlink r:id="rId438369b4c8c9a3f15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8602,101 +8602,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 a) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4754699909382dbda" w:history="1">
+      <w:hyperlink r:id="rId885269b4c8c9a4066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.efsa.europa.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019 b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter - Pest Report and Datasheet to support ranking of EU candidate priority pests [Data set]. Zenodo. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2452699909382dc2e" w:history="1">
+      <w:hyperlink r:id="rId529269b4c8c9a40ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.5281/zenodo.2788905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8742,51 +8742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7834699909382dd6a" w:history="1">
+      <w:hyperlink r:id="rId955369b4c8c9a4164" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8881,51 +8881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-282. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2422699909382dec1" w:history="1">
+      <w:hyperlink r:id="rId503269b4c8c9a4243" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9595,51 +9595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, da Graça JV &amp; Bassanezi R (2007) Citrus Huanglongbing: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6754699909382e447" w:history="1">
+      <w:hyperlink r:id="rId551369b4c8c9a46d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-0906-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9685,51 +9685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7471699909382e4dc" w:history="1">
+      <w:hyperlink r:id="rId405469b4c8c9a4771" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.bioflm.2019.100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10758,51 +10758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li S, Wu F, Duan Y, Singerman A &amp; Guan Z (2020) Citrus Greening: Management strategies and their economic impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hort Science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7628699909382ec86" w:history="1">
+      <w:hyperlink r:id="rId830369b4c8c9a4e4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI14696-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11626,51 +11626,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-122. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rasowo BA, Khamis FM, Mohamed SA, Ajene IJ, Aidoo OF, Ombura L, Sétamou M, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7945699909382f243" w:history="1">
+      <w:hyperlink r:id="rId817269b4c8c9a53f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ekesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S &amp; Borgemeister C (2019). African citrus greening disease in East Africa: Incidence, severity, and distribution patterns. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12690,51 +12690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Liberibacter africanus'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1473699909382f927" w:history="1">
+      <w:hyperlink r:id="rId200469b4c8c9a607b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12931,63 +12931,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3037594" name="name28346999093830096" descr="eu_funding_250.png"/>
+            <wp:docPr id="60684497" name="name156869b4c8c9a63ef" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70086999093830094" cstate="print"/>
+                    <a:blip r:embed="rId721469b4c8c9a63ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13085,137 +13085,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16116718">
+  <w:abstractNum w:abstractNumId="19084244">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50652482">
+    <w:lvl w:ilvl="0" w:tplc="20732178">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50652482" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20732178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50652482" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20732178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50652482" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20732178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50652482" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20732178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50652482" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20732178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50652482" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20732178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50652482" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20732178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50652482" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20732178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16116717">
+  <w:abstractNum w:abstractNumId="19084243">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27387745">
+    <w:lvl w:ilvl="0" w:tplc="17238571">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13967,55 +13967,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16116717">
-    <w:abstractNumId w:val="16116717"/>
+  <w:num w:numId="19084243">
+    <w:abstractNumId w:val="19084243"/>
   </w:num>
-  <w:num w:numId="16116718">
-    <w:abstractNumId w:val="16116718"/>
+  <w:num w:numId="19084244">
+    <w:abstractNumId w:val="19084244"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25565,51 +25565,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId763991141" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId839663838" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId753469990938283e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId60636999093828440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId63066999093828639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId2657699909382869c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId27836999093828e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId97756999093829d97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId11176999093829dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId8040699909382cf66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId7155699909382d1dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId6478699909382d60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId3442699909382da8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId4754699909382dbda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId2452699909382dc2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId7834699909382dd6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId2422699909382dec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId6754699909382e447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId7471699909382e4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId7628699909382ec86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId7945699909382f243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId1473699909382f927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96816999093828d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96816999093828d0f.jpg"/><Relationship Id="rId9309699909382ac4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9309699909382ac4a.jpg"/><Relationship Id="rId70086999093830094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70086999093830094.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId527166541" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId677768222" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId182169b4c8c99ef63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/datasheet" TargetMode="External"/><Relationship Id="rId448069b4c8c99efc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/datasheet" TargetMode="External"/><Relationship Id="rId130169b4c8c99f1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/" TargetMode="External"/><Relationship Id="rId622169b4c8c99f244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/categorization" TargetMode="External"/><Relationship Id="rId837269b4c8c99f976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAF/photos" TargetMode="External"/><Relationship Id="rId216869b4c8c9a0a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAM/distribution" TargetMode="External"/><Relationship Id="rId883369b4c8c9a0ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/distribution" TargetMode="External"/><Relationship Id="rId285869b4c8c9a36b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId565369b4c8c9a3846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/jpp.v92i2.171" TargetMode="External"/><Relationship Id="rId250569b4c8c9a3acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet" TargetMode="External"/><Relationship Id="rId438369b4c8c9a3f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01976" TargetMode="External"/><Relationship Id="rId885269b4c8c9a4066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/publications" TargetMode="External"/><Relationship Id="rId529269b4c8c9a40ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.5281/zenodo.2788905" TargetMode="External"/><Relationship Id="rId955369b4c8c9a4164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12619" TargetMode="External"/><Relationship Id="rId503269b4c8c9a4243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12757" TargetMode="External"/><Relationship Id="rId551369b4c8c9a46d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-0906-01-RV" TargetMode="External"/><Relationship Id="rId405469b4c8c9a4771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bioflm.2019.100005" TargetMode="External"/><Relationship Id="rId830369b4c8c9a4e4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI14696-19" TargetMode="External"/><Relationship Id="rId817269b4c8c9a53f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/javascript%3A;" TargetMode="External"/><Relationship Id="rId200469b4c8c9a607b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId507969b4c8c99f855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId507969b4c8c99f855.jpg"/><Relationship Id="rId342469b4c8c9a18fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId342469b4c8c9a18fd.jpg"/><Relationship Id="rId721469b4c8c9a63ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId721469b4c8c9a63ec.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>