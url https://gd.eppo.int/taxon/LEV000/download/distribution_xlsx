--- v0 (2025-10-07)
+++ v1 (2026-02-11)
@@ -173,51 +173,51 @@
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>