--- v0 (2025-10-06)
+++ v1 (2025-11-05)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Thunberg) Miquel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese bush clover, Chinese lespedeza, Siberian lespedeza (US), bush clover, perennial lespedeza (US), sericea lespedeza (US), silky bush clover</w:t>
             </w:r>
-            <w:hyperlink r:id="rId592768e4237590756" w:history="1">
+            <w:hyperlink r:id="rId9846690baa5686738" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId613168e42375907bf" w:history="1">
+            <w:hyperlink r:id="rId6659690baa56867a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -753,63 +753,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87129037" name="name992368e4237591701" descr="LESCU_distribution_map.jpg"/>
+            <wp:docPr id="78708530" name="name9347690baa5687675" descr="LESCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LESCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId938568e42375916fe" cstate="print"/>
+                    <a:blip r:embed="rId5927690baa5687672" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3043,93 +3043,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, the plant has been declared a noxious weed in Kansas (Ohlenbusch </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) and, more recently, Nebraska (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964768e42375927c1" w:history="1">
+      <w:hyperlink r:id="rId2330690baa5688825" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nda.nebraska.gov/plant/noxious_ weeds/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Colorado, the species is also listed as a noxious weed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId331368e42375927e6" w:history="1">
+      <w:hyperlink r:id="rId9647690baa568884b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://plants.usda.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In addition, the species is listed as a noxious weed in New York State (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId593768e4237592808" w:history="1">
+      <w:hyperlink r:id="rId3201690baa568886c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3439,51 +3439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680068e4237592a46" w:history="1">
+      <w:hyperlink r:id="rId2499690baa5688aaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12336.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3877,51 +3877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId157668e4237592d10" w:history="1">
+      <w:hyperlink r:id="rId2545690baa5688d7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed 25 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3994,51 +3994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China (2010). Volume 10 Online: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285168e4237592dc8" w:history="1">
+      <w:hyperlink r:id="rId8676690baa5688e34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4053,51 +4053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gucker C (2010) (Revised from Munger, G.T. 2004) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Stations, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846068e4237592e28" w:history="1">
+      <w:hyperlink r:id="rId1975690baa5688e94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.f s.fed.us/database/feis </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5383,51 +5383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799168e4237593673" w:history="1">
+      <w:hyperlink r:id="rId4934690baa5689700" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 280-284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400168e4237593758" w:history="1">
+      <w:hyperlink r:id="rId9012690baa56897c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5634,137 +5634,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29699717">
+  <w:abstractNum w:abstractNumId="29685426">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42962067">
+    <w:lvl w:ilvl="0" w:tplc="67299408">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42962067" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67299408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42962067" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67299408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42962067" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67299408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42962067" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67299408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42962067" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67299408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42962067" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67299408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42962067" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67299408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42962067" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67299408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29699716">
+  <w:abstractNum w:abstractNumId="29685425">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72089764">
+    <w:lvl w:ilvl="0" w:tplc="54093836">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6516,55 +6516,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29699716">
-    <w:abstractNumId w:val="29699716"/>
+  <w:num w:numId="29685425">
+    <w:abstractNumId w:val="29685425"/>
   </w:num>
-  <w:num w:numId="29699717">
-    <w:abstractNumId w:val="29699717"/>
+  <w:num w:numId="29685426">
+    <w:abstractNumId w:val="29685426"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18114,51 +18114,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId366309286" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId250596823" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId592768e4237590756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId613168e42375907bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId964768e42375927c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId331368e42375927e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId593768e4237592808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId680068e4237592a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId157668e4237592d10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId285168e4237592dc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId846068e4237592e28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId799168e4237593673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId400168e4237593758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId938568e42375916fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId938568e42375916fe.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId248701774" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId163669336" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9846690baa5686738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId6659690baa56867a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId2330690baa5688825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId9647690baa568884b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId3201690baa568886c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId2499690baa5688aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId2545690baa5688d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId8676690baa5688e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId1975690baa5688e94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId4934690baa5689700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9012690baa56897c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId5927690baa5687672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5927690baa5687672.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>