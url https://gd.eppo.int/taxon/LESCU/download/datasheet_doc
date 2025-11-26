--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Thunberg) Miquel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese bush clover, Chinese lespedeza, Siberian lespedeza (US), bush clover, perennial lespedeza (US), sericea lespedeza (US), silky bush clover</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9846690baa5686738" w:history="1">
+            <w:hyperlink r:id="rId23816926751f0670b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6659690baa56867a3" w:history="1">
+            <w:hyperlink r:id="rId68266926751f06776" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -753,63 +753,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78708530" name="name9347690baa5687675" descr="LESCU_distribution_map.jpg"/>
+            <wp:docPr id="86868308" name="name24636926751f075d2" descr="LESCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LESCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5927690baa5687672" cstate="print"/>
+                    <a:blip r:embed="rId68586926751f075cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3043,93 +3043,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, the plant has been declared a noxious weed in Kansas (Ohlenbusch </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) and, more recently, Nebraska (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2330690baa5688825" w:history="1">
+      <w:hyperlink r:id="rId24866926751f086ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nda.nebraska.gov/plant/noxious_ weeds/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Colorado, the species is also listed as a noxious weed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9647690baa568884b" w:history="1">
+      <w:hyperlink r:id="rId20626926751f08714" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://plants.usda.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In addition, the species is listed as a noxious weed in New York State (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3201690baa568886c" w:history="1">
+      <w:hyperlink r:id="rId88246926751f08737" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3439,51 +3439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2499690baa5688aaa" w:history="1">
+      <w:hyperlink r:id="rId36286926751f0897b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12336.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3877,51 +3877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2545690baa5688d7a" w:history="1">
+      <w:hyperlink r:id="rId88006926751f08c49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed 25 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3994,51 +3994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China (2010). Volume 10 Online: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8676690baa5688e34" w:history="1">
+      <w:hyperlink r:id="rId95566926751f08d1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4053,51 +4053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gucker C (2010) (Revised from Munger, G.T. 2004) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Stations, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1975690baa5688e94" w:history="1">
+      <w:hyperlink r:id="rId35166926751f08d81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.f s.fed.us/database/feis </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5383,51 +5383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4934690baa5689700" w:history="1">
+      <w:hyperlink r:id="rId90046926751f09605" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 280-284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9012690baa56897c5" w:history="1">
+      <w:hyperlink r:id="rId72376926751f096ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5634,137 +5634,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29685426">
+  <w:abstractNum w:abstractNumId="50639051">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67299408">
+    <w:lvl w:ilvl="0" w:tplc="74182693">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67299408" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74182693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67299408" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74182693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67299408" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74182693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67299408" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74182693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67299408" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74182693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67299408" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74182693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67299408" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74182693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67299408" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74182693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29685425">
+  <w:abstractNum w:abstractNumId="50639050">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54093836">
+    <w:lvl w:ilvl="0" w:tplc="95350952">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6516,55 +6516,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29685425">
-    <w:abstractNumId w:val="29685425"/>
+  <w:num w:numId="50639050">
+    <w:abstractNumId w:val="50639050"/>
   </w:num>
-  <w:num w:numId="29685426">
-    <w:abstractNumId w:val="29685426"/>
+  <w:num w:numId="50639051">
+    <w:abstractNumId w:val="50639051"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18114,51 +18114,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId248701774" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId163669336" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9846690baa5686738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId6659690baa56867a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId2330690baa5688825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId9647690baa568884b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId3201690baa568886c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId2499690baa5688aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId2545690baa5688d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId8676690baa5688e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId1975690baa5688e94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId4934690baa5689700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9012690baa56897c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId5927690baa5687672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5927690baa5687672.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId990392778" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId899455824" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23816926751f0670b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId68266926751f06776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId24866926751f086ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId20626926751f08714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId88246926751f08737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId36286926751f0897b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId88006926751f08c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId95566926751f08d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId35166926751f08d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId90046926751f09605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72376926751f096ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId68586926751f075cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68586926751f075cf.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>