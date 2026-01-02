--- v2 (2025-11-26)
+++ v3 (2026-01-02)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Thunberg) Miquel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese bush clover, Chinese lespedeza, Siberian lespedeza (US), bush clover, perennial lespedeza (US), sericea lespedeza (US), silky bush clover</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23816926751f0670b" w:history="1">
+            <w:hyperlink r:id="rId88276957d039ad185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68266926751f06776" w:history="1">
+            <w:hyperlink r:id="rId98426957d039ad1ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -753,63 +753,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86868308" name="name24636926751f075d2" descr="LESCU_distribution_map.jpg"/>
+            <wp:docPr id="62601787" name="name53786957d039ae2ac" descr="LESCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LESCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId68586926751f075cf" cstate="print"/>
+                    <a:blip r:embed="rId83846957d039ae2a9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3043,93 +3043,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, the plant has been declared a noxious weed in Kansas (Ohlenbusch </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) and, more recently, Nebraska (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24866926751f086ef" w:history="1">
+      <w:hyperlink r:id="rId17026957d039af359" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nda.nebraska.gov/plant/noxious_ weeds/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Colorado, the species is also listed as a noxious weed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20626926751f08714" w:history="1">
+      <w:hyperlink r:id="rId48316957d039af37e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://plants.usda.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In addition, the species is listed as a noxious weed in New York State (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId88246926751f08737" w:history="1">
+      <w:hyperlink r:id="rId53526957d039af3a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3439,51 +3439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36286926751f0897b" w:history="1">
+      <w:hyperlink r:id="rId50946957d039af5d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12336.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3877,51 +3877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88006926751f08c49" w:history="1">
+      <w:hyperlink r:id="rId62686957d039af892" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed 25 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3994,51 +3994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China (2010). Volume 10 Online: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95566926751f08d1e" w:history="1">
+      <w:hyperlink r:id="rId97196957d039af954" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4053,51 +4053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gucker C (2010) (Revised from Munger, G.T. 2004) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Stations, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35166926751f08d81" w:history="1">
+      <w:hyperlink r:id="rId38886957d039af9b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.f s.fed.us/database/feis </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5361,73 +5361,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90046926751f09605" w:history="1">
+      <w:hyperlink r:id="rId77526957d039b021c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 280-284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72376926751f096ce" w:history="1">
+      <w:hyperlink r:id="rId96286957d039b02e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5634,137 +5634,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50639051">
+  <w:abstractNum w:abstractNumId="61293207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74182693">
+    <w:lvl w:ilvl="0" w:tplc="88033837">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74182693" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88033837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74182693" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88033837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74182693" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88033837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74182693" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88033837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74182693" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88033837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74182693" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88033837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74182693" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88033837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74182693" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88033837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50639050">
+  <w:abstractNum w:abstractNumId="61293206">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95350952">
+    <w:lvl w:ilvl="0" w:tplc="13080612">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6516,55 +6516,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50639050">
-    <w:abstractNumId w:val="50639050"/>
+  <w:num w:numId="61293206">
+    <w:abstractNumId w:val="61293206"/>
   </w:num>
-  <w:num w:numId="50639051">
-    <w:abstractNumId w:val="50639051"/>
+  <w:num w:numId="61293207">
+    <w:abstractNumId w:val="61293207"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18114,51 +18114,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId990392778" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId899455824" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23816926751f0670b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId68266926751f06776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId24866926751f086ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId20626926751f08714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId88246926751f08737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId36286926751f0897b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId88006926751f08c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId95566926751f08d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId35166926751f08d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId90046926751f09605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72376926751f096ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId68586926751f075cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68586926751f075cf.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId762195823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId416002840" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88276957d039ad185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId98426957d039ad1ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId17026957d039af359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId48316957d039af37e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId53526957d039af3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId50946957d039af5d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId62686957d039af892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId97196957d039af954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId38886957d039af9b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId77526957d039b021c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96286957d039b02e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId83846957d039ae2a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83846957d039ae2a9.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>