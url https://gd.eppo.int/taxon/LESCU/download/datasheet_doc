--- v3 (2026-01-02)
+++ v4 (2026-01-24)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Thunberg) Miquel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese bush clover, Chinese lespedeza, Siberian lespedeza (US), bush clover, perennial lespedeza (US), sericea lespedeza (US), silky bush clover</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88276957d039ad185" w:history="1">
+            <w:hyperlink r:id="rId12326975575b473ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98426957d039ad1ed" w:history="1">
+            <w:hyperlink r:id="rId37216975575b47417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -753,63 +753,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62601787" name="name53786957d039ae2ac" descr="LESCU_distribution_map.jpg"/>
+            <wp:docPr id="48234137" name="name50376975575b481e7" descr="LESCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LESCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83846957d039ae2a9" cstate="print"/>
+                    <a:blip r:embed="rId93926975575b481e3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3043,93 +3043,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, the plant has been declared a noxious weed in Kansas (Ohlenbusch </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) and, more recently, Nebraska (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17026957d039af359" w:history="1">
+      <w:hyperlink r:id="rId11716975575b492f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nda.nebraska.gov/plant/noxious_ weeds/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Colorado, the species is also listed as a noxious weed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48316957d039af37e" w:history="1">
+      <w:hyperlink r:id="rId36526975575b49318" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://plants.usda.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In addition, the species is listed as a noxious weed in New York State (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId53526957d039af3a0" w:history="1">
+      <w:hyperlink r:id="rId82666975575b4933b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3439,51 +3439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50946957d039af5d9" w:history="1">
+      <w:hyperlink r:id="rId10726975575b4958a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12336.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3877,51 +3877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62686957d039af892" w:history="1">
+      <w:hyperlink r:id="rId32236975575b49855" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed 25 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3994,51 +3994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China (2010). Volume 10 Online: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97196957d039af954" w:history="1">
+      <w:hyperlink r:id="rId73966975575b4990e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4053,51 +4053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gucker C (2010) (Revised from Munger, G.T. 2004) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Stations, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38886957d039af9b7" w:history="1">
+      <w:hyperlink r:id="rId64226975575b4996d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.f s.fed.us/database/feis </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5383,51 +5383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77526957d039b021c" w:history="1">
+      <w:hyperlink r:id="rId80266975575b4a1c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 280-284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96286957d039b02e2" w:history="1">
+      <w:hyperlink r:id="rId17396975575b4a28d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5634,137 +5634,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61293207">
+  <w:abstractNum w:abstractNumId="60083215">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88033837">
+    <w:lvl w:ilvl="0" w:tplc="55391625">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88033837" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55391625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88033837" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55391625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88033837" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55391625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88033837" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55391625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88033837" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55391625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88033837" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55391625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88033837" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55391625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88033837" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55391625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61293206">
+  <w:abstractNum w:abstractNumId="60083214">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13080612">
+    <w:lvl w:ilvl="0" w:tplc="98630215">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6516,55 +6516,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61293206">
-    <w:abstractNumId w:val="61293206"/>
+  <w:num w:numId="60083214">
+    <w:abstractNumId w:val="60083214"/>
   </w:num>
-  <w:num w:numId="61293207">
-    <w:abstractNumId w:val="61293207"/>
+  <w:num w:numId="60083215">
+    <w:abstractNumId w:val="60083215"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18114,51 +18114,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId762195823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId416002840" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88276957d039ad185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId98426957d039ad1ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId17026957d039af359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId48316957d039af37e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId53526957d039af3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId50946957d039af5d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId62686957d039af892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId97196957d039af954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId38886957d039af9b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId77526957d039b021c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96286957d039b02e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId83846957d039ae2a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83846957d039ae2a9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId553151620" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId838841585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId12326975575b473ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId37216975575b47417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId11716975575b492f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId36526975575b49318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId82666975575b4933b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId10726975575b4958a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId32236975575b49855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId73966975575b4990e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId64226975575b4996d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId80266975575b4a1c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17396975575b4a28d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId93926975575b481e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93926975575b481e3.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>