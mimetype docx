--- v4 (2026-01-24)
+++ v5 (2026-02-15)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Thunberg) Miquel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese bush clover, Chinese lespedeza, Siberian lespedeza (US), bush clover, perennial lespedeza (US), sericea lespedeza (US), silky bush clover</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12326975575b473ae" w:history="1">
+            <w:hyperlink r:id="rId90576991bc52a8135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37216975575b47417" w:history="1">
+            <w:hyperlink r:id="rId42516991bc52a81a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -753,63 +753,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48234137" name="name50376975575b481e7" descr="LESCU_distribution_map.jpg"/>
+            <wp:docPr id="3262837" name="name24266991bc52a92e4" descr="LESCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LESCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId93926975575b481e3" cstate="print"/>
+                    <a:blip r:embed="rId10176991bc52a92e1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3043,93 +3043,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, the plant has been declared a noxious weed in Kansas (Ohlenbusch </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) and, more recently, Nebraska (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11716975575b492f2" w:history="1">
+      <w:hyperlink r:id="rId60496991bc52aa43b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nda.nebraska.gov/plant/noxious_ weeds/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Colorado, the species is also listed as a noxious weed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36526975575b49318" w:history="1">
+      <w:hyperlink r:id="rId67096991bc52aa45f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://plants.usda.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In addition, the species is listed as a noxious weed in New York State (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId82666975575b4933b" w:history="1">
+      <w:hyperlink r:id="rId16546991bc52aa483" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3439,51 +3439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10726975575b4958a" w:history="1">
+      <w:hyperlink r:id="rId53996991bc52aa6f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12336.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3877,51 +3877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32236975575b49855" w:history="1">
+      <w:hyperlink r:id="rId64926991bc52aa9e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed 25 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3994,51 +3994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China (2010). Volume 10 Online: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73966975575b4990e" w:history="1">
+      <w:hyperlink r:id="rId15176991bc52aaa9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4053,51 +4053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gucker C (2010) (Revised from Munger, G.T. 2004) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Stations, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64226975575b4996d" w:history="1">
+      <w:hyperlink r:id="rId45736991bc52aab1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.f s.fed.us/database/feis </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5383,51 +5383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80266975575b4a1c6" w:history="1">
+      <w:hyperlink r:id="rId48046991bc52ab477" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 280-284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17396975575b4a28d" w:history="1">
+      <w:hyperlink r:id="rId40216991bc52ab541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5634,137 +5634,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60083215">
+  <w:abstractNum w:abstractNumId="20338267">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55391625">
+    <w:lvl w:ilvl="0" w:tplc="39391909">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55391625" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39391909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55391625" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39391909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55391625" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39391909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55391625" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39391909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55391625" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39391909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55391625" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39391909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55391625" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39391909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55391625" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39391909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60083214">
+  <w:abstractNum w:abstractNumId="20338266">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98630215">
+    <w:lvl w:ilvl="0" w:tplc="48940559">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6516,55 +6516,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60083214">
-    <w:abstractNumId w:val="60083214"/>
+  <w:num w:numId="20338266">
+    <w:abstractNumId w:val="20338266"/>
   </w:num>
-  <w:num w:numId="60083215">
-    <w:abstractNumId w:val="60083215"/>
+  <w:num w:numId="20338267">
+    <w:abstractNumId w:val="20338267"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18114,51 +18114,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId553151620" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId838841585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId12326975575b473ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId37216975575b47417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId11716975575b492f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId36526975575b49318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId82666975575b4933b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId10726975575b4958a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId32236975575b49855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId73966975575b4990e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId64226975575b4996d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId80266975575b4a1c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17396975575b4a28d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId93926975575b481e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93926975575b481e3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId739251228" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId138054689" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90576991bc52a8135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId42516991bc52a81a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId60496991bc52aa43b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId67096991bc52aa45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId16546991bc52aa483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId53996991bc52aa6f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId64926991bc52aa9e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId15176991bc52aaa9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId45736991bc52aab1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId48046991bc52ab477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40216991bc52ab541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId10176991bc52a92e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10176991bc52a92e1.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>