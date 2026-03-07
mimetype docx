--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Thunberg) Miquel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese bush clover, Chinese lespedeza, Siberian lespedeza (US), bush clover, perennial lespedeza (US), sericea lespedeza (US), silky bush clover</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90576991bc52a8135" w:history="1">
+            <w:hyperlink r:id="rId328869ac86e96de9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42516991bc52a81a3" w:history="1">
+            <w:hyperlink r:id="rId142569ac86e96df09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -753,63 +753,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3262837" name="name24266991bc52a92e4" descr="LESCU_distribution_map.jpg"/>
+            <wp:docPr id="15407764" name="name805169ac86e96f356" descr="LESCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LESCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10176991bc52a92e1" cstate="print"/>
+                    <a:blip r:embed="rId567869ac86e96f351" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3043,93 +3043,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, the plant has been declared a noxious weed in Kansas (Ohlenbusch </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) and, more recently, Nebraska (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60496991bc52aa43b" w:history="1">
+      <w:hyperlink r:id="rId425069ac86e97094c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nda.nebraska.gov/plant/noxious_ weeds/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Colorado, the species is also listed as a noxious weed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67096991bc52aa45f" w:history="1">
+      <w:hyperlink r:id="rId350769ac86e970974" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://plants.usda.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In addition, the species is listed as a noxious weed in New York State (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId16546991bc52aa483" w:history="1">
+      <w:hyperlink r:id="rId246369ac86e970997" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3439,51 +3439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53996991bc52aa6f1" w:history="1">
+      <w:hyperlink r:id="rId497569ac86e970bec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12336.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3877,51 +3877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64926991bc52aa9e1" w:history="1">
+      <w:hyperlink r:id="rId592969ac86e970eaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed 25 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3994,51 +3994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China (2010). Volume 10 Online: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15176991bc52aaa9f" w:history="1">
+      <w:hyperlink r:id="rId527169ac86e970f6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4053,51 +4053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gucker C (2010) (Revised from Munger, G.T. 2004) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Stations, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45736991bc52aab1c" w:history="1">
+      <w:hyperlink r:id="rId241769ac86e970fcb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.f s.fed.us/database/feis </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5383,51 +5383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lespedeza cuneata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48046991bc52ab477" w:history="1">
+      <w:hyperlink r:id="rId403269ac86e9718a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 280-284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40216991bc52ab541" w:history="1">
+      <w:hyperlink r:id="rId142569ac86e97196f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5634,137 +5634,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20338267">
+  <w:abstractNum w:abstractNumId="20146765">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39391909">
+    <w:lvl w:ilvl="0" w:tplc="65019910">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39391909" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65019910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39391909" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65019910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39391909" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65019910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39391909" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65019910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39391909" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65019910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39391909" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65019910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39391909" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65019910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39391909" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65019910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20338266">
+  <w:abstractNum w:abstractNumId="20146764">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48940559">
+    <w:lvl w:ilvl="0" w:tplc="92887913">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6516,55 +6516,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20338266">
-    <w:abstractNumId w:val="20338266"/>
+  <w:num w:numId="20146764">
+    <w:abstractNumId w:val="20146764"/>
   </w:num>
-  <w:num w:numId="20338267">
-    <w:abstractNumId w:val="20338267"/>
+  <w:num w:numId="20146765">
+    <w:abstractNumId w:val="20146765"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18114,51 +18114,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId739251228" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId138054689" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90576991bc52a8135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId42516991bc52a81a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId60496991bc52aa43b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId67096991bc52aa45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId16546991bc52aa483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId53996991bc52aa6f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId64926991bc52aa9e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId15176991bc52aaa9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId45736991bc52aab1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId48046991bc52ab477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40216991bc52ab541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId10176991bc52a92e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10176991bc52a92e1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId981077388" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId439779795" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId328869ac86e96de9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/" TargetMode="External"/><Relationship Id="rId142569ac86e96df09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LESCU/categorization" TargetMode="External"/><Relationship Id="rId425069ac86e97094c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nda.nebraska.gov/plant/noxious_%20weeds/index.html" TargetMode="External"/><Relationship Id="rId350769ac86e970974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//plants.usda.gov/" TargetMode="External"/><Relationship Id="rId246369ac86e970997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dec.ny.gov/docs/lands_forests_pdf/islist.pdf" TargetMode="External"/><Relationship Id="rId497569ac86e970bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12336." TargetMode="External"/><Relationship Id="rId592969ac86e970eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId527169ac86e970f6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=200012191" TargetMode="External"/><Relationship Id="rId241769ac86e970fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.f%20s.fed.us/database/feis" TargetMode="External"/><Relationship Id="rId403269ac86e9718a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId142569ac86e97196f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12529" TargetMode="External"/><Relationship Id="rId567869ac86e96f351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId567869ac86e96f351.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>