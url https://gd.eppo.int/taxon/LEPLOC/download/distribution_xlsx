--- v0 (2025-10-06)
+++ v1 (2026-02-17)
@@ -674,51 +674,51 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>md</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
@@ -2550,51 +2550,51 @@
       <c r="B78" t="s">
         <v>168</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
         <v>169</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>135</v>
       </c>
       <c r="B79" t="s">
         <v>170</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
         <v>171</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>135</v>
       </c>
       <c r="B80" t="s">
         <v>172</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
         <v>173</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>135</v>
       </c>
       <c r="B81" t="s">
         <v>172</v>
       </c>