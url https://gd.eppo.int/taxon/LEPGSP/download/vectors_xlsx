--- v0 (2025-10-19)
+++ v1 (2026-02-24)
@@ -12,62 +12,76 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LEPGSP" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Known vector</t>
+  </si>
+  <si>
+    <t>DENCVA</t>
+  </si>
+  <si>
+    <t>Dendroctonus valens</t>
+  </si>
+  <si>
+    <t>* Lu Q, Decock C, Yao Zhang X, Maraite H (2009) Ophiostomatoid fungi (Ascomycota) associated with Pinus tabuliformis infested by Dendroctonus valens (Coleoptera) in northern China and an assessment of their pathogenicity on mature trees. Antonie van Leeuwenhoek 96(3), 275–293. https://doi.org/10.1007/s10482-009-9343-6 
+------- Leptographium koreanum and L. truncatum 
+* Mann AJ, Barnum RM, Held BW, Bushley KE, Aukema BH, Blanchette RA (2025) Fungal and bacterial communities of the red turpentine beetle (Dendroctonus valens LeConte) in the Great Lakes Region, USA. Forests 16, 1604. https://doi.org/10.3390/f16101604</t>
   </si>
   <si>
     <t>Potential vector</t>
   </si>
   <si>
     <t>IPSXCA</t>
   </si>
   <si>
     <t>Ips calligraphus</t>
   </si>
   <si>
     <t xml:space="preserve">* Pérez González E, Bobadilla-Peñaló EM (2024) First report of ophiostomatoid fungi associated with Ips calligraphus (Germar, 1823)(Coleoptera: Curculionidae) infesting Pinus occidentalis Sw. on the northwestern slope of the Cordillera Central, Dominican Republic. Ciencia, Ambiente y Clima 7(2), 31-48. https://doi.org/10.22206/cac.2024.v7i2.3336
 -------Leptographium manifestum
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -385,90 +399,104 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2"/>
+  <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="410.471" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">