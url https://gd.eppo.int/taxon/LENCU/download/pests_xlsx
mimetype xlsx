--- v0 (2025-10-14)
+++ v1 (2026-02-12)
@@ -147,51 +147,51 @@
   <si>
     <t>Spodoptera praefica</t>
   </si>
   <si>
     <t>* Berry RE (1998) Western yellowstriped armyworm. Spodoptera praefica. Insects and Mites or Economic Importance in the Northwest. Oregon State University Bookstore, p 221 (online modified version). http://uspest.org/potato/wystriparmyworm.pdf
 * Halfhill JE (1982) Evaluation of western yellowstriped armyworm (Lepidoptera: Noctuidae) as a pest of lentils. Journal of Economic Entomology 75(4), 733-735.
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOSTS - A database of the World's lepidopteran hostplants. Natural History Museum, London. http://www.nhm.ac.uk/hosts</t>
   </si>
   <si>
     <t>TROGGA</t>
   </si>
   <si>
     <t>Trogoderma granarium</t>
   </si>
   <si>
     <t>* Athanassiou CG, Phillips TW, Wakil W (2019) Biology and Control of the Khapra Beetle, Trogoderma granarium, a Major Quarantine Threat to Global Food Security. Annual Review of Entomology 64, 131-148. Supplemental Table 1.
 * Global Invasive Species Database (2025) Species profile: Trogoderma granarium. http://www.iucngisd.org/gisd/species.php?sc=142 (27-02-2025).</t>
   </si>
   <si>
     <t>UROMVF</t>
   </si>
   <si>
     <t>Uromyces viciae-fabae</t>
   </si>
   <si>
-    <t>* Singh AK, Kushwaha C, Shikha K, Chand R, Mishra GP, Dikshit HK, Devi J, Aski MS, Kumar S, Gupta S, Nair RM. Rust (Uromyces viciae-fabae Pers. de-Bary) of pea (Pisum sativum L.): Present status and future resistance breeding opportunities. Genes 14(2), 374. https://doi.org/10.3390/genes14020374</t>
+    <t>* Singh AK, Kushwaha C, Shikha K, Chand R, Mishra GP, Dikshit HK, Devi J, Aski MS, Kumar S, Gupta S, Nair RM (2023) Rust (Uromyces viciae-fabae Pers. de-Bary) of pea (Pisum sativum L.): Present status and future resistance breeding opportunities. Genes 14(2), 374. https://doi.org/10.3390/genes14020374</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t>* Naimuddin K, Akram M, Agnihotri AK (2016) Molecular characterization of a first begomovirus associated with lentil (Lens culinaris) from India. Acta virologica 60(3), 217-223.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>