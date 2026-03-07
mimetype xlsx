--- v0 (2025-10-09)
+++ v1 (2026-03-07)
@@ -35,53 +35,53 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t xml:space="preserve">* Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
+    <t>* Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
 ------- confirmed host
-</t>
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>STERPU</t>
   </si>
   <si>
     <t>Chondrostereum purpureum</t>
   </si>
   <si>
     <t>* Bishop GC (1978) Studies on silver leaf disease of stone and pome fruit trees (Doctoral dissertation, Adelaide, Australia), 155 pp. https://digital.library.adelaide.edu.au/dspace/bitstream/2440/20649/2/02whole.pdf</t>
   </si>
   <si>
     <t>OEMOHI</t>
   </si>
   <si>
     <t>Oemona hirta</t>
   </si>
   <si>
     <t>* Lu W, Wang Q (2005) Systematics of the New Zealand longicorn beetle genus Oemona Newman with discussion of the taxonomic position of the Australian species, O. simplex White (Coleoptera: Cerambycidae: Cerambycinae). Zootaxa 971, 1-31.
 * Plant-SyNZ. Landcare Research (NZ). Host plants of a herbivore -Oemona hirta. http://plant-synz.landcareresearch.co.nz/index.asp). Last accessed 2021-06.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">