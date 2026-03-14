--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -35,51 +35,52 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Soewarto J, Pérez C, Bartlett M, Somchit C, Ganley B, Sutherland R, Simeto S, Stewart JE, Ibarra Caballero JR, Fraser S, Scott PM (2025)New Zealand Myrtaceae are susceptible to a strain from the Eucalyptus biotype of Austropuccinia psidii present in South America. Biological Invasions 27, 72 https://doi.org/10.1007/s10530-024-03465-5.</t>
+    <t>* Soewarto J, Pérez C, Bartlett M, Somchit C, Ganley B, Sutherland R, Simeto S, Stewart JE, Ibarra Caballero JR, Fraser S, Scott PM (2025)New Zealand Myrtaceae are susceptible to a strain from the Eucalyptus biotype of Austropuccinia psidii present in South America. Biological Invasions 27, 72 https://doi.org/10.1007/s10530-024-03465-5.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>OEMOHI</t>
   </si>
   <si>
     <t>Oemona hirta</t>
   </si>
   <si>
     <t>* Plant-SyNZ. Landcare Research (NZ). Host plants of a herbivore -Oemona hirta. http://plant-synz.landcareresearch.co.nz/index.asp). Last accessed 2021-06.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>