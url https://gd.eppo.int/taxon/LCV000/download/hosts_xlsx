--- v0 (2025-10-09)
+++ v1 (2025-12-14)
@@ -12,95 +12,105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LCV000" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>BEAVX</t>
   </si>
   <si>
     <t>Beta vulgaris</t>
   </si>
   <si>
     <t>* Duffus JE, Liu HY, Wisler GC, Li R (1996) Lettuce chlorosis virus — A new whitefly-transmitted closterovirus. European Journal of Plant Pathology 102, 591–596.</t>
   </si>
   <si>
     <t>LACSA</t>
   </si>
   <si>
     <t>Lactuca sativa</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PAQAR</t>
   </si>
   <si>
     <t>Passiflora auriculata</t>
   </si>
   <si>
     <t>* Vidal AH, Felix GP, Abreu EFM, Nogueira I, Alves-Freitas DMT, Faleiro FG, Fontenele RS, Peixoto JR, Lacorte C, Rosa PCC, Nunes de Jesus O, Resende RO, Varsani A, Ribeiro SG (2021) Occurrence of lettuce chlorosis virus in Passiflora spp. in Brazil. Journal of Plant Pathology 103, 443–447.</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>ALRRN</t>
+  </si>
+  <si>
+    <t>Alternanthera reineckii</t>
+  </si>
+  <si>
+    <t>* Vogrinec L, Bačnik K, Bačič M, Mehle N, Fowkes AR, Lengar Ž, Harju V, Adams IP, Fox A, Kutnjak D (2025) Wild and globally traded ornamental aquatic plants harbor diverse plant viruses, including notable crop pathogens. Environmental Microbiome. 20(1), 133. https://doi.org/10.1186/s40793-025-00783-6
+------found in the virome from acquatic plants from commercial centres in Slovenia</t>
   </si>
   <si>
     <t>BRSPK</t>
   </si>
   <si>
     <t>Brassica rapa subsp. pekinensis</t>
   </si>
   <si>
     <t>* Li Y, Liang Y, Zhang C (2025) First report of lettuce chlorosis virus infecting Chinese cabbage in China. Plant Disease (early view). ttps://doi.org/10.1094/PDIS-03-25-0643-PDN</t>
   </si>
   <si>
     <t>CLOMU</t>
   </si>
   <si>
     <t>Calopogonium mucunoides</t>
   </si>
   <si>
     <t>Filardo F, Waterhouse B, Jones L, Campbell P (2023) Yambean mosaic virus and lettuce chlorosis virus in Australia. Australasian Plant Disease Notes 18, 9. https://doi.org/10.1007/s13314-023-00495-1</t>
   </si>
   <si>
     <t>CNISA</t>
   </si>
   <si>
     <t>Cannabis sativa</t>
   </si>
@@ -112,50 +122,59 @@
   </si>
   <si>
     <t>Carica papaya</t>
   </si>
   <si>
     <t>* Alabi OJ, Al Rwahnih M, Jifon JL, Sétamou M, Brown JK, Gregg L, Park JW (2017) A mixed Infection of Lettuce chlorosis virus, Papaya ringspot virus, and Tomato yellow leaf curl virus-IL detected in a Texas papaya orchard affected by a virus-like disease outbreak. Plant Disease 101(7), 1094-1102.</t>
   </si>
   <si>
     <t>CTURO</t>
   </si>
   <si>
     <t>Catharanthus roseus</t>
   </si>
   <si>
     <t>* Favara GM, Camelo-Garcia VM, Spadotti DMA, Silva JMF, Nagata T, Kitajima EW, Rezende JAM (2020) First report of Lettuce chlorosis virus infecting periwinkle in Brazil. Plant Disease 104(4), p 1263.
 * Tian X, Tian Y, Yu Q, Wang XF, Li ZA, Li RH, Cao MJ, Zhou CY (2018) Periwinkle: A new natural host of Lettuce chlorosis virus in China. Plant Disease 102(2), p 462.</t>
   </si>
   <si>
     <t>CORSA</t>
   </si>
   <si>
     <t>Coriandrum sativum</t>
   </si>
   <si>
     <t>* Alabi OJ, Gaytán BC, Al Rwahnih M, Villegas C (2020) A description of the possible etiology of the cilantro yellow blotch disease. Plant disease 104(3), 630-633.</t>
+  </si>
+  <si>
+    <t>MYPBR</t>
+  </si>
+  <si>
+    <t>Myriophyllum aquaticum</t>
+  </si>
+  <si>
+    <t>* Vogrinec L, Bačnik K, Bačič M, Mehle N, Fowkes AR, Lengar Ž, Harju V, Adams IP, Fox A, Kutnjak D (2025) Wild and globally traded ornamental aquatic plants harbor diverse plant viruses, including notable crop pathogens. Environmental Microbiome. 20(1), 133. https://doi.org/10.1186/s40793-025-00783-6</t>
   </si>
   <si>
     <t>PAQAA</t>
   </si>
   <si>
     <t>Passiflora alata</t>
   </si>
   <si>
     <t>PAQED</t>
   </si>
   <si>
     <t>Passiflora edulis</t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
     <t>* Chatzivassiliou EK (2021) An annotated list of legume-infecting viruses in the light of metagenomics. Plants 10(7):1413. https://doi.org/10.3390/plants10071413</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
@@ -489,62 +508,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -654,93 +673,121 @@
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" t="s">
+        <v>46</v>
+      </c>
+      <c r="C16" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">