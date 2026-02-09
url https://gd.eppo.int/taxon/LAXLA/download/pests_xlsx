--- v0 (2025-10-11)
+++ v1 (2026-02-09)
@@ -156,51 +156,52 @@
 ------- major host in Bristish Colombia.</t>
   </si>
   <si>
     <t>Choristoneura fumiferana (as Larix)</t>
   </si>
   <si>
     <t>DACLPI</t>
   </si>
   <si>
     <t>Crisicoccus pini (as Larix)</t>
   </si>
   <si>
     <t xml:space="preserve">Larix sp. listed by EFSA (2021) citing Chen et al. (2005).
 * Chen S, Chen R, Chen Q, He L and Lui Z (2005) Bionomics of Crisicoccus pini in Qingdao area. Zhongguo Senlin Bingchong, 24, 8–11. 
 * EFSA Panel on Plant Health (2021) Pest categorisation of Crisicoccus pini. EFSA Journal 19(11), e06928.  https://doi.org/10.2903/j.efsa.2021.6928
 </t>
   </si>
   <si>
     <t>DENCVA</t>
   </si>
   <si>
     <t>Dendroctonus valens</t>
   </si>
   <si>
     <t>* Atkinson TH (2018) Bark and ambrosia beetles (US and Canada). Available at: http://www.barkbeetles.info/regional_chklist_target_species.php?lookUp=491 (accessed 29 June 2018)
-------- Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.</t>
+------- Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.
+* Wood SL (1963) A revision of bark beetle genus Dendroctonus Erichson (Coleoptera: Scolytidae). Great Basin Naturalist 23, 1–117.</t>
   </si>
   <si>
     <t>DENDSC</t>
   </si>
   <si>
     <t>Dendrolimus spectabilis (as Larix)</t>
   </si>
   <si>
     <t>GNAHSU</t>
   </si>
   <si>
     <t>Gnathotrichus sulcatus (as Pinaceae)</t>
   </si>
   <si>
     <t>* Furniss RL, Carolin VM (1977) Western forest insects (Scolytidae, Platypodidae). Miscellaneous Publications, United States Department of Agriculture, Forest Service No. 1339, pp. 1-654</t>
   </si>
   <si>
     <t>HETEIR</t>
   </si>
   <si>
     <t>Heterobasidion irregulare</t>
   </si>
   <si>
     <t>Heterobasidion irregulare (as Larix)</t>
   </si>