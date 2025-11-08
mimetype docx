--- v0 (2025-10-09)
+++ v1 (2025-11-08)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Murtfeldt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry fruit worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId822268e757f9a8131" w:history="1">
+            <w:hyperlink r:id="rId8294690fd84b046e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId835468e757f9a8199" w:history="1">
+            <w:hyperlink r:id="rId9826690fd84b0474c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1088,63 +1088,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34742781" name="name494968e757f9a92c0" descr="LASPPA_distribution_map.jpg"/>
+            <wp:docPr id="97926935" name="name1804690fd84b05793" descr="LASPPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LASPPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId358568e757f9a92bd" cstate="print"/>
+                    <a:blip r:embed="rId1998690fd84b05791" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2959,51 +2959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId438968e757f9aa104" w:history="1">
+      <w:hyperlink r:id="rId5860690fd84b065f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGIN/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-03-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3018,51 +3018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)b </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312668e757f9aa167" w:history="1">
+      <w:hyperlink r:id="rId7800690fd84b0665b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGPO/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-03-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3077,51 +3077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)c Distribution map for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis cingulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId750068e757f9aa1c5" w:history="1">
+      <w:hyperlink r:id="rId8233690fd84b066b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGCI/distribution</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3223,51 +3223,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 223, 103-126.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaur N (2023) Blueberry-Cherry fruitworm. Blueberry pests. Pacific Northwest Insect Management Handbook. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569968e757f9aa2b3" w:history="1">
+      <w:hyperlink r:id="rId2029690fd84b067a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/node/7386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +3956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757768e757f9aa74c" w:history="1">
+      <w:hyperlink r:id="rId5311690fd84b06c52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/saab040</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4066,51 +4066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita packardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId561668e757f9aa802" w:history="1">
+      <w:hyperlink r:id="rId9154690fd84b06d09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4185,63 +4185,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76897254" name="name616368e757f9aa912" descr="eu_funding_250.png"/>
+            <wp:docPr id="86285538" name="name5674690fd84b06e2a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId345068e757f9aa911" cstate="print"/>
+                    <a:blip r:embed="rId5139690fd84b06e29" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4339,137 +4339,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97945358">
+  <w:abstractNum w:abstractNumId="78569411">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62871990">
+    <w:lvl w:ilvl="0" w:tplc="78714825">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62871990" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78714825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62871990" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78714825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62871990" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78714825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62871990" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78714825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62871990" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78714825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62871990" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78714825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62871990" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78714825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62871990" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78714825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97945357">
+  <w:abstractNum w:abstractNumId="78569410">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51189392">
+    <w:lvl w:ilvl="0" w:tplc="58794823">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5221,55 +5221,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97945357">
-    <w:abstractNumId w:val="97945357"/>
+  <w:num w:numId="78569410">
+    <w:abstractNumId w:val="78569410"/>
   </w:num>
-  <w:num w:numId="97945358">
-    <w:abstractNumId w:val="97945358"/>
+  <w:num w:numId="78569411">
+    <w:abstractNumId w:val="78569411"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16819,51 +16819,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId226575254" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId411271074" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId822268e757f9a8131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/" TargetMode="External"/><Relationship Id="rId835468e757f9a8199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/categorization" TargetMode="External"/><Relationship Id="rId438968e757f9aa104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/datasheet" TargetMode="External"/><Relationship Id="rId312668e757f9aa167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/datasheet" TargetMode="External"/><Relationship Id="rId750068e757f9aa1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGCI/distribution" TargetMode="External"/><Relationship Id="rId569968e757f9aa2b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/7386" TargetMode="External"/><Relationship Id="rId757768e757f9aa74c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/saab040" TargetMode="External"/><Relationship Id="rId561668e757f9aa802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId358568e757f9a92bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358568e757f9a92bd.jpg"/><Relationship Id="rId345068e757f9aa911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345068e757f9aa911.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId417489146" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId189035097" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8294690fd84b046e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/" TargetMode="External"/><Relationship Id="rId9826690fd84b0474c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/categorization" TargetMode="External"/><Relationship Id="rId5860690fd84b065f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/datasheet" TargetMode="External"/><Relationship Id="rId7800690fd84b0665b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/datasheet" TargetMode="External"/><Relationship Id="rId8233690fd84b066b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGCI/distribution" TargetMode="External"/><Relationship Id="rId2029690fd84b067a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/7386" TargetMode="External"/><Relationship Id="rId5311690fd84b06c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/saab040" TargetMode="External"/><Relationship Id="rId9154690fd84b06d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1998690fd84b05791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1998690fd84b05791.jpg"/><Relationship Id="rId5139690fd84b06e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5139690fd84b06e29.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>