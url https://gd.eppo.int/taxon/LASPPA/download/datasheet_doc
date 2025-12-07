--- v1 (2025-11-08)
+++ v2 (2025-12-07)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Murtfeldt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry fruit worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8294690fd84b046e3" w:history="1">
+            <w:hyperlink r:id="rId1901693520d6129d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9826690fd84b0474c" w:history="1">
+            <w:hyperlink r:id="rId8495693520d612a39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1088,63 +1088,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97926935" name="name1804690fd84b05793" descr="LASPPA_distribution_map.jpg"/>
+            <wp:docPr id="96617006" name="name6786693520d613ac2" descr="LASPPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LASPPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1998690fd84b05791" cstate="print"/>
+                    <a:blip r:embed="rId3959693520d613ac0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2959,51 +2959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5860690fd84b065f8" w:history="1">
+      <w:hyperlink r:id="rId9132693520d614875" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGIN/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-03-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3018,51 +3018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)b </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7800690fd84b0665b" w:history="1">
+      <w:hyperlink r:id="rId4583693520d6148d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGPO/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-03-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3077,51 +3077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)c Distribution map for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis cingulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8233690fd84b066b9" w:history="1">
+      <w:hyperlink r:id="rId7830693520d614935" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGCI/distribution</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3223,51 +3223,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 223, 103-126.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaur N (2023) Blueberry-Cherry fruitworm. Blueberry pests. Pacific Northwest Insect Management Handbook. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2029690fd84b067a6" w:history="1">
+      <w:hyperlink r:id="rId7172693520d614a21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/node/7386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +3956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5311690fd84b06c52" w:history="1">
+      <w:hyperlink r:id="rId4181693520d614eb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/saab040</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4066,51 +4066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita packardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9154690fd84b06d09" w:history="1">
+      <w:hyperlink r:id="rId5518693520d614f66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4185,63 +4185,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86285538" name="name5674690fd84b06e2a" descr="eu_funding_250.png"/>
+            <wp:docPr id="3529010" name="name2836693520d615072" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5139690fd84b06e29" cstate="print"/>
+                    <a:blip r:embed="rId8998693520d615071" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4339,137 +4339,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78569411">
+  <w:abstractNum w:abstractNumId="14724731">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78714825">
+    <w:lvl w:ilvl="0" w:tplc="44207646">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78714825" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44207646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78714825" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44207646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78714825" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44207646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78714825" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44207646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78714825" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44207646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78714825" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44207646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78714825" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44207646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78714825" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44207646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78569410">
+  <w:abstractNum w:abstractNumId="14724730">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58794823">
+    <w:lvl w:ilvl="0" w:tplc="36726446">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5221,55 +5221,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78569410">
-    <w:abstractNumId w:val="78569410"/>
+  <w:num w:numId="14724730">
+    <w:abstractNumId w:val="14724730"/>
   </w:num>
-  <w:num w:numId="78569411">
-    <w:abstractNumId w:val="78569411"/>
+  <w:num w:numId="14724731">
+    <w:abstractNumId w:val="14724731"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16819,51 +16819,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId417489146" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId189035097" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8294690fd84b046e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/" TargetMode="External"/><Relationship Id="rId9826690fd84b0474c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/categorization" TargetMode="External"/><Relationship Id="rId5860690fd84b065f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/datasheet" TargetMode="External"/><Relationship Id="rId7800690fd84b0665b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/datasheet" TargetMode="External"/><Relationship Id="rId8233690fd84b066b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGCI/distribution" TargetMode="External"/><Relationship Id="rId2029690fd84b067a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/7386" TargetMode="External"/><Relationship Id="rId5311690fd84b06c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/saab040" TargetMode="External"/><Relationship Id="rId9154690fd84b06d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1998690fd84b05791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1998690fd84b05791.jpg"/><Relationship Id="rId5139690fd84b06e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5139690fd84b06e29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId483455090" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId992243320" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1901693520d6129d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/" TargetMode="External"/><Relationship Id="rId8495693520d612a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/categorization" TargetMode="External"/><Relationship Id="rId9132693520d614875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/datasheet" TargetMode="External"/><Relationship Id="rId4583693520d6148d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/datasheet" TargetMode="External"/><Relationship Id="rId7830693520d614935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGCI/distribution" TargetMode="External"/><Relationship Id="rId7172693520d614a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/7386" TargetMode="External"/><Relationship Id="rId4181693520d614eb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/saab040" TargetMode="External"/><Relationship Id="rId5518693520d614f66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3959693520d613ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3959693520d613ac0.jpg"/><Relationship Id="rId8998693520d615071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8998693520d615071.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>