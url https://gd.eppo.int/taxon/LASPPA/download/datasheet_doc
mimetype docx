--- v2 (2025-12-07)
+++ v3 (2026-01-08)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Murtfeldt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry fruit worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1901693520d6129d1" w:history="1">
+            <w:hyperlink r:id="rId61306960369989f90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8495693520d612a39" w:history="1">
+            <w:hyperlink r:id="rId78786960369989ff9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1088,63 +1088,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96617006" name="name6786693520d613ac2" descr="LASPPA_distribution_map.jpg"/>
+            <wp:docPr id="6064808" name="name8042696036998b129" descr="LASPPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LASPPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3959693520d613ac0" cstate="print"/>
+                    <a:blip r:embed="rId3584696036998b125" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2959,51 +2959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9132693520d614875" w:history="1">
+      <w:hyperlink r:id="rId7909696036998bffc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGIN/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-03-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3018,51 +3018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)b </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4583693520d6148d7" w:history="1">
+      <w:hyperlink r:id="rId4490696036998c060" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGPO/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-03-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3077,51 +3077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)c Distribution map for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis cingulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7830693520d614935" w:history="1">
+      <w:hyperlink r:id="rId6440696036998c0be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGCI/distribution</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3223,51 +3223,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 223, 103-126.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaur N (2023) Blueberry-Cherry fruitworm. Blueberry pests. Pacific Northwest Insect Management Handbook. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7172693520d614a21" w:history="1">
+      <w:hyperlink r:id="rId1910696036998c1ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/node/7386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +3956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4181693520d614eb1" w:history="1">
+      <w:hyperlink r:id="rId2258696036998c688" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/saab040</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4044,73 +4044,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita packardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5518693520d614f66" w:history="1">
+      <w:hyperlink r:id="rId6880696036998c741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4185,63 +4185,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3529010" name="name2836693520d615072" descr="eu_funding_250.png"/>
+            <wp:docPr id="38246877" name="name4984696036998cca7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8998693520d615071" cstate="print"/>
+                    <a:blip r:embed="rId6661696036998cca5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4339,137 +4339,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14724731">
+  <w:abstractNum w:abstractNumId="42160455">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44207646">
+    <w:lvl w:ilvl="0" w:tplc="46791555">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44207646" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46791555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44207646" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46791555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44207646" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46791555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44207646" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46791555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44207646" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46791555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44207646" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46791555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44207646" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46791555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44207646" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46791555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14724730">
+  <w:abstractNum w:abstractNumId="42160454">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36726446">
+    <w:lvl w:ilvl="0" w:tplc="13889865">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5221,55 +5221,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14724730">
-    <w:abstractNumId w:val="14724730"/>
+  <w:num w:numId="42160454">
+    <w:abstractNumId w:val="42160454"/>
   </w:num>
-  <w:num w:numId="14724731">
-    <w:abstractNumId w:val="14724731"/>
+  <w:num w:numId="42160455">
+    <w:abstractNumId w:val="42160455"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16819,51 +16819,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId483455090" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId992243320" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1901693520d6129d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/" TargetMode="External"/><Relationship Id="rId8495693520d612a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/categorization" TargetMode="External"/><Relationship Id="rId9132693520d614875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/datasheet" TargetMode="External"/><Relationship Id="rId4583693520d6148d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/datasheet" TargetMode="External"/><Relationship Id="rId7830693520d614935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGCI/distribution" TargetMode="External"/><Relationship Id="rId7172693520d614a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/7386" TargetMode="External"/><Relationship Id="rId4181693520d614eb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/saab040" TargetMode="External"/><Relationship Id="rId5518693520d614f66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3959693520d613ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3959693520d613ac0.jpg"/><Relationship Id="rId8998693520d615071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8998693520d615071.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325892588" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId816038729" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId61306960369989f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/" TargetMode="External"/><Relationship Id="rId78786960369989ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/categorization" TargetMode="External"/><Relationship Id="rId7909696036998bffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/datasheet" TargetMode="External"/><Relationship Id="rId4490696036998c060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/datasheet" TargetMode="External"/><Relationship Id="rId6440696036998c0be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGCI/distribution" TargetMode="External"/><Relationship Id="rId1910696036998c1ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/7386" TargetMode="External"/><Relationship Id="rId2258696036998c688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/saab040" TargetMode="External"/><Relationship Id="rId6880696036998c741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3584696036998b125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3584696036998b125.jpg"/><Relationship Id="rId6661696036998cca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6661696036998cca5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>