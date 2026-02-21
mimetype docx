--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Murtfeldt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry fruit worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61306960369989f90" w:history="1">
+            <w:hyperlink r:id="rId151869995ae8efcc5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -438,53 +438,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78786960369989ff9" w:history="1">
+            <w:hyperlink r:id="rId713969995ae8efd2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1088,63 +1088,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6064808" name="name8042696036998b129" descr="LASPPA_distribution_map.jpg"/>
+            <wp:docPr id="38049248" name="name106769995ae8f10b6" descr="LASPPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LASPPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3584696036998b125" cstate="print"/>
+                    <a:blip r:embed="rId212669995ae8f10b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2959,51 +2959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7909696036998bffc" w:history="1">
+      <w:hyperlink r:id="rId275569995ae8f202c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGIN/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-03-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3018,51 +3018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)b </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4490696036998c060" w:history="1">
+      <w:hyperlink r:id="rId507869995ae8f20b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGPO/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-03-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3077,51 +3077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)c Distribution map for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis cingulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6440696036998c0be" w:history="1">
+      <w:hyperlink r:id="rId526169995ae8f2112" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGCI/distribution</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3223,51 +3223,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 223, 103-126.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaur N (2023) Blueberry-Cherry fruitworm. Blueberry pests. Pacific Northwest Insect Management Handbook. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1910696036998c1ab" w:history="1">
+      <w:hyperlink r:id="rId568769995ae8f2203" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/node/7386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +3956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2258696036998c688" w:history="1">
+      <w:hyperlink r:id="rId639469995ae8f2732" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/saab040</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4066,51 +4066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita packardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6880696036998c741" w:history="1">
+      <w:hyperlink r:id="rId329969995ae8f27e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4185,63 +4185,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38246877" name="name4984696036998cca7" descr="eu_funding_250.png"/>
+            <wp:docPr id="10083352" name="name707069995ae8f298e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6661696036998cca5" cstate="print"/>
+                    <a:blip r:embed="rId641369995ae8f298c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4339,137 +4339,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42160455">
+  <w:abstractNum w:abstractNumId="88768281">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46791555">
+    <w:lvl w:ilvl="0" w:tplc="34973155">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46791555" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34973155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46791555" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34973155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46791555" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34973155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46791555" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34973155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46791555" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34973155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46791555" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34973155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46791555" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34973155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46791555" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34973155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42160454">
+  <w:abstractNum w:abstractNumId="88768280">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13889865">
+    <w:lvl w:ilvl="0" w:tplc="18901880">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5221,55 +5221,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42160454">
-    <w:abstractNumId w:val="42160454"/>
+  <w:num w:numId="88768280">
+    <w:abstractNumId w:val="88768280"/>
   </w:num>
-  <w:num w:numId="42160455">
-    <w:abstractNumId w:val="42160455"/>
+  <w:num w:numId="88768281">
+    <w:abstractNumId w:val="88768281"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16819,51 +16819,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325892588" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId816038729" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId61306960369989f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/" TargetMode="External"/><Relationship Id="rId78786960369989ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/categorization" TargetMode="External"/><Relationship Id="rId7909696036998bffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/datasheet" TargetMode="External"/><Relationship Id="rId4490696036998c060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/datasheet" TargetMode="External"/><Relationship Id="rId6440696036998c0be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGCI/distribution" TargetMode="External"/><Relationship Id="rId1910696036998c1ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/7386" TargetMode="External"/><Relationship Id="rId2258696036998c688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/saab040" TargetMode="External"/><Relationship Id="rId6880696036998c741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3584696036998b125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3584696036998b125.jpg"/><Relationship Id="rId6661696036998cca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6661696036998cca5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId827234398" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId919291966" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId151869995ae8efcc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/" TargetMode="External"/><Relationship Id="rId713969995ae8efd2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/categorization" TargetMode="External"/><Relationship Id="rId275569995ae8f202c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/datasheet" TargetMode="External"/><Relationship Id="rId507869995ae8f20b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/datasheet" TargetMode="External"/><Relationship Id="rId526169995ae8f2112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGCI/distribution" TargetMode="External"/><Relationship Id="rId568769995ae8f2203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/7386" TargetMode="External"/><Relationship Id="rId639469995ae8f2732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/saab040" TargetMode="External"/><Relationship Id="rId329969995ae8f27e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId212669995ae8f10b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId212669995ae8f10b2.jpg"/><Relationship Id="rId641369995ae8f298c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId641369995ae8f298c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>