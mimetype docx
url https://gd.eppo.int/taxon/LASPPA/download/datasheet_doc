--- v4 (2026-02-21)
+++ v5 (2026-03-13)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Murtfeldt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry fruit worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151869995ae8efcc5" w:history="1">
+            <w:hyperlink r:id="rId375769b457656056e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,100 +440,158 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId713969995ae8efd2e" w:history="1">
+            <w:hyperlink r:id="rId316869b45765605d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LASPPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-96"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2160000" cy="1281600"/>
+                  <wp:docPr id="48212129" name="name117669b4576560ca2" descr="19183.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="19183.jpg"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId715569b4576560ca0" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1281600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="0">
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:hyperlink r:id="rId555469b4576560d9f" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="0000CC"/>
+                  <w:position w:val="-3"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:br/>
+                <w:t xml:space="preserve">more photos...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HOSTS</w:t>
       </w:r>
     </w:p>
@@ -1088,63 +1146,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38049248" name="name106769995ae8f10b6" descr="LASPPA_distribution_map.jpg"/>
+            <wp:docPr id="73003196" name="name562869b457656239e" descr="LASPPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LASPPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId212669995ae8f10b2" cstate="print"/>
+                    <a:blip r:embed="rId411169b457656239a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2959,51 +3017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId275569995ae8f202c" w:history="1">
+      <w:hyperlink r:id="rId264069b45765639c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGIN/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-03-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3018,51 +3076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)b </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507869995ae8f20b2" w:history="1">
+      <w:hyperlink r:id="rId309369b4576563a30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGPO/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-03-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3077,51 +3135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023)c Distribution map for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis cingulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId526169995ae8f2112" w:history="1">
+      <w:hyperlink r:id="rId817569b4576563ab9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHAGCI/distribution</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3223,51 +3281,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 223, 103-126.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaur N (2023) Blueberry-Cherry fruitworm. Blueberry pests. Pacific Northwest Insect Management Handbook. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568769995ae8f2203" w:history="1">
+      <w:hyperlink r:id="rId122569b4576563bb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/node/7386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +4014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639469995ae8f2732" w:history="1">
+      <w:hyperlink r:id="rId630569b45765641ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/saab040</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4066,51 +4124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita packardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329969995ae8f27e9" w:history="1">
+      <w:hyperlink r:id="rId271969b457656426f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4185,63 +4243,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10083352" name="name707069995ae8f298e" descr="eu_funding_250.png"/>
+            <wp:docPr id="73601236" name="name802369b45765643f4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId641369995ae8f298c" cstate="print"/>
+                    <a:blip r:embed="rId225969b45765643f3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4339,137 +4397,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88768281">
+  <w:abstractNum w:abstractNumId="64343192">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34973155">
+    <w:lvl w:ilvl="0" w:tplc="31547508">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34973155" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31547508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34973155" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31547508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34973155" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31547508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34973155" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31547508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34973155" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31547508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34973155" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31547508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34973155" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31547508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34973155" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31547508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88768280">
+  <w:abstractNum w:abstractNumId="64343191">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18901880">
+    <w:lvl w:ilvl="0" w:tplc="73484424">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5221,55 +5279,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88768280">
-    <w:abstractNumId w:val="88768280"/>
+  <w:num w:numId="64343191">
+    <w:abstractNumId w:val="64343191"/>
   </w:num>
-  <w:num w:numId="88768281">
-    <w:abstractNumId w:val="88768281"/>
+  <w:num w:numId="64343192">
+    <w:abstractNumId w:val="64343192"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16819,51 +16877,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId827234398" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId919291966" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId151869995ae8efcc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/" TargetMode="External"/><Relationship Id="rId713969995ae8efd2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/categorization" TargetMode="External"/><Relationship Id="rId275569995ae8f202c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/datasheet" TargetMode="External"/><Relationship Id="rId507869995ae8f20b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/datasheet" TargetMode="External"/><Relationship Id="rId526169995ae8f2112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGCI/distribution" TargetMode="External"/><Relationship Id="rId568769995ae8f2203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/7386" TargetMode="External"/><Relationship Id="rId639469995ae8f2732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/saab040" TargetMode="External"/><Relationship Id="rId329969995ae8f27e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId212669995ae8f10b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId212669995ae8f10b2.jpg"/><Relationship Id="rId641369995ae8f298c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId641369995ae8f298c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId978411282" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId598721127" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId375769b457656056e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/" TargetMode="External"/><Relationship Id="rId316869b45765605d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/categorization" TargetMode="External"/><Relationship Id="rId555469b4576560d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LASPPA/photos" TargetMode="External"/><Relationship Id="rId264069b45765639c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/datasheet" TargetMode="External"/><Relationship Id="rId309369b4576563a30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/datasheet" TargetMode="External"/><Relationship Id="rId817569b4576563ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGCI/distribution" TargetMode="External"/><Relationship Id="rId122569b4576563bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/7386" TargetMode="External"/><Relationship Id="rId630569b45765641ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/saab040" TargetMode="External"/><Relationship Id="rId271969b457656426f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId715569b4576560ca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId715569b4576560ca0.jpg"/><Relationship Id="rId411169b457656239a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411169b457656239a.jpg"/><Relationship Id="rId225969b45765643f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId225969b45765643f3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>