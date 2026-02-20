--- v0 (2025-10-17)
+++ v1 (2026-02-20)
@@ -128,51 +128,51 @@
   <si>
     <t>A2 list</t>
   </si>
   <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t>UZ</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>RPPO/EU</t>
   </si>
   <si>
     <t>EAEU</t>
   </si>
   <si>
     <t>9M</t>
   </si>
   <si>
     <t>EPPO</t>
   </si>
   <si>
     <t>9A</t>
   </si>
   <si>
     <t>A1/A2 (formerly)</t>
   </si>
 </sst>
 </file>
 