--- v0 (2025-10-19)
+++ v1 (2026-02-16)
@@ -415,56 +415,50 @@
   </si>
   <si>
     <t>BRSOA</t>
   </si>
   <si>
     <t>Brassica oleracea var. viridis</t>
   </si>
   <si>
     <t>BRSRR</t>
   </si>
   <si>
     <t>Brassica rapa</t>
   </si>
   <si>
     <t>BRSCH</t>
   </si>
   <si>
     <t>Brassica rapa subsp. chinensis</t>
   </si>
   <si>
     <t>* Nurkomar I, Trisnawati DW, Fahmi F, Buchori D (2023) Survival, development, and fecundity of Spodoptera frugiperda (J.E. Smith) (Lepidoptera: Noctuidae) on various host plant species and their Implication for pest management. Insects 14(7), 629. https://doi.org/10.3390/insects14070629
 --------- In laboratory experiments conducted in Indonesia, B. rapa subsp. chinensis (bok choy) and B. rapa subsp. chinensis var. parachinensis 
  (choy sum) were considered to be only 'shelter' plants for S. frugiperda.</t>
   </si>
   <si>
-    <t>BRZLA</t>
-[...4 lines deleted...]
-  <si>
     <t>BRZMI</t>
   </si>
   <si>
     <t>Briza minor</t>
   </si>
   <si>
     <t>BROCA</t>
   </si>
   <si>
     <t>Bromus catharticus</t>
   </si>
   <si>
     <t>DATCA</t>
   </si>
   <si>
     <t>Brugmansia x candida</t>
   </si>
   <si>
     <t>CAJCA</t>
   </si>
   <si>
     <t>Cajanus cajan</t>
   </si>
   <si>
     <t>CLDOF</t>
@@ -570,50 +564,56 @@
   <si>
     <t>CCHPA</t>
   </si>
   <si>
     <t>Cenchrus spinifex</t>
   </si>
   <si>
     <t>CCHTR</t>
   </si>
   <si>
     <t>Cenchrus tribuloides</t>
   </si>
   <si>
     <t>CEEHI</t>
   </si>
   <si>
     <t>Cereus hildmannianus</t>
   </si>
   <si>
     <t>CMEHU</t>
   </si>
   <si>
     <t>Chamaerops humilis</t>
   </si>
   <si>
+    <t>BRZLA</t>
+  </si>
+  <si>
+    <t>Chascolytrum lamarckianum</t>
+  </si>
+  <si>
     <t>CHEAL</t>
   </si>
   <si>
     <t>Chenopodium album</t>
   </si>
   <si>
     <t>CHEQU</t>
   </si>
   <si>
     <t>Chenopodium quinoa</t>
   </si>
   <si>
     <t>CHRBA</t>
   </si>
   <si>
     <t>Chloris barbata</t>
   </si>
   <si>
     <t>CHRGA</t>
   </si>
   <si>
     <t>Chloris gayana</t>
   </si>
   <si>
     <t>CHYHO</t>
@@ -1842,90 +1842,90 @@
   <si>
     <t>RUMCR</t>
   </si>
   <si>
     <t>Rumex crispus</t>
   </si>
   <si>
     <t>ERNAN</t>
   </si>
   <si>
     <t>Saccharum angustifolium</t>
   </si>
   <si>
     <t>ANOTN</t>
   </si>
   <si>
     <t>Schizachyrium tenerum</t>
   </si>
   <si>
     <t>SECCE</t>
   </si>
   <si>
     <t>Secale cereale</t>
   </si>
   <si>
+    <t>SENBR</t>
+  </si>
+  <si>
+    <t>Senecio brasiliensis</t>
+  </si>
+  <si>
+    <t>CASOB</t>
+  </si>
+  <si>
+    <t>Senna obtusifolia</t>
+  </si>
+  <si>
+    <t>SEGIN</t>
+  </si>
+  <si>
+    <t>Sesamum indicum</t>
+  </si>
+  <si>
+    <t>SETIT</t>
+  </si>
+  <si>
+    <t>Setaria italica</t>
+  </si>
+  <si>
+    <t>PESPO</t>
+  </si>
+  <si>
+    <t>Setaria parviflora</t>
+  </si>
+  <si>
+    <t>SETVI</t>
+  </si>
+  <si>
+    <t>Setaria viridis</t>
+  </si>
+  <si>
     <t>SEHED</t>
   </si>
   <si>
-    <t>Sechium edule</t>
-[...35 lines deleted...]
-    <t>Setaria viridis</t>
+    <t>Sicyos edulis</t>
   </si>
   <si>
     <t>SIDCO</t>
   </si>
   <si>
     <t>Sida cordifolia</t>
   </si>
   <si>
     <t>SIDRH</t>
   </si>
   <si>
     <t>Sida rhombifolia</t>
   </si>
   <si>
     <t>SIDPA</t>
   </si>
   <si>
     <t>Sidastrum paniculatum</t>
   </si>
   <si>
     <t>SOLAE</t>
   </si>
   <si>
     <t>Solanum aethiopicum</t>
   </si>
@@ -3595,65 +3595,65 @@
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>20</v>
       </c>
       <c r="B68" t="s">
         <v>147</v>
       </c>
       <c r="C68" t="s">
         <v>148</v>
       </c>
       <c r="D68" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>20</v>
       </c>
       <c r="B69" t="s">
         <v>149</v>
       </c>
       <c r="C69" t="s">
         <v>150</v>
       </c>
       <c r="D69" t="s">
-        <v>7</v>
+        <v>151</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>20</v>
       </c>
       <c r="B70" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C70" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D70" t="s">
-        <v>153</v>
+        <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>20</v>
       </c>
       <c r="B71" t="s">
         <v>154</v>
       </c>
       <c r="C71" t="s">
         <v>155</v>
       </c>
       <c r="D71" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>20</v>
       </c>
       <c r="B72" t="s">
         <v>156</v>
       </c>
       <c r="C72" t="s">
         <v>157</v>
@@ -4267,51 +4267,51 @@
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>20</v>
       </c>
       <c r="B116" t="s">
         <v>244</v>
       </c>
       <c r="C116" t="s">
         <v>245</v>
       </c>
       <c r="D116" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>20</v>
       </c>
       <c r="B117" t="s">
         <v>246</v>
       </c>
       <c r="C117" t="s">
         <v>247</v>
       </c>
       <c r="D117" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>20</v>
       </c>
       <c r="B118" t="s">
         <v>248</v>
       </c>
       <c r="C118" t="s">
         <v>249</v>
       </c>
       <c r="D118" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>20</v>
       </c>
       <c r="B119" t="s">
         <v>250</v>
       </c>
       <c r="C119" t="s">
         <v>251</v>