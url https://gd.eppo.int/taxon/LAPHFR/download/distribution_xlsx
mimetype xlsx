--- v0 (2025-10-10)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LAPHFR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="562">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="564">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
@@ -1614,50 +1614,56 @@
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
   <si>
     <t>ci</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>UA</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>New South Wales</t>
   </si>
   <si>
     <t>nw</t>
   </si>
   <si>
     <t>Northern Territory</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>
   <si>
     <t>ql</t>
   </si>
@@ -2045,51 +2051,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F282"/>
+  <dimension ref="A1:F283"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -6875,293 +6881,309 @@
         <v>531</v>
       </c>
       <c r="E267"/>
       <c r="F267" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
         <v>495</v>
       </c>
       <c r="B268" t="s">
         <v>532</v>
       </c>
       <c r="C268"/>
       <c r="D268" t="s">
         <v>533</v>
       </c>
       <c r="E268"/>
       <c r="F268" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
+        <v>495</v>
+      </c>
+      <c r="B269" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="C269"/>
       <c r="D269" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="E269"/>
       <c r="F269" t="s">
-        <v>37</v>
+        <v>525</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B270" t="s">
-        <v>535</v>
-[...1 lines deleted...]
-      <c r="C270" t="s">
         <v>537</v>
       </c>
+      <c r="C270"/>
       <c r="D270" t="s">
-        <v>536</v>
-[...1 lines deleted...]
-      <c r="E270" t="s">
         <v>538</v>
       </c>
+      <c r="E270"/>
       <c r="F270" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B271" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C271" t="s">
         <v>539</v>
       </c>
       <c r="D271" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E271" t="s">
-        <v>452</v>
+        <v>540</v>
       </c>
       <c r="F271" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B272" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C272" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D272" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E272" t="s">
-        <v>541</v>
+        <v>452</v>
       </c>
       <c r="F272" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B273" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C273" t="s">
         <v>542</v>
       </c>
       <c r="D273" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E273" t="s">
         <v>543</v>
       </c>
       <c r="F273" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B274" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C274" t="s">
         <v>544</v>
       </c>
       <c r="D274" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E274" t="s">
         <v>545</v>
       </c>
       <c r="F274" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B275" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C275" t="s">
         <v>546</v>
       </c>
       <c r="D275" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E275" t="s">
         <v>547</v>
       </c>
       <c r="F275" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B276" t="s">
+        <v>537</v>
+      </c>
+      <c r="C276" t="s">
         <v>548</v>
       </c>
-      <c r="C276"/>
       <c r="D276" t="s">
+        <v>538</v>
+      </c>
+      <c r="E276" t="s">
         <v>549</v>
       </c>
-      <c r="E276"/>
       <c r="F276" t="s">
-        <v>216</v>
+        <v>22</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B277" t="s">
         <v>550</v>
       </c>
       <c r="C277"/>
       <c r="D277" t="s">
         <v>551</v>
       </c>
       <c r="E277"/>
       <c r="F277" t="s">
-        <v>22</v>
+        <v>216</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B278" t="s">
         <v>552</v>
       </c>
       <c r="C278"/>
       <c r="D278" t="s">
         <v>553</v>
       </c>
       <c r="E278"/>
       <c r="F278" t="s">
-        <v>461</v>
+        <v>22</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B279" t="s">
         <v>554</v>
       </c>
       <c r="C279"/>
       <c r="D279" t="s">
         <v>555</v>
       </c>
       <c r="E279"/>
       <c r="F279" t="s">
-        <v>9</v>
+        <v>461</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B280" t="s">
         <v>556</v>
       </c>
       <c r="C280"/>
       <c r="D280" t="s">
         <v>557</v>
       </c>
       <c r="E280"/>
       <c r="F280" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B281" t="s">
         <v>558</v>
       </c>
       <c r="C281"/>
       <c r="D281" t="s">
         <v>559</v>
       </c>
       <c r="E281"/>
       <c r="F281" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B282" t="s">
         <v>560</v>
       </c>
       <c r="C282"/>
       <c r="D282" t="s">
         <v>561</v>
       </c>
       <c r="E282"/>
       <c r="F282" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6">
+      <c r="A283" t="s">
+        <v>536</v>
+      </c>
+      <c r="B283" t="s">
+        <v>562</v>
+      </c>
+      <c r="C283"/>
+      <c r="D283" t="s">
+        <v>563</v>
+      </c>
+      <c r="E283"/>
+      <c r="F283" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>