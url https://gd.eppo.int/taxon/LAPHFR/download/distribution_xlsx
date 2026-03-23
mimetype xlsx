--- v1 (2026-02-11)
+++ v2 (2026-03-23)
@@ -6824,51 +6824,51 @@
       <c r="B264" t="s">
         <v>523</v>
       </c>
       <c r="C264"/>
       <c r="D264" t="s">
         <v>524</v>
       </c>
       <c r="E264"/>
       <c r="F264" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
         <v>495</v>
       </c>
       <c r="B265" t="s">
         <v>526</v>
       </c>
       <c r="C265"/>
       <c r="D265" t="s">
         <v>527</v>
       </c>
       <c r="E265"/>
       <c r="F265" t="s">
-        <v>22</v>
+        <v>461</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
         <v>495</v>
       </c>
       <c r="B266" t="s">
         <v>526</v>
       </c>
       <c r="C266" t="s">
         <v>528</v>
       </c>
       <c r="D266" t="s">
         <v>527</v>
       </c>
       <c r="E266" t="s">
         <v>529</v>
       </c>
       <c r="F266" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
         <v>495</v>