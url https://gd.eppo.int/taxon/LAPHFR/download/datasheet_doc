--- v0 (2025-10-05)
+++ v1 (2025-10-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Smith)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn leaf worm (US), fall armyworm (US), grass worm, southern grass worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId948568e2e303ce730" w:history="1">
+            <w:hyperlink r:id="rId46806900116c73f86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId706468e2e303ce799" w:history="1">
+            <w:hyperlink r:id="rId50166900116c73ff0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LAPHFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29974293" name="name940668e2e303ceeef" descr="14643.jpg"/>
+                  <wp:docPr id="37651349" name="name29906900116c740f2" descr="14643.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14643.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId482868e2e303ceeed" cstate="print"/>
+                          <a:blip r:embed="rId45816900116c740f1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId979268e2e303ceffb" w:history="1">
+            <w:hyperlink r:id="rId38206900116c7426e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8066,63 +8066,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019), Laos (FAO, 2019), Philippines (IPPC, 2019), Indonesia (EPPO, 2019), and Vietnam (USDA GAIN report, 2019). During the first months of 2020 it was captured in traps from the islands of Saibai and Erub in Torres Strait (IPPC, 2020) and in mainland Australia (Queensland Government, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21746136" name="name759968e2e303d2ccb" descr="LAPHFR_distribution_map.jpg"/>
+            <wp:docPr id="58116479" name="name25986900116c78199" descr="LAPHFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LAPHFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId220968e2e303d2cc7" cstate="print"/>
+                    <a:blip r:embed="rId91236900116c78195" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10172,51 +10172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread to North Africa, it could relatively easily enter southern European countries (particularly the Andalusia region in Spain and Sicily in Italy) through migration. There is no possibility to prevent entry via natural dispersal, the likelihood of entry via this pathway could only be mitigated through pest control in Africa (Jeger </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018). In December 2019, the FAO launched the “Global Action for Fall Armyworm Control” (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId523768e2e303d3cb6" w:history="1">
+      <w:hyperlink r:id="rId66296900116c79283" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/fall-armyworm/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) to ensure a coordinated global approach, favouring a combination of monitoring, early warning systems, as well as, sustainable pest control methods.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10232,51 +10232,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abrahams P, Beale T, Cock M, Corniani N, Day R, Godwin J, Murphy S, Rochard G &amp; Vos J (2017) Fall armyworm status. Impacts and control options in Africa: Preliminary evidence note. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417568e2e303d3d20" w:history="1">
+      <w:hyperlink r:id="rId93406900116c792f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11229,51 +11229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ellis SE (2005) New Pest Response Guidelines: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA/APHIS/PPQ/PDMP. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId859868e2e303d437b" w:history="1">
+      <w:hyperlink r:id="rId26456900116c79983" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11310,51 +11310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 410–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId567168e2e303d43ff" w:history="1">
+      <w:hyperlink r:id="rId15236900116c79a0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/LAPHFR/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/06/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11389,90 +11389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread in Asia. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164168e2e303d447b" w:history="1">
+      <w:hyperlink r:id="rId76546900116c79a90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6483</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) Report from consultative meeting on fall armyworm in Asia. Bangkok, March 20-22, 2019. [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId453268e2e303d44b9" w:history="1">
+      <w:hyperlink r:id="rId85026900116c79ad0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -11596,51 +11596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA (2016) First report of outbreaks of the "Fall Armyworm" on the African continent. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2330, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359668e2e303d45ce" w:history="1">
+      <w:hyperlink r:id="rId95526900116c79bee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11655,51 +11655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) Report of first detection of Fall Army Worm (FAW) in the Republic of the Philippines. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, PHL-02/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId222868e2e303d463a" w:history="1">
+      <w:hyperlink r:id="rId99976900116c79c51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fall armyworm) in Torres Strait. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, AUS-96/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId262668e2e303d46b7" w:history="1">
+      <w:hyperlink r:id="rId87226900116c79ccf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13135,51 +13135,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, First Edition. CDMX: CIMMYT (Mexico).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2020) First mainland detection of fall armyworm. Australia: Queensland Government Department of Agriculture and Fisheries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140868e2e303d4f80" w:history="1">
+      <w:hyperlink r:id="rId20696900116c7a60d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13972,51 +13972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA GAIN report (2019) Fall armyworm damages corn and threatens other crops in Vietnam. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Foreign Agricultural Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, GAIN Report VM2019-0017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId743468e2e303d54cd" w:history="1">
+      <w:hyperlink r:id="rId85746900116c7ab92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14296,51 +14296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera frugiperda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182168e2e303d56dc" w:history="1">
+      <w:hyperlink r:id="rId46726900116c7adad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14444,63 +14444,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25564386" name="name318468e2e303d5b96" descr="eu_funding_250.png"/>
+            <wp:docPr id="5029393" name="name17756900116c7af37" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId912868e2e303d5b95" cstate="print"/>
+                    <a:blip r:embed="rId87366900116c7af36" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -14599,137 +14599,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75013201">
+  <w:abstractNum w:abstractNumId="32267366">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37695389">
+    <w:lvl w:ilvl="0" w:tplc="43949766">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37695389" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43949766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37695389" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43949766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37695389" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43949766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37695389" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43949766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37695389" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43949766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37695389" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43949766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37695389" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43949766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37695389" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43949766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75013200">
+  <w:abstractNum w:abstractNumId="32267365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26343072">
+    <w:lvl w:ilvl="0" w:tplc="30307042">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15481,55 +15481,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75013200">
-    <w:abstractNumId w:val="75013200"/>
+  <w:num w:numId="32267365">
+    <w:abstractNumId w:val="32267365"/>
   </w:num>
-  <w:num w:numId="75013201">
-    <w:abstractNumId w:val="75013201"/>
+  <w:num w:numId="32267366">
+    <w:abstractNumId w:val="32267366"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27079,51 +27079,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId296070775" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId185036536" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId948568e2e303ce730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId706468e2e303ce799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId979268e2e303ceffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId523768e2e303d3cb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId417568e2e303d3d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId859868e2e303d437b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId567168e2e303d43ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId164168e2e303d447b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId453268e2e303d44b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId359668e2e303d45ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId222868e2e303d463a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId262668e2e303d46b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId140868e2e303d4f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId743468e2e303d54cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId182168e2e303d56dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId482868e2e303ceeed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId482868e2e303ceeed.jpg"/><Relationship Id="rId220968e2e303d2cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId220968e2e303d2cc7.jpg"/><Relationship Id="rId912868e2e303d5b95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId912868e2e303d5b95.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId807556997" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId145071840" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46806900116c73f86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId50166900116c73ff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId38206900116c7426e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId66296900116c79283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId93406900116c792f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId26456900116c79983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId15236900116c79a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId76546900116c79a90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId85026900116c79ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId95526900116c79bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId99976900116c79c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId87226900116c79ccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId20696900116c7a60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId85746900116c7ab92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId46726900116c7adad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId45816900116c740f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45816900116c740f1.jpg"/><Relationship Id="rId91236900116c78195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91236900116c78195.jpg"/><Relationship Id="rId87366900116c7af36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87366900116c7af36.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>