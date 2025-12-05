--- v1 (2025-10-28)
+++ v2 (2025-12-05)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Smith)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn leaf worm (US), fall armyworm (US), grass worm, southern grass worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46806900116c73f86" w:history="1">
+            <w:hyperlink r:id="rId5650693243a911fdf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50166900116c73ff0" w:history="1">
+            <w:hyperlink r:id="rId7667693243a91204c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LAPHFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37651349" name="name29906900116c740f2" descr="14643.jpg"/>
+                  <wp:docPr id="38244683" name="name2024693243a91212b" descr="14643.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14643.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId45816900116c740f1" cstate="print"/>
+                          <a:blip r:embed="rId6507693243a91212a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId38206900116c7426e" w:history="1">
+            <w:hyperlink r:id="rId3806693243a91224d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8066,63 +8066,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019), Laos (FAO, 2019), Philippines (IPPC, 2019), Indonesia (EPPO, 2019), and Vietnam (USDA GAIN report, 2019). During the first months of 2020 it was captured in traps from the islands of Saibai and Erub in Torres Strait (IPPC, 2020) and in mainland Australia (Queensland Government, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58116479" name="name25986900116c78199" descr="LAPHFR_distribution_map.jpg"/>
+            <wp:docPr id="44469876" name="name1707693243a916819" descr="LAPHFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LAPHFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId91236900116c78195" cstate="print"/>
+                    <a:blip r:embed="rId1838693243a916815" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10172,51 +10172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread to North Africa, it could relatively easily enter southern European countries (particularly the Andalusia region in Spain and Sicily in Italy) through migration. There is no possibility to prevent entry via natural dispersal, the likelihood of entry via this pathway could only be mitigated through pest control in Africa (Jeger </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018). In December 2019, the FAO launched the “Global Action for Fall Armyworm Control” (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId66296900116c79283" w:history="1">
+      <w:hyperlink r:id="rId5194693243a91792a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/fall-armyworm/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) to ensure a coordinated global approach, favouring a combination of monitoring, early warning systems, as well as, sustainable pest control methods.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10232,51 +10232,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abrahams P, Beale T, Cock M, Corniani N, Day R, Godwin J, Murphy S, Rochard G &amp; Vos J (2017) Fall armyworm status. Impacts and control options in Africa: Preliminary evidence note. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93406900116c792f2" w:history="1">
+      <w:hyperlink r:id="rId9840693243a917997" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11229,51 +11229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ellis SE (2005) New Pest Response Guidelines: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA/APHIS/PPQ/PDMP. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26456900116c79983" w:history="1">
+      <w:hyperlink r:id="rId3285693243a917fe7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11310,51 +11310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 410–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15236900116c79a0d" w:history="1">
+      <w:hyperlink r:id="rId7673693243a91806e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/LAPHFR/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/06/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11389,90 +11389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread in Asia. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76546900116c79a90" w:history="1">
+      <w:hyperlink r:id="rId3488693243a9180eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6483</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) Report from consultative meeting on fall armyworm in Asia. Bangkok, March 20-22, 2019. [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId85026900116c79ad0" w:history="1">
+      <w:hyperlink r:id="rId9485693243a918129" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -11596,51 +11596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA (2016) First report of outbreaks of the "Fall Armyworm" on the African continent. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2330, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95526900116c79bee" w:history="1">
+      <w:hyperlink r:id="rId6436693243a918240" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11655,51 +11655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) Report of first detection of Fall Army Worm (FAW) in the Republic of the Philippines. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, PHL-02/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId99976900116c79c51" w:history="1">
+      <w:hyperlink r:id="rId9278693243a91829e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fall armyworm) in Torres Strait. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, AUS-96/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId87226900116c79ccf" w:history="1">
+      <w:hyperlink r:id="rId7133693243a91831a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13135,51 +13135,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, First Edition. CDMX: CIMMYT (Mexico).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2020) First mainland detection of fall armyworm. Australia: Queensland Government Department of Agriculture and Fisheries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20696900116c7a60d" w:history="1">
+      <w:hyperlink r:id="rId6320693243a918d72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13972,51 +13972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA GAIN report (2019) Fall armyworm damages corn and threatens other crops in Vietnam. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Foreign Agricultural Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, GAIN Report VM2019-0017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85746900116c7ab92" w:history="1">
+      <w:hyperlink r:id="rId7133693243a9192a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14296,51 +14296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera frugiperda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46726900116c7adad" w:history="1">
+      <w:hyperlink r:id="rId2764693243a9194cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14444,63 +14444,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5029393" name="name17756900116c7af37" descr="eu_funding_250.png"/>
+            <wp:docPr id="25649280" name="name6450693243a919630" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId87366900116c7af36" cstate="print"/>
+                    <a:blip r:embed="rId1466693243a91962e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -14599,137 +14599,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32267366">
+  <w:abstractNum w:abstractNumId="31750653">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43949766">
+    <w:lvl w:ilvl="0" w:tplc="38632168">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43949766" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38632168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43949766" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38632168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43949766" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38632168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43949766" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38632168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43949766" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38632168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43949766" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38632168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43949766" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38632168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43949766" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38632168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32267365">
+  <w:abstractNum w:abstractNumId="31750652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30307042">
+    <w:lvl w:ilvl="0" w:tplc="59511793">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15481,55 +15481,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32267365">
-    <w:abstractNumId w:val="32267365"/>
+  <w:num w:numId="31750652">
+    <w:abstractNumId w:val="31750652"/>
   </w:num>
-  <w:num w:numId="32267366">
-    <w:abstractNumId w:val="32267366"/>
+  <w:num w:numId="31750653">
+    <w:abstractNumId w:val="31750653"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27079,51 +27079,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId807556997" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId145071840" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46806900116c73f86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId50166900116c73ff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId38206900116c7426e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId66296900116c79283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId93406900116c792f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId26456900116c79983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId15236900116c79a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId76546900116c79a90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId85026900116c79ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId95526900116c79bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId99976900116c79c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId87226900116c79ccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId20696900116c7a60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId85746900116c7ab92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId46726900116c7adad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId45816900116c740f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45816900116c740f1.jpg"/><Relationship Id="rId91236900116c78195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91236900116c78195.jpg"/><Relationship Id="rId87366900116c7af36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87366900116c7af36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402197026" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId535023325" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5650693243a911fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId7667693243a91204c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId3806693243a91224d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId5194693243a91792a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId9840693243a917997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId3285693243a917fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId7673693243a91806e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId3488693243a9180eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId9485693243a918129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId6436693243a918240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId9278693243a91829e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId7133693243a91831a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId6320693243a918d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId7133693243a9192a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId2764693243a9194cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6507693243a91212a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6507693243a91212a.jpg"/><Relationship Id="rId1838693243a916815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1838693243a916815.jpg"/><Relationship Id="rId1466693243a91962e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1466693243a91962e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>