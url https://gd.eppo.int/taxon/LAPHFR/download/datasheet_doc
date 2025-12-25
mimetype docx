--- v2 (2025-12-05)
+++ v3 (2025-12-25)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Smith)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn leaf worm (US), fall armyworm (US), grass worm, southern grass worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5650693243a911fdf" w:history="1">
+            <w:hyperlink r:id="rId2541694cc4f277e89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7667693243a91204c" w:history="1">
+            <w:hyperlink r:id="rId6950694cc4f277ef7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LAPHFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38244683" name="name2024693243a91212b" descr="14643.jpg"/>
+                  <wp:docPr id="51165106" name="name7894694cc4f277fc8" descr="14643.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14643.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6507693243a91212a" cstate="print"/>
+                          <a:blip r:embed="rId2282694cc4f277fc7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3806693243a91224d" w:history="1">
+            <w:hyperlink r:id="rId9960694cc4f2780fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8066,63 +8066,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019), Laos (FAO, 2019), Philippines (IPPC, 2019), Indonesia (EPPO, 2019), and Vietnam (USDA GAIN report, 2019). During the first months of 2020 it was captured in traps from the islands of Saibai and Erub in Torres Strait (IPPC, 2020) and in mainland Australia (Queensland Government, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44469876" name="name1707693243a916819" descr="LAPHFR_distribution_map.jpg"/>
+            <wp:docPr id="63342817" name="name5415694cc4f27c42a" descr="LAPHFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LAPHFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1838693243a916815" cstate="print"/>
+                    <a:blip r:embed="rId8072694cc4f27c426" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10172,51 +10172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread to North Africa, it could relatively easily enter southern European countries (particularly the Andalusia region in Spain and Sicily in Italy) through migration. There is no possibility to prevent entry via natural dispersal, the likelihood of entry via this pathway could only be mitigated through pest control in Africa (Jeger </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018). In December 2019, the FAO launched the “Global Action for Fall Armyworm Control” (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5194693243a91792a" w:history="1">
+      <w:hyperlink r:id="rId2495694cc4f27d56f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/fall-armyworm/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) to ensure a coordinated global approach, favouring a combination of monitoring, early warning systems, as well as, sustainable pest control methods.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10232,51 +10232,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abrahams P, Beale T, Cock M, Corniani N, Day R, Godwin J, Murphy S, Rochard G &amp; Vos J (2017) Fall armyworm status. Impacts and control options in Africa: Preliminary evidence note. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9840693243a917997" w:history="1">
+      <w:hyperlink r:id="rId3914694cc4f27d5dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11229,51 +11229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ellis SE (2005) New Pest Response Guidelines: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA/APHIS/PPQ/PDMP. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3285693243a917fe7" w:history="1">
+      <w:hyperlink r:id="rId5893694cc4f27dc39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11310,51 +11310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 410–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7673693243a91806e" w:history="1">
+      <w:hyperlink r:id="rId7907694cc4f27dcc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/LAPHFR/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/06/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11389,90 +11389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread in Asia. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3488693243a9180eb" w:history="1">
+      <w:hyperlink r:id="rId3912694cc4f27dd40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6483</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) Report from consultative meeting on fall armyworm in Asia. Bangkok, March 20-22, 2019. [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9485693243a918129" w:history="1">
+      <w:hyperlink r:id="rId2843694cc4f27dd7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -11596,51 +11596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA (2016) First report of outbreaks of the "Fall Armyworm" on the African continent. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2330, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6436693243a918240" w:history="1">
+      <w:hyperlink r:id="rId1169694cc4f27de99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11655,51 +11655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) Report of first detection of Fall Army Worm (FAW) in the Republic of the Philippines. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, PHL-02/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9278693243a91829e" w:history="1">
+      <w:hyperlink r:id="rId2853694cc4f27defa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fall armyworm) in Torres Strait. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, AUS-96/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7133693243a91831a" w:history="1">
+      <w:hyperlink r:id="rId1824694cc4f27df8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13135,51 +13135,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, First Edition. CDMX: CIMMYT (Mexico).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2020) First mainland detection of fall armyworm. Australia: Queensland Government Department of Agriculture and Fisheries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6320693243a918d72" w:history="1">
+      <w:hyperlink r:id="rId9163694cc4f27e866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13972,51 +13972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA GAIN report (2019) Fall armyworm damages corn and threatens other crops in Vietnam. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Foreign Agricultural Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, GAIN Report VM2019-0017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7133693243a9192a3" w:history="1">
+      <w:hyperlink r:id="rId4132694cc4f27eda1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14296,51 +14296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera frugiperda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2764693243a9194cf" w:history="1">
+      <w:hyperlink r:id="rId7650694cc4f27efcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14444,63 +14444,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25649280" name="name6450693243a919630" descr="eu_funding_250.png"/>
+            <wp:docPr id="1289025" name="name1279694cc4f27f149" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1466693243a91962e" cstate="print"/>
+                    <a:blip r:embed="rId1753694cc4f27f147" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -14599,137 +14599,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31750653">
+  <w:abstractNum w:abstractNumId="99190232">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38632168">
+    <w:lvl w:ilvl="0" w:tplc="27744143">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38632168" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27744143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38632168" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27744143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38632168" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27744143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38632168" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27744143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38632168" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27744143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38632168" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27744143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38632168" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27744143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38632168" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27744143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31750652">
+  <w:abstractNum w:abstractNumId="99190231">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59511793">
+    <w:lvl w:ilvl="0" w:tplc="39583199">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15481,55 +15481,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31750652">
-    <w:abstractNumId w:val="31750652"/>
+  <w:num w:numId="99190231">
+    <w:abstractNumId w:val="99190231"/>
   </w:num>
-  <w:num w:numId="31750653">
-    <w:abstractNumId w:val="31750653"/>
+  <w:num w:numId="99190232">
+    <w:abstractNumId w:val="99190232"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27079,51 +27079,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402197026" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId535023325" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5650693243a911fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId7667693243a91204c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId3806693243a91224d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId5194693243a91792a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId9840693243a917997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId3285693243a917fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId7673693243a91806e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId3488693243a9180eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId9485693243a918129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId6436693243a918240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId9278693243a91829e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId7133693243a91831a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId6320693243a918d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId7133693243a9192a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId2764693243a9194cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6507693243a91212a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6507693243a91212a.jpg"/><Relationship Id="rId1838693243a916815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1838693243a916815.jpg"/><Relationship Id="rId1466693243a91962e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1466693243a91962e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId414246665" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId735073249" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2541694cc4f277e89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId6950694cc4f277ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId9960694cc4f2780fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId2495694cc4f27d56f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId3914694cc4f27d5dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId5893694cc4f27dc39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId7907694cc4f27dcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId3912694cc4f27dd40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId2843694cc4f27dd7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId1169694cc4f27de99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId2853694cc4f27defa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId1824694cc4f27df8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId9163694cc4f27e866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId4132694cc4f27eda1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId7650694cc4f27efcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2282694cc4f277fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2282694cc4f277fc7.jpg"/><Relationship Id="rId8072694cc4f27c426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8072694cc4f27c426.jpg"/><Relationship Id="rId1753694cc4f27f147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1753694cc4f27f147.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>