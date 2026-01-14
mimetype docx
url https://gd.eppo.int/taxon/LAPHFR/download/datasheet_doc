--- v3 (2025-12-25)
+++ v4 (2026-01-14)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Smith)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn leaf worm (US), fall armyworm (US), grass worm, southern grass worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2541694cc4f277e89" w:history="1">
+            <w:hyperlink r:id="rId70766967e5b1e2f01" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6950694cc4f277ef7" w:history="1">
+            <w:hyperlink r:id="rId64016967e5b1e2f69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LAPHFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51165106" name="name7894694cc4f277fc8" descr="14643.jpg"/>
+                  <wp:docPr id="60010223" name="name17666967e5b1e355a" descr="14643.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14643.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2282694cc4f277fc7" cstate="print"/>
+                          <a:blip r:embed="rId34396967e5b1e3558" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9960694cc4f2780fd" w:history="1">
+            <w:hyperlink r:id="rId49546967e5b1e3633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8066,63 +8066,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019), Laos (FAO, 2019), Philippines (IPPC, 2019), Indonesia (EPPO, 2019), and Vietnam (USDA GAIN report, 2019). During the first months of 2020 it was captured in traps from the islands of Saibai and Erub in Torres Strait (IPPC, 2020) and in mainland Australia (Queensland Government, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63342817" name="name5415694cc4f27c42a" descr="LAPHFR_distribution_map.jpg"/>
+            <wp:docPr id="3424703" name="name86576967e5b1e73da" descr="LAPHFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LAPHFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8072694cc4f27c426" cstate="print"/>
+                    <a:blip r:embed="rId72666967e5b1e73d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10172,51 +10172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread to North Africa, it could relatively easily enter southern European countries (particularly the Andalusia region in Spain and Sicily in Italy) through migration. There is no possibility to prevent entry via natural dispersal, the likelihood of entry via this pathway could only be mitigated through pest control in Africa (Jeger </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018). In December 2019, the FAO launched the “Global Action for Fall Armyworm Control” (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2495694cc4f27d56f" w:history="1">
+      <w:hyperlink r:id="rId45006967e5b1e83a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/fall-armyworm/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) to ensure a coordinated global approach, favouring a combination of monitoring, early warning systems, as well as, sustainable pest control methods.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10232,51 +10232,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abrahams P, Beale T, Cock M, Corniani N, Day R, Godwin J, Murphy S, Rochard G &amp; Vos J (2017) Fall armyworm status. Impacts and control options in Africa: Preliminary evidence note. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3914694cc4f27d5dc" w:history="1">
+      <w:hyperlink r:id="rId39616967e5b1e8412" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11229,51 +11229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ellis SE (2005) New Pest Response Guidelines: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA/APHIS/PPQ/PDMP. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5893694cc4f27dc39" w:history="1">
+      <w:hyperlink r:id="rId17786967e5b1e8a78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11310,51 +11310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 410–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7907694cc4f27dcc2" w:history="1">
+      <w:hyperlink r:id="rId55776967e5b1e8b0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/LAPHFR/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/06/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11389,90 +11389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread in Asia. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3912694cc4f27dd40" w:history="1">
+      <w:hyperlink r:id="rId98036967e5b1e8b8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6483</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) Report from consultative meeting on fall armyworm in Asia. Bangkok, March 20-22, 2019. [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2843694cc4f27dd7f" w:history="1">
+      <w:hyperlink r:id="rId63156967e5b1e8bcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -11596,51 +11596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA (2016) First report of outbreaks of the "Fall Armyworm" on the African continent. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2330, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1169694cc4f27de99" w:history="1">
+      <w:hyperlink r:id="rId32726967e5b1e8ce4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11655,51 +11655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) Report of first detection of Fall Army Worm (FAW) in the Republic of the Philippines. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, PHL-02/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2853694cc4f27defa" w:history="1">
+      <w:hyperlink r:id="rId53646967e5b1e8d45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fall armyworm) in Torres Strait. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, AUS-96/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1824694cc4f27df8d" w:history="1">
+      <w:hyperlink r:id="rId38056967e5b1e8dc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13135,51 +13135,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, First Edition. CDMX: CIMMYT (Mexico).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2020) First mainland detection of fall armyworm. Australia: Queensland Government Department of Agriculture and Fisheries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9163694cc4f27e866" w:history="1">
+      <w:hyperlink r:id="rId68736967e5b1e96c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13972,51 +13972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA GAIN report (2019) Fall armyworm damages corn and threatens other crops in Vietnam. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Foreign Agricultural Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, GAIN Report VM2019-0017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4132694cc4f27eda1" w:history="1">
+      <w:hyperlink r:id="rId59776967e5b1e9c05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14274,73 +14274,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera frugiperda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7650694cc4f27efcc" w:history="1">
+      <w:hyperlink r:id="rId99496967e5b1e9e18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14444,63 +14444,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1289025" name="name1279694cc4f27f149" descr="eu_funding_250.png"/>
+            <wp:docPr id="1668290" name="name71186967e5b1e9f72" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1753694cc4f27f147" cstate="print"/>
+                    <a:blip r:embed="rId42096967e5b1e9f70" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -14599,137 +14599,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99190232">
+  <w:abstractNum w:abstractNumId="19052646">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27744143">
+    <w:lvl w:ilvl="0" w:tplc="13195937">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27744143" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13195937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27744143" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13195937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27744143" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13195937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27744143" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13195937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27744143" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13195937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27744143" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13195937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27744143" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13195937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27744143" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13195937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99190231">
+  <w:abstractNum w:abstractNumId="19052645">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39583199">
+    <w:lvl w:ilvl="0" w:tplc="55681287">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15481,55 +15481,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99190231">
-    <w:abstractNumId w:val="99190231"/>
+  <w:num w:numId="19052645">
+    <w:abstractNumId w:val="19052645"/>
   </w:num>
-  <w:num w:numId="99190232">
-    <w:abstractNumId w:val="99190232"/>
+  <w:num w:numId="19052646">
+    <w:abstractNumId w:val="19052646"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27079,51 +27079,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId414246665" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId735073249" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2541694cc4f277e89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId6950694cc4f277ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId9960694cc4f2780fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId2495694cc4f27d56f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId3914694cc4f27d5dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId5893694cc4f27dc39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId7907694cc4f27dcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId3912694cc4f27dd40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId2843694cc4f27dd7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId1169694cc4f27de99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId2853694cc4f27defa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId1824694cc4f27df8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId9163694cc4f27e866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId4132694cc4f27eda1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId7650694cc4f27efcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2282694cc4f277fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2282694cc4f277fc7.jpg"/><Relationship Id="rId8072694cc4f27c426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8072694cc4f27c426.jpg"/><Relationship Id="rId1753694cc4f27f147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1753694cc4f27f147.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId269151556" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId956968935" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId70766967e5b1e2f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId64016967e5b1e2f69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId49546967e5b1e3633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId45006967e5b1e83a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId39616967e5b1e8412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId17786967e5b1e8a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId55776967e5b1e8b0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId98036967e5b1e8b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId63156967e5b1e8bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId32726967e5b1e8ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId53646967e5b1e8d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId38056967e5b1e8dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId68736967e5b1e96c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId59776967e5b1e9c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId99496967e5b1e9e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34396967e5b1e3558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34396967e5b1e3558.jpg"/><Relationship Id="rId72666967e5b1e73d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72666967e5b1e73d8.jpg"/><Relationship Id="rId42096967e5b1e9f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42096967e5b1e9f70.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>