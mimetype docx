--- v4 (2026-01-14)
+++ v5 (2026-02-03)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Smith)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn leaf worm (US), fall armyworm (US), grass worm, southern grass worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70766967e5b1e2f01" w:history="1">
+            <w:hyperlink r:id="rId2455698268447d705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures, A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64016967e5b1e2f69" w:history="1">
+            <w:hyperlink r:id="rId6848698268447d76e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LAPHFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60010223" name="name17666967e5b1e355a" descr="14643.jpg"/>
+                  <wp:docPr id="12188076" name="name5997698268447d81d" descr="14643.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14643.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId34396967e5b1e3558" cstate="print"/>
+                          <a:blip r:embed="rId3945698268447d81c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId49546967e5b1e3633" w:history="1">
+            <w:hyperlink r:id="rId1297698268447d8fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1808,70 +1808,50 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brassica rapa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Briza lamarckiana</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Briza minor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bromus catharticus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2308,50 +2288,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chamaerops humilis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chascolytrum lamarckianum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chenopodium album</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chenopodium quinoa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6508,70 +6508,50 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secale cereale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sechium edule</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Senecio brasiliensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Senna obtusifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6629,50 +6609,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Setaria parviflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Setaria viridis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sicyos edulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sida cordifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -8066,63 +8066,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019), Laos (FAO, 2019), Philippines (IPPC, 2019), Indonesia (EPPO, 2019), and Vietnam (USDA GAIN report, 2019). During the first months of 2020 it was captured in traps from the islands of Saibai and Erub in Torres Strait (IPPC, 2020) and in mainland Australia (Queensland Government, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3424703" name="name86576967e5b1e73da" descr="LAPHFR_distribution_map.jpg"/>
+            <wp:docPr id="10261951" name="name59046982684481849" descr="LAPHFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LAPHFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId72666967e5b1e73d8" cstate="print"/>
+                    <a:blip r:embed="rId81896982684481846" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10172,51 +10172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread to North Africa, it could relatively easily enter southern European countries (particularly the Andalusia region in Spain and Sicily in Italy) through migration. There is no possibility to prevent entry via natural dispersal, the likelihood of entry via this pathway could only be mitigated through pest control in Africa (Jeger </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018). In December 2019, the FAO launched the “Global Action for Fall Armyworm Control” (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId45006967e5b1e83a7" w:history="1">
+      <w:hyperlink r:id="rId3735698268448279a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/fall-armyworm/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) to ensure a coordinated global approach, favouring a combination of monitoring, early warning systems, as well as, sustainable pest control methods.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10232,51 +10232,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abrahams P, Beale T, Cock M, Corniani N, Day R, Godwin J, Murphy S, Rochard G &amp; Vos J (2017) Fall armyworm status. Impacts and control options in Africa: Preliminary evidence note. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39616967e5b1e8412" w:history="1">
+      <w:hyperlink r:id="rId30196982684482801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11229,51 +11229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ellis SE (2005) New Pest Response Guidelines: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA/APHIS/PPQ/PDMP. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17786967e5b1e8a78" w:history="1">
+      <w:hyperlink r:id="rId28596982684482e5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11310,51 +11310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 410–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55776967e5b1e8b0c" w:history="1">
+      <w:hyperlink r:id="rId72466982684482ee2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/LAPHFR/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/06/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11389,90 +11389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread in Asia. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98036967e5b1e8b8c" w:history="1">
+      <w:hyperlink r:id="rId61216982684482f5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6483</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) Report from consultative meeting on fall armyworm in Asia. Bangkok, March 20-22, 2019. [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId63156967e5b1e8bcc" w:history="1">
+      <w:hyperlink r:id="rId14516982684482f9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -11596,51 +11596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA (2016) First report of outbreaks of the "Fall Armyworm" on the African continent. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2330, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32726967e5b1e8ce4" w:history="1">
+      <w:hyperlink r:id="rId538069826844830b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11655,51 +11655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) Report of first detection of Fall Army Worm (FAW) in the Republic of the Philippines. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, PHL-02/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId53646967e5b1e8d45" w:history="1">
+      <w:hyperlink r:id="rId85916982684483113" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fall armyworm) in Torres Strait. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, AUS-96/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId38056967e5b1e8dc2" w:history="1">
+      <w:hyperlink r:id="rId5750698268448318e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13135,51 +13135,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, First Edition. CDMX: CIMMYT (Mexico).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2020) First mainland detection of fall armyworm. Australia: Queensland Government Department of Agriculture and Fisheries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68736967e5b1e96c3" w:history="1">
+      <w:hyperlink r:id="rId46196982684483a5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13972,51 +13972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA GAIN report (2019) Fall armyworm damages corn and threatens other crops in Vietnam. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Foreign Agricultural Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, GAIN Report VM2019-0017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59776967e5b1e9c05" w:history="1">
+      <w:hyperlink r:id="rId54916982684483f9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14296,51 +14296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera frugiperda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99496967e5b1e9e18" w:history="1">
+      <w:hyperlink r:id="rId144269826844841ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14444,63 +14444,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1668290" name="name71186967e5b1e9f72" descr="eu_funding_250.png"/>
+            <wp:docPr id="70093137" name="name820269826844842f4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42096967e5b1e9f70" cstate="print"/>
+                    <a:blip r:embed="rId177569826844842f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -14599,137 +14599,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19052646">
+  <w:abstractNum w:abstractNumId="56653714">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13195937">
+    <w:lvl w:ilvl="0" w:tplc="62389996">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13195937" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62389996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13195937" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62389996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13195937" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62389996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13195937" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62389996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13195937" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62389996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13195937" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62389996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13195937" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62389996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13195937" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62389996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19052645">
+  <w:abstractNum w:abstractNumId="56653713">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55681287">
+    <w:lvl w:ilvl="0" w:tplc="46079220">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15481,55 +15481,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19052645">
-    <w:abstractNumId w:val="19052645"/>
+  <w:num w:numId="56653713">
+    <w:abstractNumId w:val="56653713"/>
   </w:num>
-  <w:num w:numId="19052646">
-    <w:abstractNumId w:val="19052646"/>
+  <w:num w:numId="56653714">
+    <w:abstractNumId w:val="56653714"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27079,51 +27079,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId269151556" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId956968935" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId70766967e5b1e2f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId64016967e5b1e2f69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId49546967e5b1e3633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId45006967e5b1e83a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId39616967e5b1e8412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId17786967e5b1e8a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId55776967e5b1e8b0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId98036967e5b1e8b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId63156967e5b1e8bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId32726967e5b1e8ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId53646967e5b1e8d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId38056967e5b1e8dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId68736967e5b1e96c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId59776967e5b1e9c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId99496967e5b1e9e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34396967e5b1e3558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34396967e5b1e3558.jpg"/><Relationship Id="rId72666967e5b1e73d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72666967e5b1e73d8.jpg"/><Relationship Id="rId42096967e5b1e9f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42096967e5b1e9f70.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId590285262" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId842818133" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2455698268447d705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId6848698268447d76e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId1297698268447d8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId3735698268448279a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId30196982684482801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId28596982684482e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId72466982684482ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId61216982684482f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId14516982684482f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId538069826844830b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId85916982684483113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId5750698268448318e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId46196982684483a5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId54916982684483f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId144269826844841ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3945698268447d81c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3945698268447d81c.jpg"/><Relationship Id="rId81896982684481846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81896982684481846.jpg"/><Relationship Id="rId177569826844842f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177569826844842f2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>