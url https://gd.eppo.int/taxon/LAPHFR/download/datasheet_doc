--- v5 (2026-02-03)
+++ v6 (2026-02-24)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Smith)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn leaf worm (US), fall armyworm (US), grass worm, southern grass worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2455698268447d705" w:history="1">
+            <w:hyperlink r:id="rId8821699d1e2d6b7be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6848698268447d76e" w:history="1">
+            <w:hyperlink r:id="rId6350699d1e2d6b829" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LAPHFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12188076" name="name5997698268447d81d" descr="14643.jpg"/>
+                  <wp:docPr id="18628744" name="name4080699d1e2d6c032" descr="14643.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14643.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3945698268447d81c" cstate="print"/>
+                          <a:blip r:embed="rId6072699d1e2d6c030" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1297698268447d8fa" w:history="1">
+            <w:hyperlink r:id="rId8052699d1e2d6c19b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8066,63 +8066,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019), Laos (FAO, 2019), Philippines (IPPC, 2019), Indonesia (EPPO, 2019), and Vietnam (USDA GAIN report, 2019). During the first months of 2020 it was captured in traps from the islands of Saibai and Erub in Torres Strait (IPPC, 2020) and in mainland Australia (Queensland Government, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10261951" name="name59046982684481849" descr="LAPHFR_distribution_map.jpg"/>
+            <wp:docPr id="73136856" name="name6210699d1e2d70431" descr="LAPHFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LAPHFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId81896982684481846" cstate="print"/>
+                    <a:blip r:embed="rId2919699d1e2d7042e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10172,51 +10172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread to North Africa, it could relatively easily enter southern European countries (particularly the Andalusia region in Spain and Sicily in Italy) through migration. There is no possibility to prevent entry via natural dispersal, the likelihood of entry via this pathway could only be mitigated through pest control in Africa (Jeger </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018). In December 2019, the FAO launched the “Global Action for Fall Armyworm Control” (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3735698268448279a" w:history="1">
+      <w:hyperlink r:id="rId7768699d1e2d713d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/fall-armyworm/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) to ensure a coordinated global approach, favouring a combination of monitoring, early warning systems, as well as, sustainable pest control methods.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10232,51 +10232,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abrahams P, Beale T, Cock M, Corniani N, Day R, Godwin J, Murphy S, Rochard G &amp; Vos J (2017) Fall armyworm status. Impacts and control options in Africa: Preliminary evidence note. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30196982684482801" w:history="1">
+      <w:hyperlink r:id="rId3703699d1e2d7145e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11229,51 +11229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ellis SE (2005) New Pest Response Guidelines: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA/APHIS/PPQ/PDMP. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28596982684482e5b" w:history="1">
+      <w:hyperlink r:id="rId5500699d1e2d71ab7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11310,51 +11310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 410–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72466982684482ee2" w:history="1">
+      <w:hyperlink r:id="rId1895699d1e2d71b3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/LAPHFR/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/06/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11389,90 +11389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread in Asia. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61216982684482f5e" w:history="1">
+      <w:hyperlink r:id="rId4759699d1e2d71bbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6483</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) Report from consultative meeting on fall armyworm in Asia. Bangkok, March 20-22, 2019. [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId14516982684482f9c" w:history="1">
+      <w:hyperlink r:id="rId8531699d1e2d71bfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -11596,51 +11596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA (2016) First report of outbreaks of the "Fall Armyworm" on the African continent. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2330, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538069826844830b3" w:history="1">
+      <w:hyperlink r:id="rId2704699d1e2d71d12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11655,51 +11655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) Report of first detection of Fall Army Worm (FAW) in the Republic of the Philippines. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, PHL-02/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId85916982684483113" w:history="1">
+      <w:hyperlink r:id="rId7549699d1e2d71d71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fall armyworm) in Torres Strait. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, AUS-96/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5750698268448318e" w:history="1">
+      <w:hyperlink r:id="rId4398699d1e2d71dec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13135,51 +13135,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, First Edition. CDMX: CIMMYT (Mexico).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2020) First mainland detection of fall armyworm. Australia: Queensland Government Department of Agriculture and Fisheries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46196982684483a5a" w:history="1">
+      <w:hyperlink r:id="rId9269699d1e2d726da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13972,51 +13972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA GAIN report (2019) Fall armyworm damages corn and threatens other crops in Vietnam. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Foreign Agricultural Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, GAIN Report VM2019-0017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54916982684483f9c" w:history="1">
+      <w:hyperlink r:id="rId3687699d1e2d72c15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14296,51 +14296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera frugiperda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId144269826844841ab" w:history="1">
+      <w:hyperlink r:id="rId4872699d1e2d72e25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14444,63 +14444,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70093137" name="name820269826844842f4" descr="eu_funding_250.png"/>
+            <wp:docPr id="39612182" name="name8195699d1e2d73427" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId177569826844842f2" cstate="print"/>
+                    <a:blip r:embed="rId6109699d1e2d73426" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -14599,137 +14599,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56653714">
+  <w:abstractNum w:abstractNumId="26089729">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62389996">
+    <w:lvl w:ilvl="0" w:tplc="58872176">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62389996" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58872176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62389996" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58872176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62389996" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58872176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62389996" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58872176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62389996" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58872176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62389996" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58872176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62389996" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58872176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62389996" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58872176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56653713">
+  <w:abstractNum w:abstractNumId="26089728">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46079220">
+    <w:lvl w:ilvl="0" w:tplc="79394812">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15481,55 +15481,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56653713">
-    <w:abstractNumId w:val="56653713"/>
+  <w:num w:numId="26089728">
+    <w:abstractNumId w:val="26089728"/>
   </w:num>
-  <w:num w:numId="56653714">
-    <w:abstractNumId w:val="56653714"/>
+  <w:num w:numId="26089729">
+    <w:abstractNumId w:val="26089729"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27079,51 +27079,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId590285262" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId842818133" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2455698268447d705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId6848698268447d76e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId1297698268447d8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId3735698268448279a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId30196982684482801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId28596982684482e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId72466982684482ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId61216982684482f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId14516982684482f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId538069826844830b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId85916982684483113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId5750698268448318e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId46196982684483a5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId54916982684483f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId144269826844841ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3945698268447d81c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3945698268447d81c.jpg"/><Relationship Id="rId81896982684481846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81896982684481846.jpg"/><Relationship Id="rId177569826844842f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177569826844842f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId885677216" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId807566379" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8821699d1e2d6b7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId6350699d1e2d6b829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId8052699d1e2d6c19b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId7768699d1e2d713d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId3703699d1e2d7145e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId5500699d1e2d71ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId1895699d1e2d71b3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId4759699d1e2d71bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId8531699d1e2d71bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId2704699d1e2d71d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId7549699d1e2d71d71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId4398699d1e2d71dec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId9269699d1e2d726da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId3687699d1e2d72c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId4872699d1e2d72e25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6072699d1e2d6c030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6072699d1e2d6c030.jpg"/><Relationship Id="rId2919699d1e2d7042e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2919699d1e2d7042e.jpg"/><Relationship Id="rId6109699d1e2d73426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6109699d1e2d73426.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>