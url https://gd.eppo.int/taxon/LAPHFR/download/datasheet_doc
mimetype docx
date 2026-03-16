--- v6 (2026-02-24)
+++ v7 (2026-03-16)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Smith)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn leaf worm (US), fall armyworm (US), grass worm, southern grass worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8821699d1e2d6b7be" w:history="1">
+            <w:hyperlink r:id="rId346369b7936b492dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6350699d1e2d6b829" w:history="1">
+            <w:hyperlink r:id="rId514169b7936b49346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LAPHFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18628744" name="name4080699d1e2d6c032" descr="14643.jpg"/>
+                  <wp:docPr id="88573532" name="name606869b7936b49a62" descr="14643.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14643.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6072699d1e2d6c030" cstate="print"/>
+                          <a:blip r:embed="rId339569b7936b49a60" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8052699d1e2d6c19b" w:history="1">
+            <w:hyperlink r:id="rId878969b7936b49b61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8066,105 +8066,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019), Laos (FAO, 2019), Philippines (IPPC, 2019), Indonesia (EPPO, 2019), and Vietnam (USDA GAIN report, 2019). During the first months of 2020 it was captured in traps from the islands of Saibai and Erub in Torres Strait (IPPC, 2020) and in mainland Australia (Queensland Government, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73136856" name="name6210699d1e2d70431" descr="LAPHFR_distribution_map.jpg"/>
+            <wp:docPr id="4821347" name="name384569b7936b4de3d" descr="LAPHFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LAPHFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2919699d1e2d7042e" cstate="print"/>
+                    <a:blip r:embed="rId569969b7936b4de39" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cyprus, Greece (mainland, Kriti), Israel, Jordan, Portugal (Madeira), Romania, Spain (Islas Canárias), Türkiye</w:t>
+        <w:t xml:space="preserve"> Cyprus, Greece (mainland, Kriti), Israel, Jordan, Portugal (Madeira), Romania, Spain (mainland, Islas Canárias), Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Angola, Benin, Botswana, Burkina Faso, Burundi, Cabo Verde, Cameroon, Central African Republic, Chad, Comoros, Congo, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Equatorial Guinea, Eritrea, Eswatini, Ethiopia, Gabon, Gambia, Ghana, Guinea, Guinea-Bissau, Kenya, Liberia, Madagascar, Malawi, Mali, Mauritania, Mauritius, Mayotte, Mozambique, Namibia, Niger, Nigeria, Reunion, Rwanda, Sao Tome and Principe, Senegal, Seychelles, Sierra Leone, Somalia, South Africa, South Sudan, Sudan, Tanzania, United Republic of, Togo, Uganda, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10172,51 +10172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread to North Africa, it could relatively easily enter southern European countries (particularly the Andalusia region in Spain and Sicily in Italy) through migration. There is no possibility to prevent entry via natural dispersal, the likelihood of entry via this pathway could only be mitigated through pest control in Africa (Jeger </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018). In December 2019, the FAO launched the “Global Action for Fall Armyworm Control” (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7768699d1e2d713d8" w:history="1">
+      <w:hyperlink r:id="rId715269b7936b4f484" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/fall-armyworm/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) to ensure a coordinated global approach, favouring a combination of monitoring, early warning systems, as well as, sustainable pest control methods.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10232,51 +10232,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abrahams P, Beale T, Cock M, Corniani N, Day R, Godwin J, Murphy S, Rochard G &amp; Vos J (2017) Fall armyworm status. Impacts and control options in Africa: Preliminary evidence note. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3703699d1e2d7145e" w:history="1">
+      <w:hyperlink r:id="rId690869b7936b4f50a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11229,51 +11229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ellis SE (2005) New Pest Response Guidelines: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA/APHIS/PPQ/PDMP. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5500699d1e2d71ab7" w:history="1">
+      <w:hyperlink r:id="rId287769b7936b4fb7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11310,51 +11310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 410–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1895699d1e2d71b3e" w:history="1">
+      <w:hyperlink r:id="rId373169b7936b4fc01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/LAPHFR/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/06/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11389,90 +11389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to spread in Asia. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4759699d1e2d71bbb" w:history="1">
+      <w:hyperlink r:id="rId855969b7936b4fc7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6483</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) Report from consultative meeting on fall armyworm in Asia. Bangkok, March 20-22, 2019. [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8531699d1e2d71bfa" w:history="1">
+      <w:hyperlink r:id="rId377669b7936b4fcbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -11596,51 +11596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA (2016) First report of outbreaks of the "Fall Armyworm" on the African continent. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IITA Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2330, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2704699d1e2d71d12" w:history="1">
+      <w:hyperlink r:id="rId253669b7936b4fdd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11655,51 +11655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) Report of first detection of Fall Army Worm (FAW) in the Republic of the Philippines. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, PHL-02/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7549699d1e2d71d71" w:history="1">
+      <w:hyperlink r:id="rId237769b7936b4fe34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fall armyworm) in Torres Strait. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Official Pest Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, AUS-96/1. FAO. https://www.ippc.int/ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4398699d1e2d71dec" w:history="1">
+      <w:hyperlink r:id="rId828569b7936b4feaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13135,51 +13135,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, First Edition. CDMX: CIMMYT (Mexico).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2020) First mainland detection of fall armyworm. Australia: Queensland Government Department of Agriculture and Fisheries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9269699d1e2d726da" w:history="1">
+      <w:hyperlink r:id="rId966569b7936b507a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13972,51 +13972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA GAIN report (2019) Fall armyworm damages corn and threatens other crops in Vietnam. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Foreign Agricultural Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, GAIN Report VM2019-0017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3687699d1e2d72c15" w:history="1">
+      <w:hyperlink r:id="rId946069b7936b50cce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 12/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14296,51 +14296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera frugiperda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4872699d1e2d72e25" w:history="1">
+      <w:hyperlink r:id="rId428269b7936b50ee8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14444,63 +14444,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39612182" name="name8195699d1e2d73427" descr="eu_funding_250.png"/>
+            <wp:docPr id="23101462" name="name998069b7936b51403" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6109699d1e2d73426" cstate="print"/>
+                    <a:blip r:embed="rId210869b7936b51401" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -14599,137 +14599,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26089729">
+  <w:abstractNum w:abstractNumId="59551083">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58872176">
+    <w:lvl w:ilvl="0" w:tplc="81746791">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58872176" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81746791" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58872176" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81746791" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58872176" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81746791" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58872176" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81746791" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58872176" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81746791" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58872176" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81746791" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58872176" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81746791" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58872176" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81746791" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26089728">
+  <w:abstractNum w:abstractNumId="59551082">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79394812">
+    <w:lvl w:ilvl="0" w:tplc="97987207">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15481,55 +15481,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26089728">
-    <w:abstractNumId w:val="26089728"/>
+  <w:num w:numId="59551082">
+    <w:abstractNumId w:val="59551082"/>
   </w:num>
-  <w:num w:numId="26089729">
-    <w:abstractNumId w:val="26089729"/>
+  <w:num w:numId="59551083">
+    <w:abstractNumId w:val="59551083"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27079,51 +27079,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId885677216" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId807566379" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8821699d1e2d6b7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId6350699d1e2d6b829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId8052699d1e2d6c19b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId7768699d1e2d713d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId3703699d1e2d7145e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId5500699d1e2d71ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId1895699d1e2d71b3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId4759699d1e2d71bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId8531699d1e2d71bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId2704699d1e2d71d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId7549699d1e2d71d71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId4398699d1e2d71dec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId9269699d1e2d726da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId3687699d1e2d72c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId4872699d1e2d72e25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6072699d1e2d6c030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6072699d1e2d6c030.jpg"/><Relationship Id="rId2919699d1e2d7042e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2919699d1e2d7042e.jpg"/><Relationship Id="rId6109699d1e2d73426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6109699d1e2d73426.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId233462923" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId664066018" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId346369b7936b492dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/" TargetMode="External"/><Relationship Id="rId514169b7936b49346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/categorization" TargetMode="External"/><Relationship Id="rId878969b7936b49b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/photos" TargetMode="External"/><Relationship Id="rId715269b7936b4f484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/fall-armyworm/en/" TargetMode="External"/><Relationship Id="rId690869b7936b4f50a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/Uploads/isc/Dfid%20Faw%20Inception%20Report28apr2017final.pdf" TargetMode="External"/><Relationship Id="rId287769b7936b4fb7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/emergency/downloads/nprg_spodoptera.pdf" TargetMode="External"/><Relationship Id="rId373169b7936b4fc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LAPHFR/documents" TargetMode="External"/><Relationship Id="rId855969b7936b4fc7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6483" TargetMode="External"/><Relationship Id="rId377669b7936b4fcbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibio.no/en/projects/sinograin-ii/_/attachment/inline/0bf6e82b-8bf1-457e-a2e9-59fe04d4820c:8554c9c90e2ddaf76bbd124be7cad868e236a2fc/Report_Consultative%20Meeting%20on%20FAW%20in%20Asia%20march2019.pdf" TargetMode="External"/><Relationship Id="rId253669b7936b4fdd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bulletin.iita.org/index.php/2016/06/18/first-report-of-outbreaks-of-the-fall-armyworm-on-the-african-continent/" TargetMode="External"/><Relationship Id="rId237769b7936b4fe34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId828569b7936b4feaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/" TargetMode="External"/><Relationship Id="rId966569b7936b507a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daf.qld.gov.au/news-media/media-centre/biosecurity/news/first-mainland-detection-of-fall-armyworm" TargetMode="External"/><Relationship Id="rId946069b7936b50cce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fas.usda.gov/data/vietnam-fall-armyworm-damages-corn-and-threatens-other-crops-vietnam" TargetMode="External"/><Relationship Id="rId428269b7936b50ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId339569b7936b49a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId339569b7936b49a60.jpg"/><Relationship Id="rId569969b7936b4de39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId569969b7936b4de39.jpg"/><Relationship Id="rId210869b7936b51401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId210869b7936b51401.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>