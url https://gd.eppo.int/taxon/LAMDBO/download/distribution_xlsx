--- v0 (2025-10-08)
+++ v1 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LAMDBO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -285,50 +285,56 @@
     <t>Asia</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>CN</t>
+  </si>
+  <si>
+    <t>Aomen (Macau)</t>
+  </si>
+  <si>
+    <t>mo</t>
   </si>
   <si>
     <t>Fujian</t>
   </si>
   <si>
     <t>fj</t>
   </si>
   <si>
     <t>Hainan</t>
   </si>
   <si>
     <t>ha</t>
   </si>
   <si>
     <t>Heilongjiang</t>
   </si>
   <si>
     <t>hl</t>
   </si>
   <si>
     <t>Hunan</t>
   </si>
   <si>
     <t>hu</t>
   </si>
@@ -1205,51 +1211,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F135"/>
+  <dimension ref="A1:F136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2070,389 +2076,393 @@
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>82</v>
       </c>
       <c r="B50" t="s">
         <v>89</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="D50" t="s">
         <v>90</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>82</v>
       </c>
       <c r="B51" t="s">
+        <v>89</v>
+      </c>
+      <c r="C51" t="s">
         <v>109</v>
       </c>
-      <c r="C51"/>
       <c r="D51" t="s">
+        <v>90</v>
+      </c>
+      <c r="E51" t="s">
         <v>110</v>
       </c>
-      <c r="E51"/>
       <c r="F51" t="s">
-        <v>111</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>82</v>
       </c>
       <c r="B52" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="C52" t="s">
+        <v>111</v>
+      </c>
+      <c r="C52"/>
+      <c r="D52" t="s">
         <v>112</v>
       </c>
-      <c r="D52" t="s">
-[...2 lines deleted...]
-      <c r="E52" t="s">
+      <c r="E52"/>
+      <c r="F52" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>82</v>
       </c>
       <c r="B53" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C53" t="s">
         <v>114</v>
       </c>
       <c r="D53" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E53" t="s">
         <v>115</v>
       </c>
       <c r="F53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>82</v>
       </c>
       <c r="B54" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C54" t="s">
         <v>116</v>
       </c>
       <c r="D54" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E54" t="s">
         <v>117</v>
       </c>
       <c r="F54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>82</v>
       </c>
       <c r="B55" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C55" t="s">
         <v>118</v>
       </c>
       <c r="D55" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E55" t="s">
         <v>119</v>
       </c>
       <c r="F55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>82</v>
       </c>
       <c r="B56" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C56" t="s">
         <v>120</v>
       </c>
       <c r="D56" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E56" t="s">
         <v>121</v>
       </c>
       <c r="F56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>82</v>
       </c>
       <c r="B57" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C57" t="s">
         <v>122</v>
       </c>
       <c r="D57" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E57" t="s">
         <v>123</v>
       </c>
       <c r="F57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>82</v>
       </c>
       <c r="B58" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C58" t="s">
         <v>124</v>
       </c>
       <c r="D58" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E58" t="s">
         <v>125</v>
       </c>
       <c r="F58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>82</v>
       </c>
       <c r="B59" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C59" t="s">
         <v>126</v>
       </c>
       <c r="D59" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E59" t="s">
         <v>127</v>
       </c>
       <c r="F59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>82</v>
       </c>
       <c r="B60" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C60" t="s">
         <v>128</v>
       </c>
       <c r="D60" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E60" t="s">
         <v>129</v>
       </c>
       <c r="F60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>82</v>
       </c>
       <c r="B61" t="s">
+        <v>111</v>
+      </c>
+      <c r="C61" t="s">
         <v>130</v>
       </c>
-      <c r="C61"/>
       <c r="D61" t="s">
+        <v>112</v>
+      </c>
+      <c r="E61" t="s">
         <v>131</v>
       </c>
-      <c r="E61"/>
       <c r="F61" t="s">
-        <v>111</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>82</v>
       </c>
       <c r="B62" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="C62" t="s">
         <v>132</v>
       </c>
+      <c r="C62"/>
       <c r="D62" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="E62" t="s">
         <v>133</v>
       </c>
+      <c r="E62"/>
       <c r="F62" t="s">
-        <v>9</v>
+        <v>113</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>82</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C63" t="s">
         <v>134</v>
       </c>
       <c r="D63" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E63" t="s">
         <v>135</v>
       </c>
       <c r="F63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>82</v>
       </c>
       <c r="B64" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C64" t="s">
         <v>136</v>
       </c>
       <c r="D64" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E64" t="s">
         <v>137</v>
       </c>
       <c r="F64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>82</v>
       </c>
       <c r="B65" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C65" t="s">
         <v>138</v>
       </c>
       <c r="D65" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E65" t="s">
         <v>139</v>
       </c>
       <c r="F65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>82</v>
       </c>
       <c r="B66" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C66" t="s">
         <v>140</v>
       </c>
       <c r="D66" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E66" t="s">
         <v>141</v>
       </c>
       <c r="F66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>82</v>
       </c>
       <c r="B67" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C67" t="s">
         <v>142</v>
       </c>
       <c r="D67" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E67" t="s">
         <v>143</v>
       </c>
       <c r="F67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>82</v>
       </c>
       <c r="B68" t="s">
+        <v>132</v>
+      </c>
+      <c r="C68" t="s">
         <v>144</v>
       </c>
-      <c r="C68"/>
       <c r="D68" t="s">
+        <v>133</v>
+      </c>
+      <c r="E68" t="s">
         <v>145</v>
       </c>
-      <c r="E68"/>
       <c r="F68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>82</v>
       </c>
       <c r="B69" t="s">
         <v>146</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
         <v>147</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>82</v>
       </c>
       <c r="B70" t="s">
@@ -2466,117 +2476,117 @@
       <c r="F70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>82</v>
       </c>
       <c r="B71" t="s">
         <v>150</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
         <v>151</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>82</v>
       </c>
       <c r="B72" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="C72" t="s">
         <v>152</v>
       </c>
+      <c r="C72"/>
       <c r="D72" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="E72" t="s">
         <v>153</v>
       </c>
+      <c r="E72"/>
       <c r="F72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>82</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C73" t="s">
         <v>154</v>
       </c>
       <c r="D73" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E73" t="s">
         <v>155</v>
       </c>
       <c r="F73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>82</v>
       </c>
       <c r="B74" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C74" t="s">
         <v>156</v>
       </c>
       <c r="D74" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E74" t="s">
         <v>157</v>
       </c>
       <c r="F74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>82</v>
       </c>
       <c r="B75" t="s">
+        <v>152</v>
+      </c>
+      <c r="C75" t="s">
         <v>158</v>
       </c>
-      <c r="C75"/>
       <c r="D75" t="s">
+        <v>153</v>
+      </c>
+      <c r="E75" t="s">
         <v>159</v>
       </c>
-      <c r="E75"/>
       <c r="F75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>82</v>
       </c>
       <c r="B76" t="s">
         <v>160</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
         <v>161</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>82</v>
       </c>
       <c r="B77" t="s">
@@ -2622,97 +2632,97 @@
       <c r="F79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>82</v>
       </c>
       <c r="B80" t="s">
         <v>168</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
         <v>169</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>82</v>
       </c>
       <c r="B81" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C81" t="s">
         <v>170</v>
       </c>
+      <c r="C81"/>
       <c r="D81" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="E81" t="s">
         <v>171</v>
       </c>
+      <c r="E81"/>
       <c r="F81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>82</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C82" t="s">
         <v>172</v>
       </c>
       <c r="D82" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E82" t="s">
         <v>173</v>
       </c>
       <c r="F82" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>170</v>
+      </c>
+      <c r="C83" t="s">
         <v>174</v>
       </c>
-      <c r="C83"/>
       <c r="D83" t="s">
+        <v>171</v>
+      </c>
+      <c r="E83" t="s">
         <v>175</v>
       </c>
-      <c r="E83"/>
       <c r="F83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>82</v>
       </c>
       <c r="B84" t="s">
         <v>176</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
         <v>177</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>82</v>
       </c>
       <c r="B85" t="s">
@@ -2883,713 +2893,729 @@
         <v>199</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>82</v>
       </c>
       <c r="B96" t="s">
         <v>200</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
         <v>201</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
+        <v>82</v>
+      </c>
+      <c r="B97" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B98" t="s">
         <v>205</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>206</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>79</v>
+        <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B99" t="s">
         <v>207</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>208</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>209</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
         <v>210</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>211</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>212</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B102" t="s">
         <v>213</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
         <v>214</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B103" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="C103" t="s">
         <v>215</v>
       </c>
+      <c r="C103"/>
       <c r="D103" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="E103" t="s">
         <v>216</v>
       </c>
+      <c r="E103"/>
       <c r="F103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B104" t="s">
+        <v>215</v>
+      </c>
+      <c r="C104" t="s">
         <v>217</v>
       </c>
-      <c r="C104"/>
       <c r="D104" t="s">
+        <v>216</v>
+      </c>
+      <c r="E104" t="s">
         <v>218</v>
       </c>
-      <c r="E104"/>
       <c r="F104" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B105" t="s">
         <v>219</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
         <v>220</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B106" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="C106" t="s">
         <v>221</v>
       </c>
+      <c r="C106"/>
       <c r="D106" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="E106" t="s">
         <v>222</v>
       </c>
+      <c r="E106"/>
       <c r="F106" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B107" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C107" t="s">
         <v>223</v>
       </c>
       <c r="D107" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E107" t="s">
         <v>224</v>
       </c>
       <c r="F107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B108" t="s">
+        <v>221</v>
+      </c>
+      <c r="C108" t="s">
         <v>225</v>
       </c>
-      <c r="C108"/>
       <c r="D108" t="s">
+        <v>222</v>
+      </c>
+      <c r="E108" t="s">
         <v>226</v>
       </c>
-      <c r="E108"/>
       <c r="F108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B109" t="s">
         <v>227</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
         <v>228</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B110" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="C110" t="s">
         <v>229</v>
       </c>
+      <c r="C110"/>
       <c r="D110" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="E110" t="s">
         <v>230</v>
       </c>
+      <c r="E110"/>
       <c r="F110" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B111" t="s">
+        <v>229</v>
+      </c>
+      <c r="C111" t="s">
         <v>231</v>
       </c>
-      <c r="C111"/>
       <c r="D111" t="s">
+        <v>230</v>
+      </c>
+      <c r="E111" t="s">
         <v>232</v>
       </c>
-      <c r="E111"/>
       <c r="F111" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B112" t="s">
         <v>233</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
         <v>234</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B113" t="s">
         <v>235</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
         <v>236</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
+        <v>204</v>
+      </c>
+      <c r="B114" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>111</v>
+        <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B115" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="C115" t="s">
         <v>240</v>
       </c>
+      <c r="C115"/>
       <c r="D115" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="E115" t="s">
         <v>241</v>
       </c>
+      <c r="E115"/>
       <c r="F115" t="s">
-        <v>9</v>
+        <v>113</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B116" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C116" t="s">
         <v>242</v>
       </c>
       <c r="D116" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E116" t="s">
-        <v>139</v>
+        <v>243</v>
       </c>
       <c r="F116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B117" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C117" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D117" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E117" t="s">
-        <v>244</v>
+        <v>141</v>
       </c>
       <c r="F117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B118" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C118" t="s">
         <v>245</v>
       </c>
       <c r="D118" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E118" t="s">
         <v>246</v>
       </c>
       <c r="F118" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B119" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C119" t="s">
         <v>247</v>
       </c>
       <c r="D119" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E119" t="s">
         <v>248</v>
       </c>
       <c r="F119" t="s">
-        <v>249</v>
+        <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B120" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C120" t="s">
+        <v>249</v>
+      </c>
+      <c r="D120" t="s">
+        <v>241</v>
+      </c>
+      <c r="E120" t="s">
         <v>250</v>
       </c>
-      <c r="D120" t="s">
-[...2 lines deleted...]
-      <c r="E120" t="s">
+      <c r="F120" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B121" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C121" t="s">
         <v>252</v>
       </c>
       <c r="D121" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E121" t="s">
         <v>253</v>
       </c>
       <c r="F121" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B122" t="s">
+        <v>240</v>
+      </c>
+      <c r="C122" t="s">
         <v>254</v>
       </c>
-      <c r="C122"/>
       <c r="D122" t="s">
+        <v>241</v>
+      </c>
+      <c r="E122" t="s">
         <v>255</v>
       </c>
-      <c r="E122"/>
       <c r="F122" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B123" t="s">
         <v>256</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
         <v>257</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B124" t="s">
         <v>258</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>259</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B125" t="s">
         <v>260</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
         <v>261</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B126" t="s">
         <v>262</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
         <v>263</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B127" t="s">
         <v>264</v>
       </c>
       <c r="C127"/>
       <c r="D127" t="s">
         <v>265</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B128" t="s">
         <v>266</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
         <v>267</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B129" t="s">
         <v>268</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>269</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B130" t="s">
         <v>270</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
         <v>271</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B131" t="s">
         <v>272</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
         <v>273</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B132" t="s">
         <v>274</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
         <v>275</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B133" t="s">
         <v>276</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
         <v>277</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B134" t="s">
         <v>278</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
         <v>279</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B135" t="s">
         <v>280</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
         <v>281</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136" t="s">
+        <v>239</v>
+      </c>
+      <c r="B136" t="s">
+        <v>282</v>
+      </c>
+      <c r="C136"/>
+      <c r="D136" t="s">
+        <v>283</v>
+      </c>
+      <c r="E136"/>
+      <c r="F136" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>