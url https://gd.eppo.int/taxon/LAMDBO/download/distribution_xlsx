--- v1 (2026-01-21)
+++ v2 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LAMDBO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -510,50 +510,56 @@
     <t>ks</t>
   </si>
   <si>
     <t>Ryukyu Archipelago</t>
   </si>
   <si>
     <t>ra</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
     <t>KR</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>KG</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Sabah</t>
   </si>
   <si>
     <t>sb</t>
   </si>
@@ -1211,51 +1217,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F136"/>
+  <dimension ref="A1:F137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2648,97 +2654,97 @@
       <c r="F80" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>82</v>
       </c>
       <c r="B81" t="s">
         <v>170</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>171</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>82</v>
       </c>
       <c r="B82" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="C82" t="s">
         <v>172</v>
       </c>
+      <c r="C82"/>
       <c r="D82" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="E82" t="s">
         <v>173</v>
       </c>
+      <c r="E82"/>
       <c r="F82" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C83" t="s">
         <v>174</v>
       </c>
       <c r="D83" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E83" t="s">
         <v>175</v>
       </c>
       <c r="F83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>82</v>
       </c>
       <c r="B84" t="s">
+        <v>172</v>
+      </c>
+      <c r="C84" t="s">
         <v>176</v>
       </c>
-      <c r="C84"/>
       <c r="D84" t="s">
+        <v>173</v>
+      </c>
+      <c r="E84" t="s">
         <v>177</v>
       </c>
-      <c r="E84"/>
       <c r="F84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>82</v>
       </c>
       <c r="B85" t="s">
         <v>178</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
         <v>179</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>82</v>
       </c>
       <c r="B86" t="s">
@@ -2909,713 +2915,729 @@
         <v>201</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>82</v>
       </c>
       <c r="B97" t="s">
         <v>202</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
         <v>203</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
+        <v>82</v>
+      </c>
+      <c r="B98" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B99" t="s">
         <v>207</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>208</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>79</v>
+        <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B100" t="s">
         <v>209</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
         <v>210</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>211</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>212</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B102" t="s">
         <v>213</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
         <v>214</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B103" t="s">
         <v>215</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
         <v>216</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B104" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="C104" t="s">
         <v>217</v>
       </c>
+      <c r="C104"/>
       <c r="D104" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="E104" t="s">
         <v>218</v>
       </c>
+      <c r="E104"/>
       <c r="F104" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B105" t="s">
+        <v>217</v>
+      </c>
+      <c r="C105" t="s">
         <v>219</v>
       </c>
-      <c r="C105"/>
       <c r="D105" t="s">
+        <v>218</v>
+      </c>
+      <c r="E105" t="s">
         <v>220</v>
       </c>
-      <c r="E105"/>
       <c r="F105" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B106" t="s">
         <v>221</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>222</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B107" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="C107" t="s">
         <v>223</v>
       </c>
+      <c r="C107"/>
       <c r="D107" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="E107" t="s">
         <v>224</v>
       </c>
+      <c r="E107"/>
       <c r="F107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B108" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C108" t="s">
         <v>225</v>
       </c>
       <c r="D108" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E108" t="s">
         <v>226</v>
       </c>
       <c r="F108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B109" t="s">
+        <v>223</v>
+      </c>
+      <c r="C109" t="s">
         <v>227</v>
       </c>
-      <c r="C109"/>
       <c r="D109" t="s">
+        <v>224</v>
+      </c>
+      <c r="E109" t="s">
         <v>228</v>
       </c>
-      <c r="E109"/>
       <c r="F109" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B110" t="s">
         <v>229</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
         <v>230</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B111" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="C111" t="s">
         <v>231</v>
       </c>
+      <c r="C111"/>
       <c r="D111" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="E111" t="s">
         <v>232</v>
       </c>
+      <c r="E111"/>
       <c r="F111" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B112" t="s">
+        <v>231</v>
+      </c>
+      <c r="C112" t="s">
         <v>233</v>
       </c>
-      <c r="C112"/>
       <c r="D112" t="s">
+        <v>232</v>
+      </c>
+      <c r="E112" t="s">
         <v>234</v>
       </c>
-      <c r="E112"/>
       <c r="F112" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B113" t="s">
         <v>235</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
         <v>236</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B114" t="s">
         <v>237</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
         <v>238</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
+        <v>206</v>
+      </c>
+      <c r="B115" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>113</v>
+        <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B116" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C116" t="s">
         <v>242</v>
       </c>
+      <c r="C116"/>
       <c r="D116" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="E116" t="s">
         <v>243</v>
       </c>
+      <c r="E116"/>
       <c r="F116" t="s">
-        <v>9</v>
+        <v>113</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B117" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C117" t="s">
         <v>244</v>
       </c>
       <c r="D117" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E117" t="s">
-        <v>141</v>
+        <v>245</v>
       </c>
       <c r="F117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B118" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C118" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D118" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E118" t="s">
-        <v>246</v>
+        <v>141</v>
       </c>
       <c r="F118" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B119" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C119" t="s">
         <v>247</v>
       </c>
       <c r="D119" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E119" t="s">
         <v>248</v>
       </c>
       <c r="F119" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B120" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C120" t="s">
         <v>249</v>
       </c>
       <c r="D120" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E120" t="s">
         <v>250</v>
       </c>
       <c r="F120" t="s">
-        <v>251</v>
+        <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B121" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C121" t="s">
+        <v>251</v>
+      </c>
+      <c r="D121" t="s">
+        <v>243</v>
+      </c>
+      <c r="E121" t="s">
         <v>252</v>
       </c>
-      <c r="D121" t="s">
-[...2 lines deleted...]
-      <c r="E121" t="s">
+      <c r="F121" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B122" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C122" t="s">
         <v>254</v>
       </c>
       <c r="D122" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E122" t="s">
         <v>255</v>
       </c>
       <c r="F122" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B123" t="s">
+        <v>242</v>
+      </c>
+      <c r="C123" t="s">
         <v>256</v>
       </c>
-      <c r="C123"/>
       <c r="D123" t="s">
+        <v>243</v>
+      </c>
+      <c r="E123" t="s">
         <v>257</v>
       </c>
-      <c r="E123"/>
       <c r="F123" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B124" t="s">
         <v>258</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>259</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B125" t="s">
         <v>260</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
         <v>261</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B126" t="s">
         <v>262</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
         <v>263</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B127" t="s">
         <v>264</v>
       </c>
       <c r="C127"/>
       <c r="D127" t="s">
         <v>265</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B128" t="s">
         <v>266</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
         <v>267</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B129" t="s">
         <v>268</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>269</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B130" t="s">
         <v>270</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
         <v>271</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B131" t="s">
         <v>272</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
         <v>273</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B132" t="s">
         <v>274</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
         <v>275</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B133" t="s">
         <v>276</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
         <v>277</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B134" t="s">
         <v>278</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
         <v>279</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B135" t="s">
         <v>280</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
         <v>281</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B136" t="s">
         <v>282</v>
       </c>
       <c r="C136"/>
       <c r="D136" t="s">
         <v>283</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137" t="s">
+        <v>241</v>
+      </c>
+      <c r="B137" t="s">
+        <v>284</v>
+      </c>
+      <c r="C137"/>
+      <c r="D137" t="s">
+        <v>285</v>
+      </c>
+      <c r="E137"/>
+      <c r="F137" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>