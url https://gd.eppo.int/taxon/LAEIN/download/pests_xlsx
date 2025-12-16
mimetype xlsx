--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -117,51 +117,53 @@
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.
 * Turner WF, Pollard HN (1959) Life histories and behavior of five insect vectors of phony peach disease. United States Department of Agriculture, Technical Bulletin 1188, 28 pp.
 -------- Oviposition and feeding host.</t>
   </si>
   <si>
     <t>LUPMXA</t>
   </si>
   <si>
     <t>Luperomorpha xanthodera</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
-    <t>* Brito JA, Kaur R, Cetintas R, Stanley JD, Mendes ML, Powers TO, Dickson DW (2010) Meloidoygne spp. infecting ornamental plants in Florida. Nematropica 40, 87-103.</t>
+    <t>* Brito JA, Kaur R, Cetintas R, Stanley JD, Mendes ML, Powers TO, Dickson DW (2010) Meloidoygne spp. infecting ornamental plants in Florida. Nematropica 40, 87-103.
+* Lawaju BR, Pickens J, Conner K, Ye W, Lawrence K (2025) First report of Meloidoyne enterolobii infecting Lagerstroemia indica in Alabama, United States. Journal of Nematology 57(1), 20250057. https://doi.org/10.2478/jofnem-2025-0057
+------- RF = 1.9 ± 0.52</t>
   </si>
   <si>
     <t>MELGMA</t>
   </si>
   <si>
     <t>Meloidogyne mali</t>
   </si>
   <si>
     <t>* Gu JF, He J (2015) First report of the Apple Root-Knot Nematode, Meloidogyne mali, infecting crape myrtle from Japan. Disease notes. Plant Disease. June 2015, Volume 99, Number 6, Page 893
 -------- only host record for L. indica</t>
   </si>
   <si>
     <t>CNIDFL</t>
   </si>
   <si>
     <t>Monema flavescens</t>
   </si>
   <si>
     <t>* Yang S, Liu H, Zheng H, Yang M, Ren Y,  Zhang J (2016) Attraction of Monema flavescens males to synthetic blends of sex pheromones. Bulletin of Insectology 69, 193–199
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
   <si>
     <t>OLIGPU</t>
   </si>
   <si>