--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LAEIN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECWO</t>
   </si>
   <si>
     <t>Aleurocanthus woglumi</t>
   </si>
   <si>
     <t>* Dubey AK, Ko CC (2012) Sexual dimorphism among species of Aleurocanthus Quaintance &amp; Baker (Hemiptera: Aleyrodidae) in Taiwan, with one new species and an identification key. Zootaxa 3177, 1–23.
 * Shaw JG (1950) Hosts of the citrus blackfly in Mexico. United States Bureau of Entomology and Plant Quarantine. E-793, 3 pp.</t>
   </si>
@@ -236,50 +236,59 @@
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu194</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda (as Lagerstroemia)</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Liyanapathiranage P, Avin FA, Bonkowski J, Beckerman JL, Munster M, Hadziabdic D, Trigiano RN, Baysal-Gurel F (2025) Vascular streak dieback: A novel threat to redbud and other woody ornamental production in the United States. Plant Disease 109(5), 953-970</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies (multiplex) and undetermined.</t>
   </si>
   <si>
     <t>XYLEFM</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. multiplex</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Xylella fastidiosa subsp. multiplex.</t>
   </si>
   <si>
     <t>XYLBCR</t>
   </si>
   <si>
@@ -632,51 +641,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1008,74 +1017,88 @@
         <v>72</v>
       </c>
       <c r="C25" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>76</v>
       </c>
       <c r="D26" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B27" t="s">
         <v>78</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>79</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C28" t="s">
+        <v>83</v>
+      </c>
+      <c r="D28" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>81</v>
+      </c>
+      <c r="B29" t="s">
         <v>82</v>
       </c>
-      <c r="D28" t="s">
-        <v>83</v>
+      <c r="C29" t="s">
+        <v>85</v>
+      </c>
+      <c r="D29" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">