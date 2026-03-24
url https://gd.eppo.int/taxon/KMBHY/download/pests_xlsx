--- v0 (2025-10-09)
+++ v1 (2026-03-24)
@@ -36,51 +36,53 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
-* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Corymbia ficifolia x C. ptychocarpa, Corymbia variegata x C. torelliana</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>