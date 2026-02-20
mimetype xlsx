--- v0 (2025-10-19)
+++ v1 (2026-02-20)
@@ -12,98 +12,108 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KANBL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ERWICD</t>
   </si>
   <si>
     <t>Dickeya dianthicola</t>
   </si>
   <si>
     <t>* Dickey RS (1979) Erwinia chrysanthemi: a comparative study of phenotypic properties of strains from several hosts and other Erwinia species. Phytopathology 69, 324.
 * Dinesen IG (1979) A disease of Kalanchoë blossfeldiana caused by Erwinia chrysanthemi. Journal of Phytopathology 95, 59-64.
 * Janse J, Ruissen MA (1988) Characterisation and classification of Erwinia chrysanthemi strains from several hosts in the Netherlands. Phytopathology 78, 800–808.
 * Laurila J, Hannukkala A, Nykyri J, Pasanen M, Helias V, Garlant L, Pirhonen M (2010) Symptoms and yield reduction caused by Dickeya spp. strains isolated from potato and river water in Finland. European Journal of Plant Pathology 126, 249–262.
 * Nassar A, Bertheau Y, Dervin C, Narcy JP, Lemattre M (1994) Ribotyping of Erwinia chrysanthemi strains in relation to their pathogenic and geographic distribution. Applied and Environmental Microbiology 60, 3781–3789.
 * Ngwira N, Samson R (1990) Erwinia chrysanthemi: description of two new biovars (bv 8 and bv 9) isolated from kalanchoe and maize host plants. Agronomie 10, 341-345.
 * Parkinson N, Stead D, Bew J, Heeney J, Tsror L &amp; Elphinstone J (2009) Dickeya species relatedness and clade structure determined by comparison of recA sequences. International Journal of Systematic and Evolutionary Microbiology 59, 2388–2393.
 * Samson R, Legendre JB, Christen R, Fischer-Le Saux M, Achouak W, Gardan L (2005) Transfer of Pectobacterium chrysanthemi (Burkholder et al., 1953) Brenner I. 1973 and Brenneria paradisiaca to the genus Dickeya gen. nov. as Dickeya chrysanthemi comb. nov and Dickeya paradisiaca comb. nov. and delineation of four novel species, Dickeya dadantii sp. nov., Dickeya dianthicola sp. nov., Dickeya dieffenbachiae sp. nov. and Dickeya zeae sp. nov. International Journal of Systematic and Evolutionary Microbiology 55, 1415–1427.
 * Sławiak M, Beckhoven JRCMv, Speksnijder AGCL, Czajkowski R, Grabe G, Wolf JMvd (2009) Biochemical and genetical analysis reveal a new clade of biovar 3 Dickeya spp. strains isolated from potato in Europe. European Journal of Plant Pathology 125 (2), 245-261.</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Kalanchoe)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii</t>
   </si>
   <si>
     <t>* Freebairn C (2008) South African citrus thrips in Australia – identity, pest status and control. Final Report: CT03022, Horticultural Australia Ltd., 202 pp.
 ------- prefered host in experiments.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* Werkman AW, Verhoeven JThJ, Roenhorst JW (undated) Plant species found infected by Tomato spotted wilt virus and Impatiens necrotic spot virus at the Dutch Plant Protection Service since 1989. https://edepot.wur.nl/341977 (last accessed 2022-05)</t>
   </si>
 </sst>
 </file>
@@ -429,61 +439,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="620.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -513,60 +523,74 @@
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
         <v>16</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>17</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
         <v>19</v>
+      </c>
+      <c r="B7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">