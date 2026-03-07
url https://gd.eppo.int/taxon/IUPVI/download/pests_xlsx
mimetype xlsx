--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IUPVI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>GYMNAS</t>
   </si>
   <si>
     <t>Gymnosporangium asiaticum</t>
   </si>
   <si>
     <t>* Zhao P, Qi XH, Crous PW, Duan WJ, Cai L (2020) Gymnosporangium species on Malus: species delineation, diversity and host alternation. Persoonia 45(1), 68-100.
 ------- Telial host.</t>
   </si>
@@ -207,50 +207,59 @@
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTCN</t>
   </si>
   <si>
     <t>Phytophthora cinnamomi (as Cupressaceae)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Juniperus)</t>
+  </si>
+  <si>
+    <t>* Jansen MGM,  Alferink LP (2023) An updated list of scale insects (Hemiptera, Coccomorpha) from import interceptions and greenhouses in the Netherlands. Journal of Insect Biodiversity 44 (2), 21–40</t>
   </si>
   <si>
     <t>SEIRCA</t>
   </si>
   <si>
     <t>Seiridium cardinale (as Juniperus)</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Juniperus)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>STIGDE</t>
   </si>
   <si>
     <t>Stigmina deflectens (as Juniperus)</t>
   </si>
   <si>
     <t>Major host</t>
@@ -588,51 +597,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="458.745" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -918,101 +927,115 @@
         <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
         <v>59</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
         <v>61</v>
       </c>
       <c r="C24" t="s">
         <v>62</v>
       </c>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>65</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
         <v>66</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="B27" t="s">
         <v>69</v>
       </c>
       <c r="C27" t="s">
         <v>70</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B28" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C28" t="s">
+        <v>73</v>
+      </c>
+      <c r="D28"/>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
         <v>71</v>
       </c>
-      <c r="D28"/>
+      <c r="B29" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>