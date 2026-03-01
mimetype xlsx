--- v0 (2025-10-09)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IUPCS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>GYMNAS</t>
   </si>
   <si>
     <t>Gymnosporangium asiaticum</t>
   </si>
   <si>
     <t>* Yun YH, Hong SG, Rossman AY, Lee SK, Lee JK, Bae KS (2009) The rust fungus Gymnosporangium in Korea including two new species, G. monticola and G. unicorne. Mycologia 101(6), 790-809.
 ------- Telial host.
 * Zhao P, Qi XH, Crous PW, Duan WJ, Cai L (2020) Gymnosporangium species on Malus: species delineation, diversity and host alternation. Persoonia 45(1), 68-100.
@@ -138,50 +138,59 @@
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>HETEIR</t>
   </si>
   <si>
     <t>Heterobasidion irregulare (as Juniperus)</t>
   </si>
   <si>
     <t>* Garbelotto M, Gonthier P (2013) Biology, Epidemiology, and Control of Heterobasidion Species Worldwide. Annu. Rev. Phytopathol. 2013. 51:39–59</t>
   </si>
   <si>
     <t>OLIGPD</t>
   </si>
   <si>
     <t>Oligonychus perditus (as Juniperus)</t>
   </si>
   <si>
     <t>PHYTCN</t>
   </si>
   <si>
     <t>Phytophthora cinnamomi (as Cupressaceae)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Juniperus)</t>
+  </si>
+  <si>
+    <t>* Jansen MGM,  Alferink LP (2023) An updated list of scale insects (Hemiptera, Coccomorpha) from import interceptions and greenhouses in the Netherlands. Journal of Insect Biodiversity 44 (2), 21–40</t>
   </si>
   <si>
     <t>SEIRCA</t>
   </si>
   <si>
     <t>Seiridium cardinale (as Juniperus)</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Juniperus)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>STIGDE</t>
   </si>
   <si>
     <t>Stigmina deflectens (as Juniperus)</t>
   </si>
   <si>
     <t>Major host</t>
@@ -516,51 +525,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D18"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -724,89 +733,103 @@
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>17</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>44</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18"/>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>