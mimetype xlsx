--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IUPCH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>GYMNAS</t>
   </si>
   <si>
     <t>Gymnosporangium asiaticum</t>
   </si>
   <si>
     <t>* Yun YH, Hong SG, Rossman AY, Lee SK, Lee JK, Bae KS (2009) The rust fungus Gymnosporangium in Korea including two new species, G. monticola and G. unicorne. Mycologia 101(6), 790-809.
 ------- Telial host.
 * Zhao P, Qi XH, Crous PW, Duan WJ, Cai L (2020) Gymnosporangium species on Malus: species delineation, diversity and host alternation. Persoonia 45(1), 68-100.
@@ -242,50 +242,59 @@
   </si>
   <si>
     <t>Phytophthora cinnamomi (as Cupressaceae)</t>
   </si>
   <si>
     <t>SEIRCA</t>
   </si>
   <si>
     <t>Seiridium cardinale (as Juniperus)</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Juniperus)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>STIGDE</t>
   </si>
   <si>
     <t>Stigmina deflectens (as Juniperus)</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Oligonychus perditus</t>
   </si>
   <si>
     <t>* Ehara S (1962) [Tetranychoid mites of conifers in Hokkaido]. Journal of the Faculty of Sciences of Hokkaido University, Series VI, Zoology 15, 157-175.</t>
   </si>
   <si>
     <t>SPNACU</t>
   </si>
   <si>
     <t>Siphonatrophia cupressi</t>
   </si>
   <si>
     <t>Siphonatrophia cupressi (as Juniperus)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -607,51 +616,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -955,85 +964,99 @@
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
       <c r="D24" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25" t="s">
         <v>68</v>
       </c>
       <c r="C25" t="s">
         <v>69</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>19</v>
+      </c>
+      <c r="B26" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C26" t="s">
         <v>71</v>
       </c>
       <c r="D26" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B27" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="C27" t="s">
         <v>74</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>75</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B28" t="s">
+        <v>76</v>
+      </c>
+      <c r="C28" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28"/>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
         <v>73</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28"/>
+      <c r="B29" t="s">
+        <v>76</v>
+      </c>
+      <c r="C29" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>