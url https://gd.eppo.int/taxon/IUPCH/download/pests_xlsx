--- v1 (2026-02-14)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IUPCH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>GYMNAS</t>
   </si>
   <si>
     <t>Gymnosporangium asiaticum</t>
   </si>
   <si>
     <t>* Yun YH, Hong SG, Rossman AY, Lee SK, Lee JK, Bae KS (2009) The rust fungus Gymnosporangium in Korea including two new species, G. monticola and G. unicorne. Mycologia 101(6), 790-809.
 ------- Telial host.
 * Zhao P, Qi XH, Crous PW, Duan WJ, Cai L (2020) Gymnosporangium species on Malus: species delineation, diversity and host alternation. Persoonia 45(1), 68-100.
@@ -220,50 +220,59 @@
   </si>
   <si>
     <t>* Lin MY, Perissinotto R, Clennell L (2021) Census of the longhorn beetles (Coleoptera, Cerambycidae and Vesperidae) of the Macau SAR, China. ZooKeys 1049, 79-161. https://doi.org/10.3897/zookeys.1049.65558
 ------- Larval host.</t>
   </si>
   <si>
     <t>OLIGPD</t>
   </si>
   <si>
     <t>Oligonychus perditus (as Juniperus)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTCN</t>
   </si>
   <si>
     <t>Phytophthora cinnamomi (as Cupressaceae)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Juniperus)</t>
+  </si>
+  <si>
+    <t>* Jansen MGM,  Alferink LP (2023) An updated list of scale insects (Hemiptera, Coccomorpha) from import interceptions and greenhouses in the Netherlands. Journal of Insect Biodiversity 44 (2), 21–40</t>
   </si>
   <si>
     <t>SEIRCA</t>
   </si>
   <si>
     <t>Seiridium cardinale (as Juniperus)</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Juniperus)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>STIGDE</t>
   </si>
   <si>
     <t>Stigmina deflectens (as Juniperus)</t>
   </si>
   <si>
     <t>VSD000</t>
@@ -616,51 +625,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D29"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -934,129 +943,143 @@
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>19</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" t="s">
         <v>62</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>19</v>
       </c>
       <c r="B23" t="s">
         <v>63</v>
       </c>
       <c r="C23" t="s">
         <v>64</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>19</v>
       </c>
       <c r="B24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C24" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>67</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25" t="s">
         <v>68</v>
       </c>
       <c r="C25" t="s">
         <v>69</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>19</v>
       </c>
       <c r="B26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C26" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>72</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>19</v>
+      </c>
+      <c r="B27" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C27" t="s">
         <v>74</v>
       </c>
       <c r="D27" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B28" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="C28" t="s">
         <v>77</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B29" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" t="s">
+        <v>80</v>
+      </c>
+      <c r="D29"/>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
         <v>76</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29"/>
+      <c r="B30" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" t="s">
+        <v>81</v>
+      </c>
+      <c r="D30"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>