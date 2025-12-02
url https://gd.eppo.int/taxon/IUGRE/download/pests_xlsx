--- v0 (2025-10-03)
+++ v1 (2025-12-02)
@@ -217,51 +217,53 @@
   <si>
     <t>Diabrotica undecimpunctata undecimpunctata</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 1-476.
 -------- Adult host.</t>
   </si>
   <si>
     <t>EURHBR</t>
   </si>
   <si>
     <t>Eurhizococcus brasiliensis</t>
   </si>
   <si>
     <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi 10.1093/database/bav118. http://scalenet.info
 ------- citing original references
 * Soria SJ, Gallotti BJ (1986) O margarodes da videira Eurhizococcus brasiliensis (Homoptera: Margarodidae): biologia, ecologia e controle no Sul do Brasil. Embrapa, Centro Nacional de Pesquisa de Uva e Vinho, Bento Gonçalves, Brazil. CNPUV Circular Técnica 13. 22 pp.</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
   </si>
   <si>
-    <t>* Zriki G, Shaabo A, Boubou A (2015) A preliminary survey of the spider mites (Acari: Tetranychidae) in Latakia governorate of Syria. Acarologia 55(3), 303-309.</t>
+    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of females, males and immatures on this species
+* Zriki G, Shaabo A, Boubou A (2015) A preliminary survey of the spider mites (Acari: Tetranychidae) in Latakia governorate of Syria. Acarologia 55(3), 303-309.</t>
   </si>
   <si>
     <t>EUTYLA</t>
   </si>
   <si>
     <t>Eutypa lata</t>
   </si>
   <si>
     <t>* Eichmeier A, Pecenka J, Spetik M, Necas T, Ondrasek I, Armengol J, León M, Berlanas C, Gramaje D (2020) Fungal trunk pathogens associated With Juglans regia in the Czech Republic. Plant Disease 104(3), 761-771
 ------- confirmed host.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* Mendel Z, Lynch SC, Eskalen A, Protasov A, Maymon M, Freeman S (2021) What determines host range and reproductive performance of an invasive ambrosia beetle Euwallacea fornicatus; lessons from Israel and California. Frontiers in Forests and Global Change 4, 654702.
 ------- Non reproductive host tree in Israel.</t>
   </si>
   <si>
     <t>EUWAKU</t>
   </si>
   <si>