--- v1 (2025-12-02)
+++ v2 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IUGRE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta</t>
   </si>
   <si>
     <t>Listed by Gunn (1921) only, considered unreliable by EPPO (2013).
 * EPPO (2013) Pest Risk Analysis for Thaumatotibia leucotreta. EPPO, Paris. Available at https://gd.eppo.int/taxon/ARGPLE/documents.
 * Gunn D (1921)  The False Codling Moth (Argyroploce leucotreta Meyr.). Science Bulletin, Department of Agriculture and Forestry, Union of South Africa 21:1-28.</t>
@@ -503,50 +503,61 @@
 </t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Hoover GA, Biddinger DJ (2014) Omnivorous leafroller, Platynota stultana (Lepidoptera: Tortricidae). Penn State Extension Pest Alert. https://ento.psu.edu/files/omnivorous-leafroller/view</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Juglans)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RHAGCO</t>
   </si>
   <si>
     <t>Rhagoletis completa</t>
   </si>
   <si>
     <t>* Korneyev VA, Mishustin RI, Korneyev SV (2017) The Carpomyini fruit flies (Diptera, Tephritidae) of Europe, Caucasus, and Middle East: New records of pest species, with improved keys. Vestnik zoologii 51(6), 453–470. https://doi.org/10.2478/vzoo-2017-0056
 * Yee WL (2008) Host plant use by apple maggot, western cherry fruit fly, and other Rhagoletis species (Diptera: Tephritidae) in central Washington state. The Pan-Pacific Entomologist 84, 163–178. 
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>Rhagoletis completa (as Juglans)</t>
   </si>
   <si>
     <t>RHAGSU</t>
   </si>
   <si>
     <t>Rhagoletis suavis</t>
   </si>
   <si>
     <t xml:space="preserve">* Bush GL (1966) The taxonomy, cytology and evolution of the genus Rhagoletis in North America (Diptera: Tephritidae). Bulletin of the Museum of Comparative Zoology 134, 431-526. </t>
   </si>
   <si>
@@ -1042,51 +1053,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D75"/>
+  <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1792,117 +1803,119 @@
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>14</v>
       </c>
       <c r="B53" t="s">
         <v>149</v>
       </c>
       <c r="C53" t="s">
         <v>150</v>
       </c>
       <c r="D53" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>14</v>
       </c>
       <c r="B54" t="s">
         <v>152</v>
       </c>
       <c r="C54" t="s">
         <v>153</v>
       </c>
-      <c r="D54"/>
+      <c r="D54" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>14</v>
       </c>
       <c r="B55" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C55" t="s">
         <v>155</v>
       </c>
       <c r="D55" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>14</v>
       </c>
       <c r="B56" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C56" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D56"/>
+        <v>158</v>
+      </c>
+      <c r="D56" t="s">
+        <v>159</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>14</v>
       </c>
       <c r="B57" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C57" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>160</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>14</v>
       </c>
       <c r="B58" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C58" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="D58"/>
+        <v>162</v>
+      </c>
+      <c r="D58" t="s">
+        <v>163</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>14</v>
       </c>
       <c r="B59" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C59" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>164</v>
       </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>14</v>
       </c>
       <c r="B60" t="s">
         <v>165</v>
       </c>
       <c r="C60" t="s">
         <v>166</v>
       </c>
       <c r="D60" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>14</v>
       </c>
       <c r="B61" t="s">
         <v>168</v>
       </c>
       <c r="C61" t="s">
         <v>169</v>
       </c>
@@ -1921,65 +1934,65 @@
         <v>172</v>
       </c>
       <c r="D62" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>14</v>
       </c>
       <c r="B63" t="s">
         <v>174</v>
       </c>
       <c r="C63" t="s">
         <v>175</v>
       </c>
       <c r="D63" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>14</v>
       </c>
       <c r="B64" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C64" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D64" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>14</v>
       </c>
       <c r="B65" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C65" t="s">
         <v>180</v>
       </c>
       <c r="D65" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>14</v>
       </c>
       <c r="B66" t="s">
         <v>182</v>
       </c>
       <c r="C66" t="s">
         <v>183</v>
       </c>
       <c r="D66" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>14</v>
@@ -1988,139 +2001,153 @@
         <v>185</v>
       </c>
       <c r="C67" t="s">
         <v>186</v>
       </c>
       <c r="D67" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>14</v>
       </c>
       <c r="B68" t="s">
         <v>188</v>
       </c>
       <c r="C68" t="s">
         <v>189</v>
       </c>
       <c r="D68" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>14</v>
+      </c>
+      <c r="B69" t="s">
         <v>191</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>192</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B70" t="s">
         <v>195</v>
       </c>
       <c r="C70" t="s">
         <v>196</v>
       </c>
       <c r="D70" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B71" t="s">
         <v>198</v>
       </c>
       <c r="C71" t="s">
         <v>199</v>
       </c>
-      <c r="D71"/>
+      <c r="D71" t="s">
+        <v>200</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B72" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C72" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B73" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C73" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="D73" t="s">
         <v>204</v>
       </c>
+      <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B74" t="s">
         <v>205</v>
       </c>
       <c r="C74" t="s">
         <v>206</v>
       </c>
       <c r="D74" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B75" t="s">
         <v>208</v>
       </c>
       <c r="C75" t="s">
         <v>209</v>
       </c>
-      <c r="D75"/>
+      <c r="D75" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>194</v>
+      </c>
+      <c r="B76" t="s">
+        <v>211</v>
+      </c>
+      <c r="C76" t="s">
+        <v>212</v>
+      </c>
+      <c r="D76"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>