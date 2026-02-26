--- v0 (2025-10-08)
+++ v1 (2026-02-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IUGMN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>AGRLPL</t>
   </si>
   <si>
     <t>Agrilus planipennis</t>
   </si>
   <si>
     <t>* EPPO (2013) Pest risk analysis for Agrilus planipennis. https://gd.eppo.int/taxon/AGRLPL/documents
 ------- Records from Japan on this plant were considered by several experts as incorrect larval host record (referring to personal communications in section 7, p. 12 of EPPO, 2013), and these experts suggested critical revision of the host records given in Akiyama &amp; Ohmomo, 1997.
 * Haack RA, Jendek E, Houping Liu Marchant KR, Petrice TR, Poland TM &amp; Hui Ye (2002) The emerald ash borer: a new exotic pest in North America. Newsletter of the Michigan Entomological Society 47(3-4), 1–5.
@@ -164,50 +164,66 @@
   <si>
     <t>Lymantria mathura</t>
   </si>
   <si>
     <t>* Yurchenko GI, Turova GI (2002) [Features of biology, behavior and population dynamics of the rosy gypsy moth unpaired silkworm (Lymantria mathura Moore) in the Russian Far East]. In Readings in memory of A.I. Kurentsov, pp.84-95. Dalnauka, Vladivostok (RU) (in Russian).
 ------- In laboratory tests carried out in the Russian Far East: mortality of 1st inslar larvae was  &gt; 50%.
 * Yurchenko GI, Turova GI (2002) [Features of biology, behavior and population dynamics of the rosy gypsy moth unpaired silkworm (Lymantria mathura Moore) in the Russian Far East]. In Readings in memory of A.I. Kurentsov, pp.84-95. Dalnauka, Vladivostok (RU) (in Russian).
 -------- In the wild, Russian Far East.
 * Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
 ------- Indoor test, relatively poor host (34% larval survival).
 * Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
 ------- Indoor test, relatively poor host (34% larval survival).</t>
   </si>
   <si>
     <t>PITOJU</t>
   </si>
   <si>
     <t>Pityophthorus juglandis</t>
   </si>
   <si>
     <t>Pityophthorus juglandis (as Juglans)</t>
   </si>
   <si>
     <t xml:space="preserve">* Steven J Seybold, William E Klingeman, Stacy M Hishinuma, Tom W Coleman, Andrew D Graves (2019) Status and Impact of Walnut Twig Beetle in Urban Forest, Orchard, and Native Forest Ecosystems, Journal of Forestry (117)2, 152–163, https://doi.org/10.1093/jofore/fvy081
 </t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Juglans)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RHAGCO</t>
   </si>
   <si>
     <t>Rhagoletis completa (as Juglans)</t>
   </si>
   <si>
     <t>RHAGSU</t>
   </si>
   <si>
     <t>Rhagoletis suavis (as Juglans)</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Juglans)</t>
   </si>
   <si>
     <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27</t>
   </si>
   <si>
     <t>THAUPR</t>
   </si>
@@ -560,51 +576,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D23"/>
+  <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -818,118 +834,146 @@
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>41</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>45</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D20" t="s">
         <v>51</v>
       </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>52</v>
       </c>
       <c r="C21" t="s">
         <v>53</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
+        <v>54</v>
+      </c>
+      <c r="C22" t="s">
         <v>55</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" t="s">
         <v>58</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>59</v>
       </c>
-      <c r="D23" t="s">
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
         <v>60</v>
+      </c>
+      <c r="C24" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">