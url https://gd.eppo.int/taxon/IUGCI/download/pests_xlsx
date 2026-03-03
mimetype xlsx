--- v0 (2025-10-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IUGCI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- uncertain host (may relate to other species in the femorata complex)
 * Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD, Marshall SA (2012) Field guide to the jewel beetles of northeastern North America. Canadian Food Inspection Agency, Ottawa, Ontario, Canada. 
@@ -147,50 +147,60 @@
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PITOJU</t>
   </si>
   <si>
     <t>Pityophthorus juglandis</t>
   </si>
   <si>
     <t xml:space="preserve">* Steven J Seybold, William E Klingeman, Stacy M Hishinuma, Tom W Coleman, Andrew D Graves (2019) Status and Impact of Walnut Twig Beetle in Urban Forest, Orchard, and Native Forest Ecosystems, Journal of Forestry (117)2, 152–163, https://doi.org/10.1093/jofore/fvy081
 </t>
   </si>
   <si>
     <t>Pityophthorus juglandis (as Juglans)</t>
   </si>
   <si>
     <t>POCZCH</t>
   </si>
   <si>
     <t>Pochazia chinensis</t>
   </si>
   <si>
     <t>* Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Juglans)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RHAGCO</t>
   </si>
   <si>
     <t>Rhagoletis completa (as Juglans)</t>
   </si>
   <si>
     <t>RHAGSU</t>
   </si>
   <si>
     <t>Rhagoletis suavis</t>
   </si>
   <si>
     <t xml:space="preserve">* Bush GL (1966) The taxonomy, cytology and evolution of the genus Rhagoletis in North America (Diptera: Tephritidae). Bulletin of the Museum of Comparative Zoology 134, 431-526. </t>
   </si>
   <si>
     <t>Rhagoletis suavis (as Juglans)</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Juglans)</t>
   </si>
@@ -561,51 +571,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D22"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -777,146 +787,160 @@
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15" t="s">
         <v>41</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>45</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>12</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D18" t="s">
         <v>49</v>
       </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" t="s">
         <v>50</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>12</v>
       </c>
       <c r="B20" t="s">
         <v>53</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>12</v>
+      </c>
+      <c r="B22" t="s">
         <v>59</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>60</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>61</v>
       </c>
-      <c r="D22" t="s">
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
         <v>62</v>
+      </c>
+      <c r="B23" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">