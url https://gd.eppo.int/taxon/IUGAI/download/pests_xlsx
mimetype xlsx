--- v0 (2025-10-09)
+++ v1 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IUGAI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>AGRLPL</t>
   </si>
   <si>
     <t>Agrilus planipennis</t>
   </si>
   <si>
     <t>* Akiyama K &amp; Ohmomo S (1997) A checklist of the Japanese Buprestidae. Gekkan-Mushi Supplement 1, 1–67.
 * EPPO (2013) Pest risk analysis for Agrilus planipennis. https://gd.eppo.int/taxon/AGRLPL/documents
 ------- Records from Japan on this plant were considered by several experts as incorrect larval host record (referring to personal communications in section 7, p. 12 of EPPO, 2013), and these experts suggested critical revision of the host records given in Akiyama &amp; Ohmomo, 1997.
@@ -140,50 +140,60 @@
   <si>
     <t>* Plant-SyNZ. Landcare Research (NZ). Host plants of a herbivore -Oemona hirta. http://plant-synz.landcareresearch.co.nz/index.asp). Last accessed 2021-06.</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Streets RB (1937) Phymatotrichum (cotton or Texas) root rot in Arizona. Technical Bulletin, Arizona University College of Agriculture No. 71. 
 ------ as Juglans sieboldiana.</t>
   </si>
   <si>
     <t>PITOJU</t>
   </si>
   <si>
     <t>Pityophthorus juglandis</t>
   </si>
   <si>
     <t>Pityophthorus juglandis (as Juglans)</t>
   </si>
   <si>
     <t xml:space="preserve">* Steven J Seybold, William E Klingeman, Stacy M Hishinuma, Tom W Coleman, Andrew D Graves (2019) Status and Impact of Walnut Twig Beetle in Urban Forest, Orchard, and Native Forest Ecosystems, Journal of Forestry (117)2, 152–163, https://doi.org/10.1093/jofore/fvy081
 </t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Juglans)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RHAGCO</t>
   </si>
   <si>
     <t>Rhagoletis completa (as Juglans)</t>
   </si>
   <si>
     <t>RHAGSU</t>
   </si>
   <si>
     <t>Rhagoletis suavis</t>
   </si>
   <si>
     <t xml:space="preserve">* Bush GL (1966) The taxonomy, cytology and evolution of the genus Rhagoletis in North America (Diptera: Tephritidae). Bulletin of the Museum of Comparative Zoology 134, 431-526. </t>
   </si>
   <si>
     <t>Rhagoletis suavis (as Juglans)</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Juglans)</t>
   </si>
@@ -541,51 +551,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D21"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -755,132 +765,146 @@
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>44</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D18" t="s">
         <v>48</v>
       </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
         <v>52</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>11</v>
+      </c>
+      <c r="B22" t="s">
         <v>55</v>
       </c>
-      <c r="D21" t="s">
-        <v>56</v>
+      <c r="C22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">